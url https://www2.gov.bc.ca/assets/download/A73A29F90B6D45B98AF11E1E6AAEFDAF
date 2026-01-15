--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -7,2292 +7,2230 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2C3ED884" w14:textId="1F0A7160" w:rsidR="006174DF" w:rsidRDefault="00A00E25" w:rsidP="00BB2052">
-[...32 lines deleted...]
-      <w:r w:rsidR="00D37259">
+    <w:p w14:paraId="2C3ED884" w14:textId="633028B1" w:rsidR="006174DF" w:rsidRPr="00DC43BF" w:rsidRDefault="00A00E25" w:rsidP="00BB2052">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Under the School Act, b</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37259" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">oards </w:t>
       </w:r>
-      <w:r w:rsidR="00C73F71">
+      <w:r w:rsidR="00C73F71" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="00D37259">
+      <w:r w:rsidR="00D37259" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> required to</w:t>
       </w:r>
-      <w:r w:rsidR="00C73F71">
+      <w:r w:rsidR="00C73F71" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> submit their calendars to the M</w:t>
       </w:r>
-      <w:r w:rsidR="00D37259">
+      <w:r w:rsidR="00D37259" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">inistry </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of Education</w:t>
       </w:r>
-      <w:r w:rsidR="00492F54">
+      <w:r w:rsidR="00492F54" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Child Care </w:t>
       </w:r>
-      <w:r w:rsidR="00D37259">
+      <w:r w:rsidR="00D37259" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for review and </w:t>
       </w:r>
-      <w:r w:rsidR="00B8473F">
+      <w:r w:rsidR="00B8473F" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may submit calendars for up to 3</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4395">
+      <w:r w:rsidR="00DF4395" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> consecutive years at one time</w:t>
       </w:r>
-      <w:r w:rsidR="00B8473F">
+      <w:r w:rsidR="00B8473F" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4395">
+      <w:r w:rsidR="00DF4395" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Each s</w:t>
       </w:r>
-      <w:r w:rsidR="00B8473F">
+      <w:r w:rsidR="00B8473F" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">chool calendar </w:t>
       </w:r>
-      <w:r w:rsidR="00940CEC">
+      <w:r w:rsidR="00940CEC" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should cover at least</w:t>
       </w:r>
-      <w:r w:rsidR="00AA11C2">
+      <w:r w:rsidR="00AA11C2" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 consecutive </w:t>
       </w:r>
-      <w:r w:rsidR="00196CD3">
+      <w:r w:rsidR="00196CD3" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>months and</w:t>
       </w:r>
-      <w:r w:rsidR="00AA11C2">
+      <w:r w:rsidR="00AA11C2" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> begin on the day following the end of the current school calendar</w:t>
       </w:r>
-      <w:r w:rsidR="00485B21">
+      <w:r w:rsidR="00485B21" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. This means </w:t>
       </w:r>
-      <w:r w:rsidR="00346A0A">
+      <w:r w:rsidR="00346A0A" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="003D1CCE">
+      <w:r w:rsidR="003D1CCE" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the majority of school districts,</w:t>
       </w:r>
-      <w:r w:rsidR="00346A0A">
+      <w:r w:rsidR="00346A0A" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00196CD3">
+      <w:r w:rsidR="00196CD3" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00147F36">
+      <w:r w:rsidR="00147F36" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="001B341C">
-[...7 lines deleted...]
-      <w:r w:rsidR="006174DF">
+      <w:r w:rsidR="00C00E81" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="006174DF" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00196CD3">
+      <w:r w:rsidR="00196CD3" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="001B341C">
+      <w:r w:rsidR="00C00E81" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA11C2" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00123170" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">school </w:t>
+      </w:r>
+      <w:r w:rsidR="00485B21" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calendars </w:t>
+      </w:r>
+      <w:r w:rsidR="001644F5" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2DC8" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> begin on July 1, 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00720237" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00E81" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00AA11C2">
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB4018" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02050DF5" w14:textId="25CB238F" w:rsidR="00AA11C2" w:rsidRPr="00DC43BF" w:rsidRDefault="001644F5" w:rsidP="00BB2052">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note that there are different calendar information requirements for bricks-and-mortar and </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4061" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">online </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learning schools</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1CCE" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F526DB" w14:textId="7D1FFD49" w:rsidR="00AA11C2" w:rsidRPr="00DC43BF" w:rsidRDefault="00AA11C2" w:rsidP="00653AA8">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63B96" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> All Public Schools </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76674" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>except</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00123170">
-[...61 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidR="003F4061" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Online </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Learning Schools</w:t>
+      </w:r>
+      <w:r w:rsidR="00014B09" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> require</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02050DF5" w14:textId="25CB238F" w:rsidR="00AA11C2" w:rsidRDefault="001644F5" w:rsidP="00BB2052">
-[...130 lines deleted...]
-    <w:p w14:paraId="55E05189" w14:textId="77777777" w:rsidR="00D82534" w:rsidRDefault="008C0CD2" w:rsidP="00D82534">
+    <w:p w14:paraId="55E05189" w14:textId="77777777" w:rsidR="00D82534" w:rsidRPr="00DC43BF" w:rsidRDefault="008C0CD2" w:rsidP="00D82534">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:t>The n</w:t>
       </w:r>
-      <w:r w:rsidR="00D82534" w:rsidRPr="00D82534">
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
         <w:t>umber and dates of the days in session;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A4EB89" w14:textId="77777777" w:rsidR="00D82534" w:rsidRDefault="008C0CD2" w:rsidP="00D82534">
+    <w:p w14:paraId="19A4EB89" w14:textId="77777777" w:rsidR="00D82534" w:rsidRPr="00DC43BF" w:rsidRDefault="008C0CD2" w:rsidP="00D82534">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:t>The n</w:t>
       </w:r>
-      <w:r w:rsidR="00D82534">
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
         <w:t>umber and dates of each day of instruction;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66EC966C" w14:textId="77777777" w:rsidR="00D82534" w:rsidRDefault="00D82534" w:rsidP="00D82534">
+    <w:p w14:paraId="66EC966C" w14:textId="77777777" w:rsidR="00D82534" w:rsidRPr="00DC43BF" w:rsidRDefault="00D82534" w:rsidP="00D82534">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:t>The vacation periods and dates of statutory holidays;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D539B28" w14:textId="77777777" w:rsidR="00D82534" w:rsidRDefault="00D82534" w:rsidP="00D82534">
+    <w:p w14:paraId="1D539B28" w14:textId="77777777" w:rsidR="00D82534" w:rsidRPr="00DC43BF" w:rsidRDefault="00D82534" w:rsidP="00D82534">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:t xml:space="preserve">The dates of each non-instructional day; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7412EB" w14:textId="77777777" w:rsidR="003D1CCE" w:rsidRDefault="00D82534" w:rsidP="00D82534">
+    <w:p w14:paraId="2B7412EB" w14:textId="77777777" w:rsidR="003D1CCE" w:rsidRPr="00DC43BF" w:rsidRDefault="00D82534" w:rsidP="00D82534">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:t xml:space="preserve">The number of hours of instruction offered to students in each grade (per year). </w:t>
       </w:r>
-      <w:r w:rsidR="00D36395">
+      <w:r w:rsidR="00D36395" w:rsidRPr="00DC43BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F067C7E" w14:textId="77777777" w:rsidR="003D1CCE" w:rsidRDefault="003D1CCE" w:rsidP="00BB4018">
+    <w:p w14:paraId="1F067C7E" w14:textId="77777777" w:rsidR="003D1CCE" w:rsidRPr="00DC43BF" w:rsidRDefault="003D1CCE" w:rsidP="00BB4018">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56E2AD50" w14:textId="182147C1" w:rsidR="00691D3F" w:rsidRDefault="003D1CCE" w:rsidP="00BB4018">
+    <w:p w14:paraId="56E2AD50" w14:textId="714C2DB4" w:rsidR="00691D3F" w:rsidRPr="00DC43BF" w:rsidRDefault="003D1CCE" w:rsidP="00BB4018">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:t xml:space="preserve">The minimum number of hours of instruction for the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB4018">
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00196CD3">
+      <w:r w:rsidR="00196CD3" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00BE2259">
+      <w:r w:rsidR="00BE2259" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="001B341C">
+      <w:r w:rsidR="00C00E81" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00196CD3">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>/2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B341C">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00196CD3" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00196CD3">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00E81" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00196CD3" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve"> school year</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00196CD3" w:rsidRPr="00D36395">
+      <w:r w:rsidR="00196CD3" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>and subsequent</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00196CD3">
+        <w:t>and subsequent school years</w:t>
+      </w:r>
+      <w:r w:rsidR="00196CD3" w:rsidRPr="00DC43BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00871A72">
+      <w:r w:rsidR="00871A72" w:rsidRPr="00DC43BF">
         <w:t>is</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511FB11A" w14:textId="77777777" w:rsidR="00196CD3" w:rsidRDefault="00196CD3" w:rsidP="00BB4018">
+    <w:p w14:paraId="511FB11A" w14:textId="77777777" w:rsidR="00196CD3" w:rsidRPr="00DC43BF" w:rsidRDefault="00196CD3" w:rsidP="00BB4018">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47DA0085" w14:textId="77777777" w:rsidR="00D82534" w:rsidRDefault="00465244" w:rsidP="00D82534">
+    <w:p w14:paraId="47DA0085" w14:textId="694B88A7" w:rsidR="00D82534" w:rsidRPr="00DC43BF" w:rsidRDefault="00465244" w:rsidP="00D82534">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="2160"/>
       </w:pPr>
-      <w:r w:rsidRPr="0026464E">
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">853 </w:t>
       </w:r>
-      <w:r w:rsidR="00D82534" w:rsidRPr="0026464E">
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hours</w:t>
       </w:r>
-      <w:r w:rsidR="00D82534">
-        <w:t xml:space="preserve"> of instruction for students in Kindergarten</w:t>
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
+        <w:t xml:space="preserve"> of instruction for students in </w:t>
+      </w:r>
+      <w:r w:rsidR="00197E67">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
+        <w:t>indergarten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1152D280" w14:textId="77777777" w:rsidR="00D82534" w:rsidRDefault="00465244" w:rsidP="00D82534">
+    <w:p w14:paraId="1152D280" w14:textId="028D0A3A" w:rsidR="00D82534" w:rsidRPr="00DC43BF" w:rsidRDefault="00465244" w:rsidP="00D82534">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="2160"/>
       </w:pPr>
-      <w:r w:rsidRPr="0026464E">
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">878 </w:t>
       </w:r>
-      <w:r w:rsidR="00D82534" w:rsidRPr="0026464E">
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hours</w:t>
       </w:r>
-      <w:r w:rsidR="00D82534">
-        <w:t xml:space="preserve"> of instruction for students in Grades 1 to 7</w:t>
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
+        <w:t xml:space="preserve"> of instruction for students in </w:t>
+      </w:r>
+      <w:r w:rsidR="00197E67">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
+        <w:t>rades 1 to 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3162265B" w14:textId="77777777" w:rsidR="003D1CCE" w:rsidRDefault="00465244" w:rsidP="00196CD3">
+    <w:p w14:paraId="3162265B" w14:textId="3337990E" w:rsidR="003D1CCE" w:rsidRPr="00DC43BF" w:rsidRDefault="00465244" w:rsidP="00196CD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="2160"/>
       </w:pPr>
-      <w:r w:rsidRPr="0026464E">
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">952 </w:t>
       </w:r>
-      <w:r w:rsidR="00D82534" w:rsidRPr="0026464E">
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hours</w:t>
       </w:r>
-      <w:r w:rsidR="00D82534">
-        <w:t xml:space="preserve"> of instruction for students in Grades 8 to 12</w:t>
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
+        <w:t xml:space="preserve"> of instruction for students in </w:t>
+      </w:r>
+      <w:r w:rsidR="00197E67">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82534" w:rsidRPr="00DC43BF">
+        <w:t>rades 8 to 12</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D665132" w14:textId="77777777" w:rsidR="00196CD3" w:rsidRDefault="00196CD3" w:rsidP="00196CD3">
+    <w:p w14:paraId="1D665132" w14:textId="77777777" w:rsidR="00196CD3" w:rsidRPr="00DC43BF" w:rsidRDefault="00196CD3" w:rsidP="00196CD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="2160"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7945A05C" w14:textId="7D68813A" w:rsidR="00AA11C2" w:rsidRDefault="00AA11C2" w:rsidP="00653AA8">
+    <w:p w14:paraId="7945A05C" w14:textId="7D68813A" w:rsidR="00AA11C2" w:rsidRPr="00DC43BF" w:rsidRDefault="00AA11C2" w:rsidP="00653AA8">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00C63B96">
+      <w:r w:rsidR="00C63B96" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F4061">
+      <w:r w:rsidR="003F4061" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Online </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C622C4">
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learning Schools</w:t>
       </w:r>
-      <w:r w:rsidR="00014B09" w:rsidRPr="00014B09">
+      <w:r w:rsidR="00014B09" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> require</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F25E846" w14:textId="77777777" w:rsidR="00D82534" w:rsidRDefault="00D82534" w:rsidP="00D82534">
+    <w:p w14:paraId="7F25E846" w14:textId="77777777" w:rsidR="00D82534" w:rsidRPr="00DC43BF" w:rsidRDefault="00D82534" w:rsidP="00D82534">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:t xml:space="preserve">The number and dates of the days in session; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C4CB332" w14:textId="77777777" w:rsidR="00D82534" w:rsidRDefault="00D82534" w:rsidP="00D82534">
+    <w:p w14:paraId="6C4CB332" w14:textId="10D024A7" w:rsidR="00D82534" w:rsidRPr="00DC43BF" w:rsidRDefault="00D82534" w:rsidP="00D82534">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7211">
+      <w:r w:rsidRPr="00DC43BF">
+        <w:t>The dates on which the principal, vice</w:t>
+      </w:r>
+      <w:r w:rsidR="00197E67">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:t>principals, directors of instruction and teachers of the school are available for instruction;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7211" w:rsidRPr="00DC43BF">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55838969" w14:textId="77777777" w:rsidR="00C06C29" w:rsidRPr="00D82534" w:rsidRDefault="00D82534" w:rsidP="00D803B5">
+    <w:p w14:paraId="55838969" w14:textId="77777777" w:rsidR="00C06C29" w:rsidRPr="00DC43BF" w:rsidRDefault="00D82534" w:rsidP="00D803B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:t xml:space="preserve">The vacation periods and dates of statutory holidays. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323B71EA" w14:textId="77777777" w:rsidR="00E95BF1" w:rsidRDefault="00E95BF1" w:rsidP="00C3333D">
+    <w:p w14:paraId="323B71EA" w14:textId="77777777" w:rsidR="00E95BF1" w:rsidRPr="00DC43BF" w:rsidRDefault="00E95BF1" w:rsidP="00C3333D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D8DDFA5" w14:textId="77777777" w:rsidR="00C3333D" w:rsidRPr="00C622C4" w:rsidRDefault="00C3333D" w:rsidP="00C3333D">
+    <w:p w14:paraId="2D8DDFA5" w14:textId="77777777" w:rsidR="00C3333D" w:rsidRPr="00DC43BF" w:rsidRDefault="00C3333D" w:rsidP="00C3333D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C622C4">
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Consultation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C99B47" w14:textId="14917755" w:rsidR="00A02545" w:rsidRDefault="001644F5" w:rsidP="00C3333D">
-[...32 lines deleted...]
-      <w:r w:rsidR="00566C8A">
+    <w:p w14:paraId="36C99B47" w14:textId="4846055F" w:rsidR="00A02545" w:rsidRPr="00DC43BF" w:rsidRDefault="001644F5" w:rsidP="00C3333D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Section 87.01 (7) of the School Act requires consultation</w:t>
+      </w:r>
+      <w:r w:rsidR="00566C8A" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on school calendars</w:t>
       </w:r>
-      <w:r w:rsidR="006E04D7">
+      <w:r w:rsidR="006E04D7" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00566C8A">
+      <w:r w:rsidR="00566C8A" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and th</w:t>
       </w:r>
-      <w:r w:rsidR="00A02545">
+      <w:r w:rsidR="00A02545" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
-      <w:r w:rsidR="00A00E25">
+      <w:r w:rsidR="00A00E25" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">School Calendar </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Re</w:t>
       </w:r>
-      <w:r w:rsidR="00A02545">
+      <w:r w:rsidR="00A02545" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gulation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sets out</w:t>
       </w:r>
-      <w:r w:rsidR="00566C8A">
+      <w:r w:rsidR="00566C8A" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the parameters for that consultation. A</w:t>
       </w:r>
-      <w:r w:rsidR="00A02545">
+      <w:r w:rsidR="00A02545" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> board must make </w:t>
       </w:r>
-      <w:r w:rsidR="00AD7211">
+      <w:r w:rsidR="00AD7211" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">public </w:t>
       </w:r>
-      <w:r w:rsidR="00A02545">
+      <w:r w:rsidR="00A02545" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a proposed school calendar one month before submitting it to the </w:t>
       </w:r>
-      <w:r w:rsidR="00871A72">
-[...7 lines deleted...]
-      <w:r w:rsidR="00A02545">
+      <w:r w:rsidR="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02545" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>inistry</w:t>
       </w:r>
-      <w:r w:rsidR="005631AF">
+      <w:r w:rsidR="005631AF" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="008C0CD2">
+      <w:r w:rsidR="008C0CD2" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="002D79EE">
+      <w:r w:rsidR="002D79EE" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or the </w:t>
       </w:r>
-      <w:r w:rsidR="00196CD3">
+      <w:r w:rsidR="00196CD3" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="008D22DC">
+      <w:r w:rsidR="008D22DC" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="001B341C">
-[...15 lines deleted...]
-      <w:r w:rsidR="001B341C">
+      <w:r w:rsidR="00DE4CF7" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="001E1E04">
+      <w:r w:rsidR="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008D22DC" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4CF7" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="001E1E04" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD7211">
+      <w:r w:rsidR="00AD7211" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">calendar submission cycle, </w:t>
       </w:r>
-      <w:r w:rsidR="002D79EE">
+      <w:r w:rsidR="002D79EE" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>proposed calendars must be made public on or before</w:t>
       </w:r>
-      <w:r w:rsidR="000B2DC8">
+      <w:r w:rsidR="000B2DC8" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> February 2</w:t>
       </w:r>
-      <w:r w:rsidR="001B341C">
+      <w:r w:rsidR="001B341C" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="000B2DC8">
+      <w:r w:rsidR="000B2DC8" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
-      <w:r w:rsidR="008D22DC">
+      <w:r w:rsidR="008D22DC" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="001B341C">
-[...7 lines deleted...]
-      <w:r w:rsidR="00A02545">
+      <w:r w:rsidR="00DE4CF7" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02545" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. During th</w:t>
       </w:r>
-      <w:r w:rsidR="006E12D1">
+      <w:r w:rsidR="006E12D1" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e consultation</w:t>
       </w:r>
-      <w:r w:rsidR="00A02545">
+      <w:r w:rsidR="00A02545" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> period, </w:t>
       </w:r>
-      <w:r w:rsidR="00246744">
+      <w:r w:rsidR="00246744" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A02545">
+      <w:r w:rsidR="00A02545" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> board must provide parents and board employees the opportunity to comment on the proposed calendar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F56C091" w14:textId="77777777" w:rsidR="00196CD3" w:rsidRDefault="00196CD3" w:rsidP="00E0576E">
+    <w:p w14:paraId="6F56C091" w14:textId="77777777" w:rsidR="00196CD3" w:rsidRPr="00DC43BF" w:rsidRDefault="00196CD3" w:rsidP="00E0576E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E266958" w14:textId="77777777" w:rsidR="00196CD3" w:rsidRDefault="00196CD3" w:rsidP="00E0576E">
+    <w:p w14:paraId="6E266958" w14:textId="77777777" w:rsidR="00196CD3" w:rsidRPr="00DC43BF" w:rsidRDefault="00196CD3" w:rsidP="00E0576E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52A439BF" w14:textId="77777777" w:rsidR="00196CD3" w:rsidRDefault="00196CD3" w:rsidP="00E0576E">
+    <w:p w14:paraId="52A439BF" w14:textId="77777777" w:rsidR="00196CD3" w:rsidRPr="00DC43BF" w:rsidRDefault="00196CD3" w:rsidP="00E0576E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01483A12" w14:textId="77777777" w:rsidR="00DB3C08" w:rsidRPr="00653AA8" w:rsidRDefault="00DB3C08" w:rsidP="00E0576E">
+    <w:p w14:paraId="01483A12" w14:textId="77777777" w:rsidR="00DB3C08" w:rsidRPr="00DC43BF" w:rsidRDefault="00DB3C08" w:rsidP="00E0576E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00653AA8">
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>School Calendar Submission</w:t>
       </w:r>
-      <w:r w:rsidR="00566C8A">
+      <w:r w:rsidR="00566C8A" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Forms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE8644F" w14:textId="19C7E505" w:rsidR="00387CA9" w:rsidRPr="004F5292" w:rsidRDefault="00653AA8" w:rsidP="00E0576E">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4AE8644F" w14:textId="55B6520B" w:rsidR="00387CA9" w:rsidRPr="00DC43BF" w:rsidRDefault="00653AA8" w:rsidP="00E0576E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Boards </w:t>
       </w:r>
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
-[...32 lines deleted...]
-      <w:r w:rsidR="003F4061" w:rsidRPr="004F5292">
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will use one of two forms to submit their proposed calendars to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inistry. The ‘School Calendar Form – General’ applies to all public schools except </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4061" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">online </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3033" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learning s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chools</w:t>
+      </w:r>
+      <w:r w:rsidR="00691D3F" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C3033" w:rsidRPr="004F5292">
-[...7 lines deleted...]
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
+      <w:r w:rsidR="00691D3F" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the ‘School Calendar Form – </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4061" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Online </w:t>
+      </w:r>
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Learning</w:t>
+      </w:r>
+      <w:r w:rsidR="00691D3F" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applies </w:t>
+      </w:r>
+      <w:r w:rsidR="00691D3F" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4061" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">online </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3033" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00655856" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">earning </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3033" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00655856" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>chools</w:t>
       </w:r>
-      <w:r w:rsidR="00691D3F">
-[...7 lines deleted...]
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
+      <w:r w:rsidR="00691D3F" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only</w:t>
+      </w:r>
+      <w:r w:rsidR="00655856" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505D0523" w14:textId="11CF242F" w:rsidR="003D4EC9" w:rsidRPr="00DC43BF" w:rsidRDefault="00B97C04" w:rsidP="00E0576E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Boards a</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2DC8" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>re required to submit their 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00222777" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4CF7" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00196CD3" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4CF7" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school calendars by </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1A0D" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>March 31, 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00222777" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4CF7" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1A0D" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00691D3F">
-[...36 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0010104C" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r w:rsidR="00371063" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calendar submissions must be made t</w:t>
+      </w:r>
+      <w:r w:rsidR="00222777" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o the </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7BA2" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>web-based submission</w:t>
+      </w:r>
+      <w:r w:rsidR="00371063" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
-[...252 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="007D7BA2" w:rsidRPr="00976CEE">
+        <w:r w:rsidR="007D7BA2" w:rsidRPr="00DC43BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>portal</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00371063" w:rsidRPr="007D7BA2">
+      <w:r w:rsidR="00371063" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00371063">
-[...7 lines deleted...]
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
+      <w:r w:rsidR="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Once a </w:t>
       </w:r>
-      <w:r w:rsidR="003D4EC9">
+      <w:r w:rsidR="003D4EC9" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>board</w:t>
       </w:r>
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> submits a calendar</w:t>
       </w:r>
-      <w:r w:rsidR="00C73F71">
+      <w:r w:rsidR="00C73F71" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
-      <w:r w:rsidR="007E64F7">
-[...7 lines deleted...]
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
+      <w:r w:rsidR="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>inistry</w:t>
       </w:r>
-      <w:r w:rsidR="004B1893">
+      <w:r w:rsidR="004B1893" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will review it for compliance w</w:t>
       </w:r>
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ith the regulation</w:t>
       </w:r>
-      <w:r w:rsidR="00065A82">
+      <w:r w:rsidR="00065A82" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
-[...7 lines deleted...]
-      <w:r w:rsidR="002960DA" w:rsidRPr="004F5292">
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. If a calendar is</w:t>
+      </w:r>
+      <w:r w:rsidR="002960DA" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> found to be</w:t>
       </w:r>
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> non-complian</w:t>
       </w:r>
-      <w:r w:rsidR="00065A82">
+      <w:r w:rsidR="00065A82" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00A67A8B" w:rsidRPr="004F5292">
+      <w:r w:rsidR="00A67A8B" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C73F71">
-[...7 lines deleted...]
-      <w:r w:rsidR="004B1893">
+      <w:r w:rsidR="00C73F71" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1893" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>inistry has 30 days from the date of receipt to amend the calendar.</w:t>
       </w:r>
-      <w:r w:rsidR="00C10732">
-[...23 lines deleted...]
-      <w:r w:rsidR="007D7BA2" w:rsidRPr="007D7BA2">
+      <w:r w:rsidR="00C10732" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Please note that </w:t>
+      </w:r>
+      <w:r w:rsidR="009D4F5F" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4F5F" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inistry </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7BA2" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">may share with other educational partner groups the </w:t>
       </w:r>
-      <w:r w:rsidR="006E2E09" w:rsidRPr="007D7BA2">
+      <w:r w:rsidR="006E2E09" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">district level </w:t>
       </w:r>
-      <w:r w:rsidR="00C10732" w:rsidRPr="007D7BA2">
+      <w:r w:rsidR="00C10732" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">school calendar information </w:t>
       </w:r>
-      <w:r w:rsidR="007D7BA2" w:rsidRPr="007D7BA2">
+      <w:r w:rsidR="007D7BA2" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>it collects through this process</w:t>
       </w:r>
-      <w:r w:rsidR="00C10732" w:rsidRPr="007D7BA2">
+      <w:r w:rsidR="00C10732" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B9AFE3D" w14:textId="77777777" w:rsidR="00655856" w:rsidRPr="00C622C4" w:rsidRDefault="00BB2052">
+    <w:p w14:paraId="1B9AFE3D" w14:textId="77777777" w:rsidR="00655856" w:rsidRPr="00DC43BF" w:rsidRDefault="00BB2052">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C622C4">
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>School Calendar</w:t>
       </w:r>
-      <w:r w:rsidR="004B1893" w:rsidRPr="00C622C4">
+      <w:r w:rsidR="004B1893" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BBFED30" w14:textId="2B9D0214" w:rsidR="00A424F5" w:rsidRDefault="003D4EC9">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4BBFED30" w14:textId="7359186E" w:rsidR="00A424F5" w:rsidRPr="00DC43BF" w:rsidRDefault="003D4EC9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A board</w:t>
       </w:r>
-      <w:r w:rsidR="004B1893">
+      <w:r w:rsidR="004B1893" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> has the ability to amend </w:t>
       </w:r>
-      <w:r w:rsidR="00D37259">
+      <w:r w:rsidR="00D37259" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a calendar </w:t>
       </w:r>
-      <w:r w:rsidR="004B1893">
+      <w:r w:rsidR="004B1893" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">under </w:t>
       </w:r>
-      <w:r w:rsidR="00F72537">
+      <w:r w:rsidR="00F72537" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00130F9A">
+      <w:r w:rsidR="00130F9A" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 87.02 (1) of the </w:t>
       </w:r>
-      <w:r w:rsidR="00A00E25" w:rsidRPr="00A00E25">
-[...8 lines deleted...]
-      <w:r w:rsidR="00A00E25">
+      <w:r w:rsidR="00A00E25" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">School </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Act</w:t>
+      </w:r>
+      <w:r w:rsidR="006E04D7" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0090062B" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and t</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1893" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00E25" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">School Calendar </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1893" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulation sets the parameters for calendar amendments. </w:t>
+      </w:r>
+      <w:r w:rsidR="0090062B" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>At least one month before</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37259" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amending a calendar, a board must make the proposed amendments </w:t>
+      </w:r>
+      <w:r w:rsidR="008729E4" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>available to the public.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37259" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4EC9">
-[...89 lines deleted...]
-      <w:r w:rsidR="00065297">
+      <w:r w:rsidR="00065297" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The board must, within 30 days after amending the calendar, make the amended calendar public. </w:t>
       </w:r>
-      <w:r w:rsidR="00D37259">
+      <w:r w:rsidR="00D37259" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boar</w:t>
       </w:r>
-      <w:r w:rsidR="00C73F71">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D37259">
+      <w:r w:rsidR="00C73F71" w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ds are required to provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37259" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">inistry </w:t>
       </w:r>
-      <w:r w:rsidR="007521D5">
+      <w:r w:rsidR="007521D5" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
-      <w:r w:rsidR="00D37259">
+      <w:r w:rsidR="00D37259" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the amended calendar using the applicable School Calendar Form</w:t>
       </w:r>
-      <w:r w:rsidR="009E633C">
+      <w:r w:rsidR="009E633C" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6B9853" w14:textId="14483EF0" w:rsidR="00F87D59" w:rsidRPr="007D7BA2" w:rsidRDefault="00F87D59">
+    <w:p w14:paraId="5F6B9853" w14:textId="14483EF0" w:rsidR="00F87D59" w:rsidRPr="00DC43BF" w:rsidRDefault="00F87D59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007D7BA2">
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Questions?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6E5464" w14:textId="745EBC9E" w:rsidR="00F87D59" w:rsidRPr="00F87D59" w:rsidRDefault="00F87D59">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007D7BA2">
+    <w:p w14:paraId="0B6E5464" w14:textId="745EBC9E" w:rsidR="00F87D59" w:rsidRPr="00DC43BF" w:rsidRDefault="00F87D59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">School District staff are welcome to contact Tracie </w:t>
       </w:r>
-      <w:r w:rsidR="006A3CCD">
+      <w:r w:rsidR="006A3CCD" w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Carlson</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D7BA2">
+      <w:r w:rsidRPr="00DC43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for further information or assistance.  Tracie may be reached by telephone at (250) 387-8037 or by email </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="007D7BA2">
+        <w:r w:rsidRPr="00DC43BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>educ.schoolcalendars@gov.bc.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007D7BA2">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidRPr="00DC43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F87D59" w:rsidRPr="00F87D59" w:rsidSect="0090062B">
+    <w:sectPr w:rsidR="00F87D59" w:rsidRPr="00DC43BF" w:rsidSect="0090062B">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1418" w:right="1440" w:bottom="1418" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3094EDF3" w14:textId="77777777" w:rsidR="00941CB0" w:rsidRDefault="00941CB0" w:rsidP="00985C29">
+    <w:p w14:paraId="74CE92ED" w14:textId="77777777" w:rsidR="00D664AF" w:rsidRDefault="00D664AF" w:rsidP="00985C29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C7952ED" w14:textId="77777777" w:rsidR="00941CB0" w:rsidRDefault="00941CB0" w:rsidP="00985C29">
+    <w:p w14:paraId="5675E445" w14:textId="77777777" w:rsidR="00D664AF" w:rsidRDefault="00D664AF" w:rsidP="00985C29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="506504125"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="565050523"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="049A0ADD" w14:textId="30147DFD" w:rsidR="00941CB0" w:rsidRDefault="001B341C" w:rsidP="008A6B8F">
+          <w:p w14:paraId="049A0ADD" w14:textId="21F2CDBF" w:rsidR="00941CB0" w:rsidRDefault="002B34E2" w:rsidP="008A6B8F">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>November 2024</w:t>
+              <w:t>December 2025</w:t>
             </w:r>
             <w:r w:rsidR="008A6B8F" w:rsidRPr="00281B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="008A6B8F" w:rsidRPr="00281B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007B229E" w:rsidRPr="00281B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00941CB0" w:rsidRPr="00281B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
@@ -2356,245 +2294,245 @@
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="007B229E" w:rsidRPr="00281B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="249F8260" w14:textId="77777777" w:rsidR="00941CB0" w:rsidRDefault="00941CB0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1659584C" w14:textId="77777777" w:rsidR="00941CB0" w:rsidRDefault="00941CB0" w:rsidP="00985C29">
+    <w:p w14:paraId="475D8C29" w14:textId="77777777" w:rsidR="00D664AF" w:rsidRDefault="00D664AF" w:rsidP="00985C29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C9D10A8" w14:textId="77777777" w:rsidR="00941CB0" w:rsidRDefault="00941CB0" w:rsidP="00985C29">
+    <w:p w14:paraId="4DE5E33D" w14:textId="77777777" w:rsidR="00D664AF" w:rsidRDefault="00D664AF" w:rsidP="00985C29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BED4F78" w14:textId="77777777" w:rsidR="00A424F5" w:rsidRDefault="00A00E25" w:rsidP="00655856">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>SCHOOL CALENDAR SUBMISSIONS</w:t>
     </w:r>
     <w:r w:rsidR="00A424F5">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0A0E97A6" w14:textId="29B6CE25" w:rsidR="00A424F5" w:rsidRPr="00A424F5" w:rsidRDefault="00A424F5" w:rsidP="00655856">
+  <w:p w14:paraId="0A0E97A6" w14:textId="54BED033" w:rsidR="00A424F5" w:rsidRPr="00A424F5" w:rsidRDefault="00A424F5" w:rsidP="00655856">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BB4018">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> 20</w:t>
     </w:r>
     <w:r w:rsidR="00147F36">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="001B341C">
+    <w:r w:rsidR="00C00E81">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="00147F36">
+    <w:r w:rsidR="00DC43BF">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>/</w:t>
+      <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="00196CD3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="001B341C">
+    <w:r w:rsidR="00C00E81">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00BB4018">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> to 20</w:t>
     </w:r>
     <w:r w:rsidR="00147F36">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="001B341C">
+    <w:r w:rsidR="00C00E81">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>8</w:t>
     </w:r>
-    <w:r w:rsidRPr="00BB4018">
+    <w:r w:rsidR="00DC43BF">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>/</w:t>
+      <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="008D1005">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="001B341C">
+    <w:r w:rsidR="00C00E81">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidRPr="00BB4018">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> School Years</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6CDC61E4" w14:textId="77777777" w:rsidR="00941CB0" w:rsidRDefault="00941CB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DDC5A2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67B055F0"/>
     <w:lvl w:ilvl="0" w:tplc="A49684F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3064,56 +3002,56 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1221211867">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1412005830">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="495805611">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="17318000">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1934437538">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:val="bestFit" w:percent="174"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="139265"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E0576E"/>
     <w:rsid w:val="00000766"/>
     <w:rsid w:val="0000570E"/>
     <w:rsid w:val="000071FB"/>
     <w:rsid w:val="0001045D"/>
     <w:rsid w:val="00013367"/>
@@ -3127,120 +3065,127 @@
     <w:rsid w:val="000817CE"/>
     <w:rsid w:val="00091307"/>
     <w:rsid w:val="00095115"/>
     <w:rsid w:val="000A2EB7"/>
     <w:rsid w:val="000B2DC8"/>
     <w:rsid w:val="000C460F"/>
     <w:rsid w:val="000F3181"/>
     <w:rsid w:val="001004A8"/>
     <w:rsid w:val="0010104C"/>
     <w:rsid w:val="00101907"/>
     <w:rsid w:val="001026B0"/>
     <w:rsid w:val="0011020F"/>
     <w:rsid w:val="00110F40"/>
     <w:rsid w:val="001169DE"/>
     <w:rsid w:val="001223AB"/>
     <w:rsid w:val="00123170"/>
     <w:rsid w:val="00130F9A"/>
     <w:rsid w:val="00134B04"/>
     <w:rsid w:val="00136026"/>
     <w:rsid w:val="00136409"/>
     <w:rsid w:val="00141C52"/>
     <w:rsid w:val="00147F36"/>
     <w:rsid w:val="001644F5"/>
     <w:rsid w:val="00187D49"/>
     <w:rsid w:val="00196CD3"/>
+    <w:rsid w:val="00197E67"/>
     <w:rsid w:val="001A05CD"/>
     <w:rsid w:val="001B341C"/>
     <w:rsid w:val="001B761E"/>
     <w:rsid w:val="001C06EA"/>
     <w:rsid w:val="001E00AB"/>
     <w:rsid w:val="001E1E04"/>
     <w:rsid w:val="001E6DC5"/>
     <w:rsid w:val="00222777"/>
     <w:rsid w:val="002261E2"/>
     <w:rsid w:val="00232175"/>
     <w:rsid w:val="00237D9D"/>
     <w:rsid w:val="00245122"/>
     <w:rsid w:val="00246744"/>
     <w:rsid w:val="00261D34"/>
     <w:rsid w:val="00264556"/>
     <w:rsid w:val="0026464E"/>
     <w:rsid w:val="00264EE1"/>
     <w:rsid w:val="0026578F"/>
     <w:rsid w:val="00281B6B"/>
     <w:rsid w:val="002960DA"/>
+    <w:rsid w:val="002B34E2"/>
     <w:rsid w:val="002D2CE9"/>
     <w:rsid w:val="002D79EE"/>
     <w:rsid w:val="002F1E24"/>
     <w:rsid w:val="002F48E9"/>
     <w:rsid w:val="00310AB5"/>
     <w:rsid w:val="003113AD"/>
     <w:rsid w:val="00335BC8"/>
     <w:rsid w:val="00346A0A"/>
     <w:rsid w:val="003501CE"/>
     <w:rsid w:val="003612F8"/>
     <w:rsid w:val="00371063"/>
     <w:rsid w:val="00372C92"/>
     <w:rsid w:val="00372FFC"/>
     <w:rsid w:val="0037367D"/>
     <w:rsid w:val="00376089"/>
     <w:rsid w:val="00387CA9"/>
     <w:rsid w:val="00392792"/>
     <w:rsid w:val="003A5D22"/>
     <w:rsid w:val="003B00B9"/>
     <w:rsid w:val="003B466F"/>
     <w:rsid w:val="003C346C"/>
     <w:rsid w:val="003C42E7"/>
+    <w:rsid w:val="003D0D52"/>
     <w:rsid w:val="003D1CCE"/>
     <w:rsid w:val="003D4697"/>
     <w:rsid w:val="003D4EC9"/>
+    <w:rsid w:val="003D5EB0"/>
     <w:rsid w:val="003E0187"/>
+    <w:rsid w:val="003F16C9"/>
     <w:rsid w:val="003F2E73"/>
     <w:rsid w:val="003F38C5"/>
     <w:rsid w:val="003F4061"/>
     <w:rsid w:val="0040200B"/>
     <w:rsid w:val="004145E2"/>
     <w:rsid w:val="004303F9"/>
     <w:rsid w:val="00441394"/>
     <w:rsid w:val="00447C22"/>
     <w:rsid w:val="00465244"/>
     <w:rsid w:val="004705ED"/>
     <w:rsid w:val="004748B8"/>
     <w:rsid w:val="00484861"/>
     <w:rsid w:val="00485B21"/>
     <w:rsid w:val="00492F54"/>
     <w:rsid w:val="00496CC8"/>
     <w:rsid w:val="004B1893"/>
     <w:rsid w:val="004C3BF2"/>
     <w:rsid w:val="004C643F"/>
     <w:rsid w:val="004D159C"/>
     <w:rsid w:val="004D491B"/>
     <w:rsid w:val="004E5DBF"/>
     <w:rsid w:val="004F5292"/>
+    <w:rsid w:val="004F7092"/>
     <w:rsid w:val="005005B8"/>
     <w:rsid w:val="005044CD"/>
+    <w:rsid w:val="005205E1"/>
     <w:rsid w:val="0052569D"/>
     <w:rsid w:val="00532C23"/>
     <w:rsid w:val="0054723A"/>
     <w:rsid w:val="005614D0"/>
     <w:rsid w:val="005626FC"/>
     <w:rsid w:val="005631AF"/>
     <w:rsid w:val="0056479D"/>
     <w:rsid w:val="00566C8A"/>
     <w:rsid w:val="00570B12"/>
     <w:rsid w:val="00571D15"/>
     <w:rsid w:val="005775D2"/>
     <w:rsid w:val="00585EE9"/>
     <w:rsid w:val="00585FD0"/>
     <w:rsid w:val="00591C61"/>
     <w:rsid w:val="005A79FE"/>
     <w:rsid w:val="005B3FA2"/>
     <w:rsid w:val="005C0371"/>
     <w:rsid w:val="005D0B02"/>
     <w:rsid w:val="005D4486"/>
     <w:rsid w:val="005F4FAA"/>
     <w:rsid w:val="006066F3"/>
     <w:rsid w:val="00611701"/>
     <w:rsid w:val="00611C24"/>
     <w:rsid w:val="006163C4"/>
     <w:rsid w:val="006174DF"/>
@@ -3258,256 +3203,271 @@
     <w:rsid w:val="006C3033"/>
     <w:rsid w:val="006C3090"/>
     <w:rsid w:val="006D5B43"/>
     <w:rsid w:val="006E04D7"/>
     <w:rsid w:val="006E12D1"/>
     <w:rsid w:val="006E2E09"/>
     <w:rsid w:val="00701B26"/>
     <w:rsid w:val="00720237"/>
     <w:rsid w:val="007262BD"/>
     <w:rsid w:val="00727535"/>
     <w:rsid w:val="00740EDC"/>
     <w:rsid w:val="0074229E"/>
     <w:rsid w:val="00743274"/>
     <w:rsid w:val="007444DE"/>
     <w:rsid w:val="00747E82"/>
     <w:rsid w:val="007521D5"/>
     <w:rsid w:val="00752B9A"/>
     <w:rsid w:val="00755690"/>
     <w:rsid w:val="00756A44"/>
     <w:rsid w:val="0076353E"/>
     <w:rsid w:val="0076362C"/>
     <w:rsid w:val="007706C1"/>
     <w:rsid w:val="00771152"/>
     <w:rsid w:val="007779B2"/>
     <w:rsid w:val="00796467"/>
+    <w:rsid w:val="00796B7E"/>
     <w:rsid w:val="007A6D48"/>
     <w:rsid w:val="007B229E"/>
     <w:rsid w:val="007C0212"/>
     <w:rsid w:val="007C1602"/>
     <w:rsid w:val="007D6715"/>
     <w:rsid w:val="007D72F1"/>
     <w:rsid w:val="007D7BA2"/>
     <w:rsid w:val="007E0D96"/>
     <w:rsid w:val="007E0F12"/>
     <w:rsid w:val="007E277A"/>
     <w:rsid w:val="007E64F7"/>
     <w:rsid w:val="007F6639"/>
     <w:rsid w:val="00802FA2"/>
     <w:rsid w:val="00806B36"/>
     <w:rsid w:val="00821BFA"/>
     <w:rsid w:val="00827FCF"/>
     <w:rsid w:val="008548A5"/>
     <w:rsid w:val="0086780F"/>
     <w:rsid w:val="00871A72"/>
     <w:rsid w:val="008729E4"/>
     <w:rsid w:val="00874B67"/>
     <w:rsid w:val="00876A7C"/>
     <w:rsid w:val="00894208"/>
+    <w:rsid w:val="0089709A"/>
     <w:rsid w:val="008A60CD"/>
     <w:rsid w:val="008A6B8F"/>
     <w:rsid w:val="008C0618"/>
     <w:rsid w:val="008C0CD2"/>
     <w:rsid w:val="008C2541"/>
     <w:rsid w:val="008D1005"/>
     <w:rsid w:val="008D1B51"/>
     <w:rsid w:val="008D22DC"/>
     <w:rsid w:val="0090062B"/>
     <w:rsid w:val="009326B2"/>
     <w:rsid w:val="009330AF"/>
     <w:rsid w:val="00940CEC"/>
     <w:rsid w:val="00941680"/>
     <w:rsid w:val="00941CB0"/>
     <w:rsid w:val="00943B27"/>
     <w:rsid w:val="00944E52"/>
     <w:rsid w:val="00946B4A"/>
     <w:rsid w:val="009506C2"/>
     <w:rsid w:val="00957F60"/>
     <w:rsid w:val="0097351C"/>
     <w:rsid w:val="00973928"/>
     <w:rsid w:val="00973C51"/>
     <w:rsid w:val="00976CEE"/>
     <w:rsid w:val="009803ED"/>
     <w:rsid w:val="00982D27"/>
     <w:rsid w:val="00985246"/>
     <w:rsid w:val="00985C29"/>
     <w:rsid w:val="009916EB"/>
+    <w:rsid w:val="00993A6B"/>
+    <w:rsid w:val="00995696"/>
     <w:rsid w:val="009B0972"/>
     <w:rsid w:val="009B3118"/>
     <w:rsid w:val="009B673A"/>
     <w:rsid w:val="009C0E9C"/>
     <w:rsid w:val="009C2C9A"/>
     <w:rsid w:val="009D4F5F"/>
     <w:rsid w:val="009E1F99"/>
     <w:rsid w:val="009E633C"/>
+    <w:rsid w:val="009F32BC"/>
     <w:rsid w:val="009F38B7"/>
     <w:rsid w:val="00A00E25"/>
     <w:rsid w:val="00A02545"/>
     <w:rsid w:val="00A07AAA"/>
     <w:rsid w:val="00A221EA"/>
     <w:rsid w:val="00A2352F"/>
     <w:rsid w:val="00A245C2"/>
     <w:rsid w:val="00A32BE5"/>
     <w:rsid w:val="00A424F5"/>
     <w:rsid w:val="00A47B4B"/>
     <w:rsid w:val="00A52C30"/>
     <w:rsid w:val="00A56823"/>
     <w:rsid w:val="00A67A8B"/>
     <w:rsid w:val="00A74BE6"/>
     <w:rsid w:val="00A86AEE"/>
     <w:rsid w:val="00A95CB0"/>
     <w:rsid w:val="00AA01BE"/>
     <w:rsid w:val="00AA0C36"/>
     <w:rsid w:val="00AA11C2"/>
     <w:rsid w:val="00AB340B"/>
     <w:rsid w:val="00AC74C5"/>
     <w:rsid w:val="00AD2468"/>
     <w:rsid w:val="00AD7211"/>
     <w:rsid w:val="00AD7856"/>
+    <w:rsid w:val="00AD7ABB"/>
     <w:rsid w:val="00AE1372"/>
     <w:rsid w:val="00AE24F9"/>
     <w:rsid w:val="00AF525E"/>
     <w:rsid w:val="00AF6D42"/>
     <w:rsid w:val="00AF72EA"/>
     <w:rsid w:val="00B04275"/>
     <w:rsid w:val="00B12D9E"/>
     <w:rsid w:val="00B26711"/>
     <w:rsid w:val="00B352A5"/>
     <w:rsid w:val="00B36641"/>
     <w:rsid w:val="00B46B0C"/>
     <w:rsid w:val="00B501E8"/>
     <w:rsid w:val="00B5150D"/>
     <w:rsid w:val="00B833A7"/>
     <w:rsid w:val="00B844DD"/>
     <w:rsid w:val="00B8473F"/>
     <w:rsid w:val="00B97C04"/>
     <w:rsid w:val="00BA20FB"/>
     <w:rsid w:val="00BB1737"/>
     <w:rsid w:val="00BB2052"/>
     <w:rsid w:val="00BB322D"/>
     <w:rsid w:val="00BB4018"/>
     <w:rsid w:val="00BD5DA1"/>
     <w:rsid w:val="00BE2259"/>
+    <w:rsid w:val="00C00E81"/>
     <w:rsid w:val="00C04C89"/>
     <w:rsid w:val="00C06C29"/>
     <w:rsid w:val="00C10732"/>
+    <w:rsid w:val="00C1488A"/>
     <w:rsid w:val="00C32111"/>
     <w:rsid w:val="00C3333D"/>
     <w:rsid w:val="00C41559"/>
     <w:rsid w:val="00C5581B"/>
     <w:rsid w:val="00C622C4"/>
     <w:rsid w:val="00C62689"/>
     <w:rsid w:val="00C63B96"/>
     <w:rsid w:val="00C73F71"/>
     <w:rsid w:val="00C76674"/>
+    <w:rsid w:val="00C85D4B"/>
     <w:rsid w:val="00C907AD"/>
     <w:rsid w:val="00C9544E"/>
     <w:rsid w:val="00C96EB8"/>
     <w:rsid w:val="00CA0557"/>
     <w:rsid w:val="00CA6BAC"/>
     <w:rsid w:val="00CB3AA7"/>
     <w:rsid w:val="00CB7A1C"/>
     <w:rsid w:val="00CD6649"/>
     <w:rsid w:val="00CD7CC5"/>
     <w:rsid w:val="00CE0D66"/>
     <w:rsid w:val="00D36395"/>
     <w:rsid w:val="00D37259"/>
     <w:rsid w:val="00D55126"/>
     <w:rsid w:val="00D631A6"/>
     <w:rsid w:val="00D6499D"/>
+    <w:rsid w:val="00D664AF"/>
     <w:rsid w:val="00D803B5"/>
     <w:rsid w:val="00D82534"/>
     <w:rsid w:val="00DA5715"/>
     <w:rsid w:val="00DA7522"/>
     <w:rsid w:val="00DB3C08"/>
     <w:rsid w:val="00DB7E76"/>
     <w:rsid w:val="00DC340D"/>
+    <w:rsid w:val="00DC43BF"/>
     <w:rsid w:val="00DD5024"/>
+    <w:rsid w:val="00DE4CF7"/>
     <w:rsid w:val="00DF4395"/>
     <w:rsid w:val="00DF4824"/>
     <w:rsid w:val="00E0576E"/>
     <w:rsid w:val="00E153F9"/>
+    <w:rsid w:val="00E16284"/>
     <w:rsid w:val="00E527FE"/>
     <w:rsid w:val="00E664CA"/>
+    <w:rsid w:val="00E85286"/>
     <w:rsid w:val="00E95BF1"/>
     <w:rsid w:val="00EA190F"/>
     <w:rsid w:val="00EA7B10"/>
     <w:rsid w:val="00EB1A0D"/>
     <w:rsid w:val="00EC3DC7"/>
     <w:rsid w:val="00F0073E"/>
     <w:rsid w:val="00F01D3F"/>
     <w:rsid w:val="00F036FA"/>
     <w:rsid w:val="00F04C3F"/>
     <w:rsid w:val="00F0664C"/>
     <w:rsid w:val="00F2609F"/>
     <w:rsid w:val="00F373EB"/>
     <w:rsid w:val="00F4465F"/>
     <w:rsid w:val="00F463F7"/>
     <w:rsid w:val="00F46AAC"/>
     <w:rsid w:val="00F549AF"/>
     <w:rsid w:val="00F57FBD"/>
     <w:rsid w:val="00F72537"/>
     <w:rsid w:val="00F81C5E"/>
     <w:rsid w:val="00F81F19"/>
     <w:rsid w:val="00F82E34"/>
+    <w:rsid w:val="00F82E5D"/>
     <w:rsid w:val="00F86951"/>
     <w:rsid w:val="00F87D59"/>
     <w:rsid w:val="00FB09E3"/>
     <w:rsid w:val="00FB3E29"/>
     <w:rsid w:val="00FE0637"/>
     <w:rsid w:val="00FE597F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="139265"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="31698529"/>
   <w15:docId w15:val="{ABF747B2-8435-49B4-90F2-144E7FDF03CC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4112,76 +4072,142 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00973C51"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F87D59"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D0D52"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D0D52"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003D0D52"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D0D52"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D0D52"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="677082758">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educ.schoolcalendars@gov.bc.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.gov.bc.ca/education-training/school-calendar-update-application/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educ.schoolcalendars@gov.bc.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submit.digital.gov.bc.ca/app/form/submit?f=69289750-2b53-4c45-8ced-27e0b614f7e6" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4440,104 +4466,481 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BC2421AC1DC16B4BB5BBFC1B035FD9FD" ma:contentTypeVersion="" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="90c3bb1765a41fab636b5ef3f972caa3">
-[...2 lines deleted...]
-    <xsd:import namespace="9941dfe8-a973-4338-8291-0599b6935076"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007982D16F4375A649BD0847D4D8BBFC22" ma:contentTypeVersion="50" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6b88640441a489fcba9aff984a1302e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24ca4954-836e-4dd6-806d-d2cdcf695e13" xmlns:ns3="6fe9af5a-ed8a-4244-928d-e56d06aad847" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="06e6bd7a8ed46ebb52930b8f9226be9b" ns2:_="" ns3:_="">
+    <xsd:import namespace="24ca4954-836e-4dd6-806d-d2cdcf695e13"/>
+    <xsd:import namespace="6fe9af5a-ed8a-4244-928d-e56d06aad847"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns3:Item" minOccurs="0"/>
+                <xsd:element ref="ns2:desc" minOccurs="0"/>
+                <xsd:element ref="ns2:history" minOccurs="0"/>
+                <xsd:element ref="ns2:info" minOccurs="0"/>
+                <xsd:element ref="ns2:formAnswers" minOccurs="0"/>
+                <xsd:element ref="ns2:otherNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:uniqueMinistryId" minOccurs="0"/>
+                <xsd:element ref="ns2:subcategory" minOccurs="0"/>
+                <xsd:element ref="ns2:parentGuid" minOccurs="0"/>
+                <xsd:element ref="ns2:folderName" minOccurs="0"/>
+                <xsd:element ref="ns2:due" minOccurs="0"/>
+                <xsd:element ref="ns2:createdOn" minOccurs="0"/>
+                <xsd:element ref="ns2:completedOn" minOccurs="0"/>
+                <xsd:element ref="ns2:whenToArchive" minOccurs="0"/>
+                <xsd:element ref="ns2:rush" minOccurs="0"/>
+                <xsd:element ref="ns2:blueprintVersion" minOccurs="0"/>
+                <xsd:element ref="ns2:pos" minOccurs="0"/>
+                <xsd:element ref="ns2:entityType" minOccurs="0"/>
+                <xsd:element ref="ns2:branch" minOccurs="0"/>
+                <xsd:element ref="ns2:color" minOccurs="0"/>
+                <xsd:element ref="ns2:formVersion" minOccurs="0"/>
+                <xsd:element ref="ns2:blueprint" minOccurs="0"/>
+                <xsd:element ref="ns2:assignedToG" minOccurs="0"/>
+                <xsd:element ref="ns2:assignedToGroups" minOccurs="0"/>
+                <xsd:element ref="ns2:mediator" minOccurs="0"/>
+                <xsd:element ref="ns2:assignedToSiteUser" minOccurs="0"/>
+                <xsd:element ref="ns2:colleaguesG" minOccurs="0"/>
+                <xsd:element ref="ns2:watchersG" minOccurs="0"/>
+                <xsd:element ref="ns2:groupWatchers" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:documentStringNames" minOccurs="0"/>
+                <xsd:element ref="ns2:crossMinistry" minOccurs="0"/>
+                <xsd:element ref="ns2:ministries" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3aaeb8ea-11c5-42a3-82a0-f4386a047b89" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="24ca4954-836e-4dd6-806d-d2cdcf695e13" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="desc" ma:index="8" nillable="true" ma:displayName="desc" ma:internalName="desc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="history" ma:index="9" nillable="true" ma:displayName="history" ma:internalName="history">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="info" ma:index="10" nillable="true" ma:displayName="info" ma:internalName="info">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="formAnswers" ma:index="11" nillable="true" ma:displayName="formAnswers" ma:internalName="formAnswers">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="otherNumber" ma:index="12" nillable="true" ma:displayName="otherNumber" ma:indexed="true" ma:internalName="otherNumber">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="uniqueMinistryId" ma:index="13" nillable="true" ma:displayName="uniqueMinistryId" ma:indexed="true" ma:internalName="uniqueMinistryId">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="subcategory" ma:index="14" nillable="true" ma:displayName="subcategory" ma:indexed="true" ma:internalName="subcategory">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="parentGuid" ma:index="15" nillable="true" ma:displayName="parentGuid" ma:internalName="parentGuid">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="folderName" ma:index="16" nillable="true" ma:displayName="folderName" ma:internalName="folderName">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="due" ma:index="17" nillable="true" ma:displayName="due" ma:format="DateOnly" ma:internalName="due">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="createdOn" ma:index="18" nillable="true" ma:displayName="createdOn" ma:format="DateOnly" ma:internalName="createdOn">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="completedOn" ma:index="19" nillable="true" ma:displayName="completedOn" ma:format="DateOnly" ma:internalName="completedOn">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="whenToArchive" ma:index="20" nillable="true" ma:displayName="whenToArchive" ma:format="DateOnly" ma:indexed="true" ma:internalName="whenToArchive">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="rush" ma:index="21" nillable="true" ma:displayName="rush" ma:indexed="true" ma:internalName="rush">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="blueprintVersion" ma:index="22" nillable="true" ma:displayName="blueprintVersion" ma:internalName="blueprintVersion">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="pos" ma:index="23" nillable="true" ma:displayName="pos" ma:internalName="pos">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="entityType" ma:index="24" nillable="true" ma:displayName="entityType" ma:indexed="true" ma:internalName="entityType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="branch" ma:index="25" nillable="true" ma:displayName="branch" ma:indexed="true" ma:list="{22398C44-67A3-4674-AD04-511FEACE7D0F}" ma:internalName="branch" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="color" ma:index="26" nillable="true" ma:displayName="color" ma:list="{B3B746B2-7247-467A-9F9A-791039112B8C}" ma:internalName="color" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="formVersion" ma:index="27" nillable="true" ma:displayName="formVersion" ma:list="{BF261706-87C6-4441-83A8-9D5AF7AC8548}" ma:internalName="formVersion" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="blueprint" ma:index="28" nillable="true" ma:displayName="blueprint" ma:list="{F4BE805F-DAB4-4628-9BCF-5745BBC9A5AA}" ma:internalName="blueprint" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="assignedToG" ma:index="29" nillable="true" ma:displayName="assignedToG" ma:indexed="true" ma:list="{C8BFF6DD-6C28-4F22-90F9-77385803A830}" ma:internalName="assignedToG" ma:readOnly="false" ma:showField="Title">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="assignedToGroups" ma:index="30" nillable="true" ma:displayName="assignedToGroups" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:internalName="assignedToGroups">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="DisplayOrder" ma:index="9" nillable="true" ma:displayName="DisplayOrder" ma:decimals="5" ma:default="0" ma:internalName="DisplayOrder">
+    <xsd:element name="mediator" ma:index="31" nillable="true" ma:displayName="mediator" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:internalName="mediator">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="assignedToSiteUser" ma:index="32" nillable="true" ma:displayName="assignedToSiteUser" ma:indexed="true" ma:list="UserInfo" ma:internalName="assignedToSiteUser">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="colleaguesG" ma:index="33" nillable="true" ma:displayName="colleaguesG" ma:list="{C8BFF6DD-6C28-4F22-90F9-77385803A830}" ma:internalName="colleaguesG" ma:readOnly="false" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="watchersG" ma:index="34" nillable="true" ma:displayName="watchersG" ma:list="{C8BFF6DD-6C28-4F22-90F9-77385803A830}" ma:internalName="watchersG" ma:readOnly="false" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="groupWatchers" ma:index="35" nillable="true" ma:displayName="groupWatchers" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:internalName="groupWatchers">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="36" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="37" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="38" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="40" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a9b50559-7390-452f-8d4d-780c6c1e431b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="42" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="43" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="46" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="47" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="48" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="49" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="50" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="documentStringNames" ma:index="51" nillable="true" ma:displayName="documentStringNames" ma:internalName="documentStringNames">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="crossMinistry" ma:index="52" nillable="true" ma:displayName="crossMinistry" ma:internalName="crossMinistry">
       <xsd:simpleType>
         <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Item" ma:index="10" nillable="true" ma:displayName="Item" ma:indexed="true" ma:list="{adebc5f8-6a37-4c63-a41d-e64d952422ff}" ma:internalName="Item" ma:showField="ID">
+    <xsd:element name="ministries" ma:index="53" nillable="true" ma:displayName="ministries" ma:list="{E8535DDF-3CC1-4F0A-9FC3-EDCC4C1918B4}" ma:internalName="ministries" ma:showField="ID">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="54" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Lookup"/>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6fe9af5a-ed8a-4244-928d-e56d06aad847" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="41" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{66428770-232f-4c77-9a39-a6fce1c18297}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6fe9af5a-ed8a-4244-928d-e56d06aad847">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="44" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="45" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -4596,154 +4999,198 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <Item xmlns="9941dfe8-a973-4338-8291-0599b6935076" xsi:nil="true"/>
-    <DisplayOrder xmlns="9941dfe8-a973-4338-8291-0599b6935076">57343.125</DisplayOrder>
+    <color xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <otherNumber xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <pos xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">65535</pos>
+    <mediator xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </mediator>
+    <colleaguesG xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <parentGuid xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <watchersG xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <history xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <rush xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <completedOn xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <info xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <subcategory xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <uniqueMinistryId xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <TaxCatchAll xmlns="6fe9af5a-ed8a-4244-928d-e56d06aad847" xsi:nil="true"/>
+    <folderName xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <branch xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <assignedToGroups xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </assignedToGroups>
+    <desc xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <documentStringNames xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <ministries xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <crossMinistry xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <entityType xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">4</entityType>
+    <formAnswers xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <whenToArchive xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <blueprintVersion xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <formVersion xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <assignedToSiteUser xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </assignedToSiteUser>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <blueprint xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <due xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <createdOn xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <groupWatchers xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </groupWatchers>
+    <assignedToG xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{865E46D9-B28B-4A15-8C66-4AC0AA55C5E2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F6AB538-9481-4881-8CF5-8B51B4E9DDEC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F93127CF-F886-4093-B34A-F985CB06ADE2}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1468B622-BE91-479D-83FE-BAE94CAF32C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="3aaeb8ea-11c5-42a3-82a0-f4386a047b89"/>
-    <ds:schemaRef ds:uri="9941dfe8-a973-4338-8291-0599b6935076"/>
+    <ds:schemaRef ds:uri="24ca4954-836e-4dd6-806d-d2cdcf695e13"/>
+    <ds:schemaRef ds:uri="6fe9af5a-ed8a-4244-928d-e56d06aad847"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B15F6D7-28F7-40B5-A217-74B82E85D367}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="9941dfe8-a973-4338-8291-0599b6935076"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...20 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="24ca4954-836e-4dd6-806d-d2cdcf695e13"/>
+    <ds:schemaRef ds:uri="6fe9af5a-ed8a-4244-928d-e56d06aad847"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>548</Words>
-  <Characters>3128</Characters>
+  <Words>549</Words>
+  <Characters>3132</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Province of British Columbia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3669</CharactersWithSpaces>
+  <CharactersWithSpaces>3674</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>sloveday</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100BC2421AC1DC16B4BB5BBFC1B035FD9FD</vt:lpwstr>
+    <vt:lpwstr>0x0101007982D16F4375A649BD0847D4D8BBFC22</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
   </property>
 </Properties>
 </file>