--- v0 (2025-10-15)
+++ v1 (2026-01-16)
@@ -6,4511 +6,4255 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="44A29AB4" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="000E1D9A" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AB4" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:eastAsia="Times New Roman" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1856B9"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E1D9A">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:eastAsia="Times New Roman" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1856B9"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">SCHOOL CALENDAR FORM </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AB5" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="000E1D9A" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AB5" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:eastAsia="Times New Roman" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1856B9"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E1D9A">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:eastAsia="Times New Roman" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1856B9"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">COMPLETION INSTRUCTIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AB6" w14:textId="77777777" w:rsidR="00F60B59" w:rsidRPr="00415208" w:rsidRDefault="00F60B59" w:rsidP="001F28D4">
+    <w:p w14:paraId="44A29AB6" w14:textId="77777777" w:rsidR="00F60B59" w:rsidRPr="006627F9" w:rsidRDefault="00F60B59" w:rsidP="001F28D4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A29AB7" w14:textId="4AE9156C" w:rsidR="00C908CF" w:rsidRPr="00415208" w:rsidRDefault="002F262B" w:rsidP="002F262B">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00415208">
+    <w:p w14:paraId="44A29AB7" w14:textId="59D805B5" w:rsidR="00C908CF" w:rsidRPr="006627F9" w:rsidRDefault="002F262B" w:rsidP="002F262B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">School Calendar Form submissions </w:t>
       </w:r>
-      <w:r w:rsidR="000A5E79">
+      <w:r w:rsidR="000A5E79" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">must be </w:t>
       </w:r>
-      <w:r w:rsidRPr="00415208">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>directed to</w:t>
       </w:r>
-      <w:r w:rsidR="00802A6E">
+      <w:r w:rsidR="00802A6E" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidR="00DA1B99">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">web based submission </w:t>
+      <w:r w:rsidR="00DA1B99" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>web</w:t>
+      </w:r>
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1B99" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">based submission </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00DA1B99" w:rsidRPr="00DA1B99">
+        <w:r w:rsidR="00DA1B99" w:rsidRPr="006627F9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>portal</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DA1B99">
+      <w:r w:rsidR="00DA1B99" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00275C85" w:rsidRPr="000A5E79">
-[...15 lines deleted...]
-      <w:r w:rsidR="00C357F9">
+      <w:r w:rsidR="00275C85" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> All forms for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C357F9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="005324F0">
+      <w:r w:rsidR="005324F0" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
-[...15 lines deleted...]
-      <w:r w:rsidR="00C357F9">
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C357F9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3F45" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">school year </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must be received no later than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">March 31, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC24BE" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="005324F0" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00EC3F45">
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00415208">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. If you </w:t>
       </w:r>
-      <w:r w:rsidR="00FC24BE">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00415208">
+      <w:r w:rsidR="00FC24BE" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">require </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>assistance, please contact</w:t>
       </w:r>
-      <w:r w:rsidR="00EC3F45">
+      <w:r w:rsidR="00EC3F45" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00EC3F45" w:rsidRPr="00EC3F45">
+        <w:r w:rsidR="00C97630" w:rsidRPr="006627F9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>educ.governance.legislation.gov.bc.ca</w:t>
+          <w:t>educ.governance.legislation@gov.bc.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00EC3F45">
+      <w:r w:rsidR="00EC3F45" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F262B" w14:paraId="44A29AC3" w14:textId="77777777" w:rsidTr="000E1D9A">
+      <w:tr w:rsidR="002F262B" w:rsidRPr="006627F9" w14:paraId="44A29AC3" w14:textId="77777777" w:rsidTr="000E1D9A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44A29AB8" w14:textId="77777777" w:rsidR="002F262B" w:rsidRDefault="002F262B" w:rsidP="00A5312B">
+          <w:p w14:paraId="44A29AB8" w14:textId="77777777" w:rsidR="002F262B" w:rsidRPr="006627F9" w:rsidRDefault="002F262B" w:rsidP="00A5312B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44A29AB9" w14:textId="77777777" w:rsidR="002F262B" w:rsidRDefault="00415208" w:rsidP="00A5312B">
+          <w:p w14:paraId="44A29AB9" w14:textId="77777777" w:rsidR="002F262B" w:rsidRPr="006627F9" w:rsidRDefault="00415208" w:rsidP="00A5312B">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please save your file(s) </w:t>
             </w:r>
-            <w:r w:rsidR="00FC24BE">
+            <w:r w:rsidR="00FC24BE" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">with the following </w:t>
             </w:r>
-            <w:r w:rsidR="00E95F6A">
+            <w:r w:rsidR="00E95F6A" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
-            <w:r w:rsidR="00FC24BE">
+            <w:r w:rsidR="00FC24BE" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ile </w:t>
             </w:r>
-            <w:r w:rsidR="00E95F6A">
+            <w:r w:rsidR="00E95F6A" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidR="00FC24BE">
+            <w:r w:rsidR="00FC24BE" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">aming </w:t>
             </w:r>
-            <w:r w:rsidR="00E95F6A">
+            <w:r w:rsidR="00E95F6A" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidR="00FC24BE">
+            <w:r w:rsidR="00FC24BE" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>onvention</w:t>
             </w:r>
-            <w:r w:rsidR="002F262B">
+            <w:r w:rsidR="002F262B" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44A29ABA" w14:textId="77777777" w:rsidR="002F262B" w:rsidRDefault="002F262B" w:rsidP="00A5312B">
+          <w:p w14:paraId="44A29ABA" w14:textId="77777777" w:rsidR="002F262B" w:rsidRPr="006627F9" w:rsidRDefault="002F262B" w:rsidP="00A5312B">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44A29ABB" w14:textId="77777777" w:rsidR="002F262B" w:rsidRPr="002754B8" w:rsidRDefault="002F262B" w:rsidP="00A5312B">
+          <w:p w14:paraId="44A29ABB" w14:textId="77777777" w:rsidR="002F262B" w:rsidRPr="006627F9" w:rsidRDefault="002F262B" w:rsidP="00A5312B">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
-                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002754B8">
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
-                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>School Calendar Form – General</w:t>
-[...9 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>School Calendar Form – General:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44A29ABC" w14:textId="77777777" w:rsidR="002F262B" w:rsidRPr="00787544" w:rsidRDefault="00FC24BE" w:rsidP="00A5312B">
+          <w:p w14:paraId="44A29ABC" w14:textId="77777777" w:rsidR="002F262B" w:rsidRPr="006627F9" w:rsidRDefault="00FC24BE" w:rsidP="00A5312B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidR="002F262B" w:rsidRPr="00787544">
+            <w:r w:rsidR="002F262B" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>or a group of schools:</w:t>
             </w:r>
-            <w:r w:rsidR="00B3120C">
+            <w:r w:rsidR="00B3120C" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> e.g., “SD05MultipleSchools1”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44A29ABD" w14:textId="77777777" w:rsidR="002F262B" w:rsidRPr="00787544" w:rsidRDefault="00FC24BE" w:rsidP="00A5312B">
+          <w:p w14:paraId="44A29ABD" w14:textId="77777777" w:rsidR="002F262B" w:rsidRPr="006627F9" w:rsidRDefault="00FC24BE" w:rsidP="00A5312B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidR="002F262B" w:rsidRPr="00787544">
+            <w:r w:rsidR="002F262B" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">or </w:t>
+              <w:t>or an individual school:</w:t>
             </w:r>
-            <w:r w:rsidR="002F262B">
-[...15 lines deleted...]
-            <w:r w:rsidR="00B3120C">
+            <w:r w:rsidR="00B3120C" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> e.g., “SD10ForestSchool”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44A29ABE" w14:textId="77777777" w:rsidR="00B3120C" w:rsidRDefault="00B3120C" w:rsidP="00A5312B">
+          <w:p w14:paraId="44A29ABE" w14:textId="77777777" w:rsidR="00B3120C" w:rsidRPr="006627F9" w:rsidRDefault="00B3120C" w:rsidP="00A5312B">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44A29ABF" w14:textId="09F271A6" w:rsidR="002F262B" w:rsidRPr="002754B8" w:rsidRDefault="002F262B" w:rsidP="00A5312B">
+          <w:p w14:paraId="44A29ABF" w14:textId="09F271A6" w:rsidR="002F262B" w:rsidRPr="006627F9" w:rsidRDefault="002F262B" w:rsidP="00A5312B">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
-                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002754B8">
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
-                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">School Calendar Form – </w:t>
             </w:r>
-            <w:r w:rsidR="00B70E2E">
+            <w:r w:rsidR="00B70E2E" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
-                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Online</w:t>
+              <w:t xml:space="preserve">Online </w:t>
             </w:r>
-            <w:r w:rsidR="00B70E2E" w:rsidRPr="002754B8">
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
-                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Learning:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44A29AC0" w14:textId="34FEA80D" w:rsidR="002F262B" w:rsidRPr="00787544" w:rsidRDefault="00FC24BE" w:rsidP="00A5312B">
+          <w:p w14:paraId="44A29AC0" w14:textId="34FEA80D" w:rsidR="002F262B" w:rsidRPr="006627F9" w:rsidRDefault="00FC24BE" w:rsidP="00A5312B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidR="002F262B" w:rsidRPr="00787544">
+            <w:r w:rsidR="002F262B" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>or a group of schools:</w:t>
             </w:r>
-            <w:r w:rsidR="00B3120C">
+            <w:r w:rsidR="00B3120C" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> e.g., “SD92</w:t>
             </w:r>
-            <w:r w:rsidR="000119E1">
+            <w:r w:rsidR="000119E1" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r w:rsidR="00B3120C">
+            <w:r w:rsidR="00B3120C" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LMultipleSchools1”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44A29AC1" w14:textId="2881BDC9" w:rsidR="002F262B" w:rsidRPr="00787544" w:rsidRDefault="00FC24BE" w:rsidP="00A5312B">
+          <w:p w14:paraId="44A29AC1" w14:textId="2881BDC9" w:rsidR="002F262B" w:rsidRPr="006627F9" w:rsidRDefault="00FC24BE" w:rsidP="00A5312B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidR="002F262B" w:rsidRPr="00787544">
+            <w:r w:rsidR="002F262B" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">or </w:t>
+              <w:t>or an individual school:</w:t>
             </w:r>
-            <w:r w:rsidR="002F262B">
-[...15 lines deleted...]
-            <w:r w:rsidR="00B3120C">
+            <w:r w:rsidR="00B3120C" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> e.g., “SD35</w:t>
             </w:r>
-            <w:r w:rsidR="000119E1">
+            <w:r w:rsidR="000119E1" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r w:rsidR="00B3120C">
+            <w:r w:rsidR="00B3120C" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LOnlineSchool”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44A29AC2" w14:textId="77777777" w:rsidR="002F262B" w:rsidRDefault="002F262B" w:rsidP="001D445E">
+          <w:p w14:paraId="44A29AC2" w14:textId="77777777" w:rsidR="002F262B" w:rsidRPr="006627F9" w:rsidRDefault="002F262B" w:rsidP="001D445E">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44A29AC4" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="000E1D9A" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AC4" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00566E89" w14:paraId="44A29AC6" w14:textId="77777777" w:rsidTr="008C3B1E">
+      <w:tr w:rsidR="00566E89" w:rsidRPr="006627F9" w14:paraId="44A29AC6" w14:textId="77777777" w:rsidTr="008C3B1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="44A29AC5" w14:textId="77777777" w:rsidR="000A5E79" w:rsidRPr="000A5E79" w:rsidRDefault="00566E89" w:rsidP="00AA1CE6">
+          <w:p w14:paraId="44A29AC5" w14:textId="77777777" w:rsidR="000A5E79" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00AA1CE6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
-                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">PART 1: </w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> GENERAL</w:t>
+              <w:t>PART 1: SCHOOL CALENDAR FORM – GENERAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44A29AC7" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="00AA1CE6" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AC7" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A29AC8" w14:textId="145A914D" w:rsidR="00AA1CE6" w:rsidRPr="00AA1CE6" w:rsidRDefault="00AA1CE6" w:rsidP="00AA1CE6">
+    <w:p w14:paraId="44A29AC8" w14:textId="145A914D" w:rsidR="00AA1CE6" w:rsidRPr="006627F9" w:rsidRDefault="00AA1CE6" w:rsidP="00AA1CE6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
-          <w:i/>
-[...52 lines deleted...]
-          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The ‘School Calendar Form – General’ should be used for all school types except </w:t>
+      </w:r>
+      <w:r w:rsidR="00B70E2E" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">online </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA1CE6">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>learning schools.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AC9" w14:textId="77777777" w:rsidR="00AA1CE6" w:rsidRPr="00AA1CE6" w:rsidRDefault="00AA1CE6" w:rsidP="00AA1CE6">
+    <w:p w14:paraId="44A29AC9" w14:textId="77777777" w:rsidR="00AA1CE6" w:rsidRPr="006627F9" w:rsidRDefault="00AA1CE6" w:rsidP="00AA1CE6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
-          <w:i/>
-[...5 lines deleted...]
-    <w:p w14:paraId="44A29ACA" w14:textId="77777777" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="00AA1CE6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44A29ACA" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00AA1CE6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Terminology used in the “School Calendar Form – General”:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29ACB" w14:textId="77777777" w:rsidR="00AA1CE6" w:rsidRDefault="00AA1CE6" w:rsidP="00AA1CE6">
+    <w:p w14:paraId="44A29ACB" w14:textId="77777777" w:rsidR="00AA1CE6" w:rsidRPr="006627F9" w:rsidRDefault="00AA1CE6" w:rsidP="00AA1CE6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A29ACC" w14:textId="77777777" w:rsidR="00566E89" w:rsidRDefault="00422097" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29ACC" w14:textId="5F04A1D9" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00422097" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Days i</w:t>
       </w:r>
-      <w:r w:rsidR="00566E89">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">n Session” means, in respect of any school, the days in a school calendar year on which the principal, vice principals, directors of instruction and teachers </w:t>
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n Session” means, in respect of any school, the days in a school calendar year on which the principal, vice</w:t>
+      </w:r>
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">principals, directors of instruction and teachers </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00566E89">
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00566E89">
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the school are scheduled to be available for instructional, non-instructional or administrative activities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29ACD" w14:textId="77777777" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29ACD" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Day of Instruction” means, in respect of any school, a day in a school calendar year in which students receive instruction in an educational program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29ACE" w14:textId="4CC85431" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29ACE" w14:textId="4CC85431" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Non-Instructional Day” means, in respect to any school, a day in session in a school calendar year that is not a day of instruction (e.g., professional development day or administrative day).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29ACF" w14:textId="77777777" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29ACF" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“Hour of Instruction” means, in respect to any school, an hour in which students </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the school receive instruction in an educational program, and </w:t>
       </w:r>
-      <w:r w:rsidRPr="008C3B1E">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>does not include recesses, lunch periods and other scheduled breaks between classes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AD0" w14:textId="77777777" w:rsidR="00E705C5" w:rsidRDefault="00566E89" w:rsidP="00F152B6">
+    <w:p w14:paraId="44A29AD0" w14:textId="2856819E" w:rsidR="00E705C5" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00F152B6">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="44A29AD1" w14:textId="77777777" w:rsidR="00095273" w:rsidRPr="000336CA" w:rsidRDefault="00095273" w:rsidP="00095273">
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Instruction” (or “instruction in an educational program”) means the board</w:t>
+      </w:r>
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>approved provision of educational programs to students and includes the provision of (a) work study and work experience programs, (b) examinations, and (c) other learning activities provided by the board.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AD1" w14:textId="77777777" w:rsidR="00095273" w:rsidRPr="006627F9" w:rsidRDefault="00095273" w:rsidP="00095273">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000336CA">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>“non</w:t>
       </w:r>
-      <w:r w:rsidRPr="000336CA">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-instructional period” means, in respect of any school, a period of time in a day in session in a school calendar year during which students do not receive instruction.</w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="44A29AD3" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="00A27A54" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+        <w:t xml:space="preserve">-instructional period” means, in respect of any school, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a day in session in a school calendar year during which students do not receive instruction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AD2" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>How to use the “School Calendar Form – General”:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AD3" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Sheet</w:t>
-[...31 lines deleted...]
-          <w:i/>
+        <w:t>Sheet 1: Calendar Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REQUIRED</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A27A54">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AD4" w14:textId="77777777" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AD4" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide the following information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AD5" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="001F28D4" w:rsidRDefault="00BF28F8" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AD5" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00BF28F8" w:rsidP="00566E89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A contact person</w:t>
       </w:r>
-      <w:r w:rsidR="00B3120C">
+      <w:r w:rsidR="00B3120C" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the submission</w:t>
       </w:r>
-      <w:r w:rsidR="00566E89">
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AD6" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="00C60D37" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AD6" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A count of the number of Days in Session</w:t>
       </w:r>
-      <w:r w:rsidR="006520BA">
+      <w:r w:rsidR="006520BA" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Days of Instruction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526A054A" w14:textId="49F0CB77" w:rsidR="005324F0" w:rsidRPr="005324F0" w:rsidRDefault="00566E89" w:rsidP="005324F0">
+    <w:p w14:paraId="526A054A" w14:textId="5127539D" w:rsidR="005324F0" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="005324F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00891201">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The number of hours of instruction offered to students in each grade. </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1DF9">
+      <w:r w:rsidR="00BD1DF9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In the 20</w:t>
       </w:r>
-      <w:r w:rsidR="005324F0">
+      <w:r w:rsidR="005324F0" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
-[...15 lines deleted...]
-      <w:r w:rsidR="009362B9">
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="000623F3">
+      <w:r w:rsidR="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1DF9" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="000623F3" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> school year</w:t>
       </w:r>
-      <w:r w:rsidR="00BD1DF9">
+      <w:r w:rsidR="00BD1DF9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and subsequent school years</w:t>
       </w:r>
-      <w:r w:rsidR="00891201">
+      <w:r w:rsidR="00891201" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, a board must offer at least </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1DF9">
+      <w:r w:rsidR="00BD1DF9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>853</w:t>
       </w:r>
-      <w:r w:rsidR="00891201">
-[...7 lines deleted...]
-      <w:r w:rsidR="00BD1DF9">
+      <w:r w:rsidR="00891201" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hours for </w:t>
+      </w:r>
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00891201" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indergarten, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1DF9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>878</w:t>
       </w:r>
-      <w:r w:rsidR="00891201">
-[...7 lines deleted...]
-      <w:r w:rsidR="00BD1DF9">
+      <w:r w:rsidR="00891201" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00891201" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rades 1 to 7; and </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1DF9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>952</w:t>
       </w:r>
-      <w:r w:rsidR="00422097">
+      <w:r w:rsidR="00422097" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> hours</w:t>
       </w:r>
-      <w:r w:rsidR="000623F3">
-[...8 lines deleted...]
-    <w:p w14:paraId="44A29AD8" w14:textId="662FCA1F" w:rsidR="00566E89" w:rsidRPr="005324F0" w:rsidRDefault="00891201" w:rsidP="005324F0">
+      <w:r w:rsidR="000623F3" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="000623F3" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rades 8 to 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AD8" w14:textId="662FCA1F" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00891201" w:rsidP="005324F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005324F0">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00566E89" w:rsidRPr="005324F0">
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sheet 2: District and School Information</w:t>
       </w:r>
-      <w:r w:rsidR="00566E89" w:rsidRPr="005324F0">
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00566E89" w:rsidRPr="005324F0">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REQUIRED</w:t>
       </w:r>
-      <w:r w:rsidR="00566E89" w:rsidRPr="005324F0">
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AD9" w14:textId="2B7AA146" w:rsidR="00566E89" w:rsidRPr="007B0A7F" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AD9" w14:textId="0CA99895" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Select your School District from the </w:t>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Select your School District from the drop</w:t>
+      </w:r>
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">down menu. This menu will automatically populate </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3676" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">list with the names of schools in the district. If the calendar you are submitting does not apply to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>drop down</w:t>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...24 lines deleted...]
-    <w:p w14:paraId="44A29ADA" w14:textId="318713F2" w:rsidR="00566E89" w:rsidRPr="00A27A54" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the schools, erase the names of the schools as necessary and complete a separate School Calendar Form for those schools.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29ADA" w14:textId="14A9B998" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Sheet 3: </w:t>
       </w:r>
-      <w:r w:rsidR="001017F9">
+      <w:r w:rsidR="001017F9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00255663">
+      <w:r w:rsidR="00255663" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001017F9">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="001017F9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REQUIRED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29ADB" w14:textId="146CC2D2" w:rsidR="008B35A7" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The calendar is pre-populated with Instructional Days and Statutory Holidays. Using the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fill Colour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> function, highlight the dates of Non-Instructional Days and Vacation Periods. The Fill Colour function can be found on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Home</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab, in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Font</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> group, at the top of your screen.  </w:t>
+      </w:r>
+      <w:r w:rsidR="008B35A7" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please use only the colours set out in the legend</w:t>
+      </w:r>
+      <w:r w:rsidR="008B35A7" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29ADC" w14:textId="461729C9" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If there are schools that determine the dates of one or more Non-Instructional Days, please select one or more placeholder dates</w:t>
+      </w:r>
+      <w:r w:rsidR="008B35A7" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in August)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> until the time when the schools are ready to set their own date</w:t>
+      </w:r>
+      <w:r w:rsidR="00215A0B" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3169F" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please ensure to account for the professional development activities tha</w:t>
+      </w:r>
+      <w:r w:rsidR="007A676F" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t are normally scheduled in</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3169F" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October each year by the BC Teachers’ Federation when planning your non-instructional days. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29ADD" w14:textId="77777777" w:rsidR="00B21996" w:rsidRPr="006627F9" w:rsidRDefault="00EC048F" w:rsidP="00566E89">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21996" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school is </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21996" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>closed regularly</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21996" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one or more days in any week (for example, every Friday or Monday), please highlight </w:t>
+      </w:r>
+      <w:r w:rsidR="0055047D" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="001D445E" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ose </w:t>
+      </w:r>
+      <w:r w:rsidR="0055047D" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">days </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21996" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="0089625C" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>white</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21996" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29ADE" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01DAB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01DAB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OPTIONAL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29ADF" w14:textId="309E11E1" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00D01DAB" w:rsidP="000E1D9A">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use these sheets </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3588E" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to submit calendars for the 202</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3588E" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3588E" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 202</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3588E" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school years. </w:t>
+      </w:r>
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Refer to instructions for Sheet 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AE0" w14:textId="392DE4A3" w:rsidR="00E9026B" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sheet 6: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3588E" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC52EA" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A27A54">
+      <w:r w:rsidR="00E3588E" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SAMPLE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A27A54">
-[...296 lines deleted...]
-    <w:p w14:paraId="44A29ADE" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="00A27A54" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01DAB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This sheet is for demonstration purposes only.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AE1" w14:textId="77777777" w:rsidR="00020E5E" w:rsidRPr="006627F9" w:rsidRDefault="00020E5E" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...287 lines deleted...]
-    <w:p w14:paraId="44A29AE2" w14:textId="77777777" w:rsidR="004F1A5E" w:rsidRDefault="004F1A5E" w:rsidP="00566E89">
+    </w:p>
+    <w:p w14:paraId="44A29AE2" w14:textId="77777777" w:rsidR="004F1A5E" w:rsidRPr="006627F9" w:rsidRDefault="004F1A5E" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00566E89" w14:paraId="44A29AE4" w14:textId="77777777" w:rsidTr="008C3B1E">
+      <w:tr w:rsidR="00566E89" w:rsidRPr="006627F9" w14:paraId="44A29AE4" w14:textId="77777777" w:rsidTr="008C3B1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="44A29AE3" w14:textId="0B77A93D" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="008C3B1E">
+          <w:p w14:paraId="44A29AE3" w14:textId="0B77A93D" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="008C3B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">PART 2: </w:t>
+              <w:t xml:space="preserve">PART 2: SCHOOL CALENDAR FORM – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F60B59">
-[...26 lines deleted...]
-            <w:r w:rsidR="000119E1">
+            <w:r w:rsidR="000119E1" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">ONLINE </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">LEARNING </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44A29AE5" w14:textId="77777777" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AE5" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A29AE6" w14:textId="1F2D1119" w:rsidR="00AA1CE6" w:rsidRDefault="00AA1CE6" w:rsidP="00AA1CE6">
+    <w:p w14:paraId="44A29AE6" w14:textId="1F2D1119" w:rsidR="00AA1CE6" w:rsidRPr="006627F9" w:rsidRDefault="00AA1CE6" w:rsidP="00AA1CE6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
-          <w:i/>
-[...34 lines deleted...]
-          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The ‘School Calendar Form – </w:t>
+      </w:r>
+      <w:r w:rsidR="000119E1" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Online </w:t>
       </w:r>
-      <w:r>
-[...38 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Learning’ should be used for all </w:t>
+      </w:r>
+      <w:r w:rsidR="000119E1" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">online </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>learning schools.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AE7" w14:textId="77777777" w:rsidR="00AA1CE6" w:rsidRDefault="00AA1CE6" w:rsidP="00AA1CE6">
+    <w:p w14:paraId="44A29AE7" w14:textId="77777777" w:rsidR="00AA1CE6" w:rsidRPr="006627F9" w:rsidRDefault="00AA1CE6" w:rsidP="00AA1CE6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A29AE8" w14:textId="1EF5A51B" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="00566E89">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="44A29AE8" w14:textId="1EF5A51B" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Terminology used in the “School Calendar Form – </w:t>
       </w:r>
-      <w:r w:rsidR="000119E1">
+      <w:r w:rsidR="000119E1" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Online </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learning”:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AE9" w14:textId="77777777" w:rsidR="00203FB3" w:rsidRDefault="00422097" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AE9" w14:textId="5CBE9404" w:rsidR="00203FB3" w:rsidRPr="006627F9" w:rsidRDefault="00422097" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Days i</w:t>
       </w:r>
-      <w:r w:rsidR="00566E89">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">n Session” means, in respect of any school, the days in a school calendar year on which the principal, vice principals, directors of instruction and teachers </w:t>
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n Session” means, in respect of any school, the days in a school calendar year on which the principal, vice</w:t>
+      </w:r>
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">principals, directors of instruction and teachers </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00566E89">
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00566E89">
+      <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the school are scheduled to be available for instructional, non-instructional or administrative activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AEA" w14:textId="77777777" w:rsidR="00E705C5" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AEA" w14:textId="672D5164" w:rsidR="00E705C5" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="44A29AEB" w14:textId="6A850710" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Days Available for Instruction” means days on which the principal, vice</w:t>
+      </w:r>
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>principals, directors of instruction and teachers are available for instruction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AEB" w14:textId="6A850710" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E3990">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“Other Days </w:t>
       </w:r>
-      <w:r>
-[...70 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Session” means a “Day </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Session” that is not a “Day Available for Instruction.” For example, days where the school is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>open</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> but staff are not available for instruction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AEC" w14:textId="50CBB90D" w:rsidR="00566E89" w:rsidRPr="001F28D4" w:rsidRDefault="00566E89" w:rsidP="00566E89">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="001F28D4">
+    <w:p w14:paraId="44A29AEC" w14:textId="50CBB90D" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">How to use the “School Calendar Form – </w:t>
       </w:r>
-      <w:r w:rsidR="000119E1">
-[...36 lines deleted...]
-    <w:p w14:paraId="44A29AED" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="00A27A54" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:r w:rsidR="000119E1" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Online </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Learning”:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AED" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Sheet</w:t>
-[...31 lines deleted...]
-          <w:i/>
+        <w:t>Sheet 1: Calendar Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REQUIRED</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A27A54">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AEE" w14:textId="77777777" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AEE" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide the following information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AEF" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="001F28D4" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AEF" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A contact person for the submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AF0" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="00571A18" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AF0" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A count of the number of Days in Session. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AF1" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="0081619A" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AF1" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0081619A">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sheet 2: District and School Information</w:t>
       </w:r>
-      <w:r w:rsidRPr="0081619A">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00450098">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REQUIRED</w:t>
       </w:r>
-      <w:r w:rsidRPr="0081619A">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AF2" w14:textId="008D4067" w:rsidR="00566E89" w:rsidRPr="007B0A7F" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29AF2" w14:textId="7D775CBA" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Select your School District from the </w:t>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Select your School District from the drop</w:t>
+      </w:r>
+      <w:r w:rsidR="00472279">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">down menu. This menu will automatically populate </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3676" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">list with the names of </w:t>
+      </w:r>
+      <w:r w:rsidR="000119E1" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>online</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01DAB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">earning schools in the district. If the calendar you are submitting does not apply to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>drop down</w:t>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...72 lines deleted...]
-    <w:p w14:paraId="44A29AF3" w14:textId="0CC10D18" w:rsidR="00566E89" w:rsidRPr="00A27A54" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the schools, erase the names of the schools as necessary and complete a separate School Calendar Form for those schools.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AF3" w14:textId="1AD74663" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sheet 3: 20</w:t>
       </w:r>
-      <w:r w:rsidR="00D75022">
+      <w:r w:rsidR="00D75022" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E3588E">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3588E" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REQUIRED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AF4" w14:textId="031C5C21" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Use this tab to submit your calendar for the 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14630" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A27A54">
-[...29 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00DB1702" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school year. The calendar is pre-populated with Days Available for Instruction and Statutory Holidays. Using the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fill Colour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> function, highlight the dates of Other Days in Session and Vacation Periods. The Fill Colour function can be found on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Home</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab, in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Font</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> group, at the top of your screen.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00203FB3" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please use only the colours set out in the legend</w:t>
+      </w:r>
+      <w:r w:rsidR="00203FB3" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AF5" w14:textId="77777777" w:rsidR="00566E89" w:rsidRPr="006627F9" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01DAB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01DAB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OPTIONAL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AF4" w14:textId="6F825A8F" w:rsidR="00566E89" w:rsidRDefault="00566E89" w:rsidP="00566E89">
+    <w:p w14:paraId="3EA90F7D" w14:textId="3D56DE33" w:rsidR="00463BFB" w:rsidRPr="006627F9" w:rsidRDefault="00D01DAB" w:rsidP="00463BFB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="00D14630">
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use these sheets </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7550" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to submit calendars for the 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D241E2" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
-[...7 lines deleted...]
-      <w:r w:rsidR="00DB1702">
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7550" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7550" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14630" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7550" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school years.  Refer to instructions for Sheet 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AF7" w14:textId="48222A5C" w:rsidR="00E9026B" w:rsidRPr="006627F9" w:rsidRDefault="00D01DAB" w:rsidP="00D01DAB">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sheet 6: 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14630" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C908CF">
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Fill Colour</w:t>
-[...70 lines deleted...]
-      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7550" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Sheet</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D01DAB">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E25FB" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A27A54">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...249 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> SAMPLE</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B7810">
-[...16 lines deleted...]
-    <w:p w14:paraId="44A29AF8" w14:textId="77777777" w:rsidR="00020E5E" w:rsidRDefault="00020E5E" w:rsidP="00D01DAB">
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - This sheet is for demonstration purposes only.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29AF8" w14:textId="77777777" w:rsidR="00020E5E" w:rsidRPr="006627F9" w:rsidRDefault="00020E5E" w:rsidP="00D01DAB">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00415208" w14:paraId="44A29AFA" w14:textId="77777777" w:rsidTr="00415208">
+      <w:tr w:rsidR="00415208" w:rsidRPr="006627F9" w14:paraId="44A29AFA" w14:textId="77777777" w:rsidTr="00415208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="44A29AF9" w14:textId="77777777" w:rsidR="00415208" w:rsidRPr="00F60B59" w:rsidRDefault="00415208" w:rsidP="00566E89">
+          <w:p w14:paraId="44A29AF9" w14:textId="77777777" w:rsidR="00415208" w:rsidRPr="006627F9" w:rsidRDefault="00415208" w:rsidP="00566E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">PART </w:t>
             </w:r>
-            <w:r w:rsidR="00566E89">
+            <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00566E89">
+            <w:r w:rsidR="00566E89" w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">FREQUENTLY ASKED </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006627F9">
               <w:rPr>
                 <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">QUESTIONS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44A29AFB" w14:textId="77777777" w:rsidR="005A152C" w:rsidRDefault="00CA0007" w:rsidP="005A152C">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="44A29AFB" w14:textId="77777777" w:rsidR="005A152C" w:rsidRPr="006627F9" w:rsidRDefault="00CA0007" w:rsidP="005A152C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                             </w:t>
       </w:r>
-      <w:r w:rsidR="005A152C">
+      <w:r w:rsidR="005A152C" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Should a School Calendar Form be submitted for each school?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AFC" w14:textId="6A3D60D5" w:rsidR="00E705C5" w:rsidRDefault="005A152C" w:rsidP="00FD6EB7">
+    <w:p w14:paraId="44A29AFC" w14:textId="6A3D60D5" w:rsidR="00E705C5" w:rsidRPr="006627F9" w:rsidRDefault="005A152C" w:rsidP="00FD6EB7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">No. </w:t>
       </w:r>
-      <w:r w:rsidR="00923810">
+      <w:r w:rsidR="00923810" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Boards are strongly encouraged to </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">submit a single School Calendar Form </w:t>
       </w:r>
-      <w:r w:rsidR="00923810">
+      <w:r w:rsidR="00923810" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in situations where a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> group of schools share a common school calendar.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AFD" w14:textId="0F9EEAE5" w:rsidR="005013EE" w:rsidRPr="000E1D9A" w:rsidRDefault="007433A0" w:rsidP="000E1D9A">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="44A29AFD" w14:textId="0F9EEAE5" w:rsidR="005013EE" w:rsidRPr="006627F9" w:rsidRDefault="007433A0" w:rsidP="000E1D9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The dates of our non</w:t>
       </w:r>
-      <w:r w:rsidR="005013EE">
+      <w:r w:rsidR="005013EE" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-instructional days (NIDs)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not be set</w:t>
       </w:r>
-      <w:r w:rsidR="005013EE">
+      <w:r w:rsidR="005013EE" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior to t</w:t>
       </w:r>
-      <w:r w:rsidR="00CF3764">
+      <w:r w:rsidR="00CF3764" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
-      <w:r w:rsidR="00AC7550">
+      <w:r w:rsidR="00AC7550" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">March 31, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00AC7550">
+      <w:r w:rsidR="00AC7550" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00350102">
+      <w:r w:rsidR="00350102" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
+      <w:r w:rsidR="009362B9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00EF72E2">
+      <w:r w:rsidR="00EF72E2" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>deadline. How do we record this in the Form?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AFE" w14:textId="7427DD15" w:rsidR="0038003F" w:rsidRDefault="00CE0ED7" w:rsidP="000E1D9A">
+    <w:p w14:paraId="44A29AFE" w14:textId="2517C06D" w:rsidR="0038003F" w:rsidRPr="006627F9" w:rsidRDefault="00CE0ED7" w:rsidP="000E1D9A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="0038003F">
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you know some of the NIDs dates, enter these first. For the remaining NIDs, enter placeholder dates in the last week(s) of August. Once the </w:t>
+      </w:r>
+      <w:r w:rsidR="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inistry has approved the calendar, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D848D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oard can reschedule the NIDs </w:t>
+      </w:r>
+      <w:r w:rsidR="0038003F" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">without having to re-consult with parents and employees. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29AFF" w14:textId="77777777" w:rsidR="00835046" w:rsidRDefault="00835046" w:rsidP="00464359">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="44A29AFF" w14:textId="77777777" w:rsidR="00835046" w:rsidRPr="006627F9" w:rsidRDefault="00835046" w:rsidP="00464359">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>How many months should I include in my school calendar?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29B00" w14:textId="21AF977D" w:rsidR="00115F6F" w:rsidRDefault="00115F6F" w:rsidP="00835046">
+    <w:p w14:paraId="44A29B00" w14:textId="21AF977D" w:rsidR="00115F6F" w:rsidRPr="006627F9" w:rsidRDefault="00115F6F" w:rsidP="00835046">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">School calendars should cover </w:t>
       </w:r>
-      <w:r w:rsidR="00835046">
+      <w:r w:rsidR="00835046" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a period of </w:t>
       </w:r>
-      <w:r w:rsidR="00C908CF">
+      <w:r w:rsidR="00C908CF" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">at least </w:t>
       </w:r>
-      <w:r w:rsidR="00835046">
+      <w:r w:rsidR="00835046" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12 months</w:t>
       </w:r>
-      <w:r w:rsidR="0038003F">
+      <w:r w:rsidR="0038003F" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Most calendars run from July 1 to June 30; in these </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0038003F">
+      <w:r w:rsidR="0038003F" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cases</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="0038003F">
+      <w:r w:rsidR="0038003F" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the new calendar should </w:t>
       </w:r>
-      <w:r w:rsidR="00450098">
+      <w:r w:rsidR="00450098" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">begin on July 1, </w:t>
       </w:r>
-      <w:r w:rsidR="00AC7550">
+      <w:r w:rsidR="00AC7550" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00350102">
+      <w:r w:rsidR="00350102" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009362B9">
+      <w:r w:rsidR="009362B9" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00835046">
+      <w:r w:rsidR="00835046" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29B01" w14:textId="77777777" w:rsidR="00DC5DCA" w:rsidRDefault="00DC5DCA" w:rsidP="00464359">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="44A29B01" w14:textId="77777777" w:rsidR="00DC5DCA" w:rsidRPr="006627F9" w:rsidRDefault="00DC5DCA" w:rsidP="00464359">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Do I need to include summer school information in my calendar?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29B02" w14:textId="014BD910" w:rsidR="00DC5DCA" w:rsidRPr="00DC5DCA" w:rsidRDefault="00DC5DCA" w:rsidP="00464359">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="44A29B02" w14:textId="014BD910" w:rsidR="00DC5DCA" w:rsidRPr="006627F9" w:rsidRDefault="00DC5DCA" w:rsidP="00464359">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No. Summer school information is not required on the School Calendar Form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29B03" w14:textId="77777777" w:rsidR="005A152C" w:rsidRDefault="00CF1CD8" w:rsidP="00464359">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="44A29B03" w14:textId="77777777" w:rsidR="005A152C" w:rsidRPr="006627F9" w:rsidRDefault="00CF1CD8" w:rsidP="00464359">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ca</w:t>
       </w:r>
-      <w:r w:rsidR="005A152C">
+      <w:r w:rsidR="005A152C" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">n I submit a calendar for more than one year? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29B04" w14:textId="55D2FED9" w:rsidR="003D5FB3" w:rsidRDefault="0038003F" w:rsidP="00566E89">
+    <w:p w14:paraId="44A29B04" w14:textId="55D2FED9" w:rsidR="003D5FB3" w:rsidRPr="006627F9" w:rsidRDefault="0038003F" w:rsidP="00566E89">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes. </w:t>
       </w:r>
-      <w:r w:rsidR="005A152C" w:rsidRPr="0025386B">
+      <w:r w:rsidR="005A152C" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Boards </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="005A152C" w:rsidRPr="0025386B">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+      <w:r w:rsidR="005A152C" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submit school calendars to cover up to three </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31B22" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consecutive</w:t>
+      </w:r>
+      <w:r w:rsidR="00450098" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school years</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A29B05" w14:textId="069A64BE" w:rsidR="00B21996" w:rsidRPr="006627F9" w:rsidRDefault="0055047D" w:rsidP="00542009">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Our school is not open five days a week. </w:t>
+      </w:r>
+      <w:r w:rsidR="00542009" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How do I record days when </w:t>
+      </w:r>
+      <w:r w:rsidR="00901BCE" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00542009" w:rsidRPr="006627F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">school </w:t>
       </w:r>
-      <w:r w:rsidR="005A152C" w:rsidRPr="0025386B">
-[...77 lines deleted...]
-      <w:r w:rsidR="00901BCE">
+      <w:r w:rsidR="00901BCE" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>closed</w:t>
       </w:r>
-      <w:r w:rsidR="00542009">
+      <w:r w:rsidR="00542009" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29B06" w14:textId="2ABB2DE6" w:rsidR="00542009" w:rsidRPr="00542009" w:rsidRDefault="004C56C3" w:rsidP="004C56C3">
+    <w:p w14:paraId="44A29B06" w14:textId="2ABB2DE6" w:rsidR="00542009" w:rsidRPr="006627F9" w:rsidRDefault="004C56C3" w:rsidP="004C56C3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If a school is regularly closed on a weekday, highlight those days in </w:t>
       </w:r>
-      <w:r w:rsidR="0089625C">
+      <w:r w:rsidR="0089625C" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>white</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Saturday and Sunday </w:t>
       </w:r>
-      <w:r w:rsidR="00CC2E5A">
+      <w:r w:rsidR="00CC2E5A" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="0089625C">
+      <w:r w:rsidR="0089625C" w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> also</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> highlighted in white.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A29B07" w14:textId="77777777" w:rsidR="00CF3764" w:rsidRDefault="00CF3764" w:rsidP="003B70B1">
+    <w:p w14:paraId="44A29B07" w14:textId="77777777" w:rsidR="00CF3764" w:rsidRPr="006627F9" w:rsidRDefault="00CF3764" w:rsidP="003B70B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1377"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A29B08" w14:textId="77777777" w:rsidR="00CF3764" w:rsidRPr="00CF3764" w:rsidRDefault="00CF3764" w:rsidP="00CF3764">
+    <w:p w14:paraId="44A29B08" w14:textId="77777777" w:rsidR="00CF3764" w:rsidRPr="006627F9" w:rsidRDefault="00CF3764" w:rsidP="00CF3764">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A29B09" w14:textId="77777777" w:rsidR="003D5FB3" w:rsidRPr="00CF3764" w:rsidRDefault="00CF3764" w:rsidP="00CF3764">
+    <w:p w14:paraId="44A29B09" w14:textId="77777777" w:rsidR="003D5FB3" w:rsidRPr="006627F9" w:rsidRDefault="00CF3764" w:rsidP="00CF3764">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1459"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006627F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="003D5FB3" w:rsidRPr="00CF3764" w:rsidSect="000E1D9A">
+    <w:sectPr w:rsidR="003D5FB3" w:rsidRPr="006627F9" w:rsidSect="000E1D9A">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1134" w:right="1361" w:bottom="1021" w:left="1361" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E1453FE" w14:textId="77777777" w:rsidR="008F25DD" w:rsidRDefault="008F25DD" w:rsidP="00863C92">
+    <w:p w14:paraId="03346664" w14:textId="77777777" w:rsidR="009D6F2A" w:rsidRDefault="009D6F2A" w:rsidP="00863C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="127DB147" w14:textId="77777777" w:rsidR="008F25DD" w:rsidRDefault="008F25DD" w:rsidP="00863C92">
+    <w:p w14:paraId="5D97FA28" w14:textId="77777777" w:rsidR="009D6F2A" w:rsidRDefault="009D6F2A" w:rsidP="00863C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tw Cen MT">
     <w:panose1 w:val="020B0602020104020603"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino">
     <w:altName w:val="Book Antiqua"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="6776967"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="565050523"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="44A29B0E" w14:textId="30B8A61A" w:rsidR="00450098" w:rsidRDefault="00B70E2E" w:rsidP="00BA6292">
+          <w:p w14:paraId="44A29B0E" w14:textId="2A5F8D6B" w:rsidR="00450098" w:rsidRDefault="007E25FB" w:rsidP="00BA6292">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>November 20</w:t>
-[...6 lines deleted...]
-              <w:t>24</w:t>
+              <w:t>December 2025</w:t>
             </w:r>
             <w:r w:rsidR="00450098" w:rsidRPr="00BA6292">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00450098" w:rsidRPr="00BA6292">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="004168CE" w:rsidRPr="00BA6292">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00450098" w:rsidRPr="00BA6292">
@@ -4590,76 +4334,76 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="44A29B0F" w14:textId="77777777" w:rsidR="00450098" w:rsidRPr="00BA6292" w:rsidRDefault="00450098" w:rsidP="00BA6292">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49C9087D" w14:textId="77777777" w:rsidR="008F25DD" w:rsidRDefault="008F25DD" w:rsidP="00863C92">
+    <w:p w14:paraId="72A4724B" w14:textId="77777777" w:rsidR="009D6F2A" w:rsidRDefault="009D6F2A" w:rsidP="00863C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A6C4F63" w14:textId="77777777" w:rsidR="008F25DD" w:rsidRDefault="008F25DD" w:rsidP="00863C92">
+    <w:p w14:paraId="05757633" w14:textId="77777777" w:rsidR="009D6F2A" w:rsidRDefault="009D6F2A" w:rsidP="00863C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B665756"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B372B4A6"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4828,61 +4572,59 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1354112411">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1394039092">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...2 lines deleted...]
-  <w:hideGrammaticalErrors/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D21BB0"/>
     <w:rsid w:val="000102EA"/>
     <w:rsid w:val="000119E1"/>
     <w:rsid w:val="00020E5E"/>
     <w:rsid w:val="000314E5"/>
     <w:rsid w:val="000336CA"/>
@@ -4899,409 +4641,424 @@
     <w:rsid w:val="000D33EB"/>
     <w:rsid w:val="000E1D9A"/>
     <w:rsid w:val="000E2687"/>
     <w:rsid w:val="000E7445"/>
     <w:rsid w:val="000F74B7"/>
     <w:rsid w:val="001017F9"/>
     <w:rsid w:val="00110968"/>
     <w:rsid w:val="00115F6F"/>
     <w:rsid w:val="00133BBD"/>
     <w:rsid w:val="00157293"/>
     <w:rsid w:val="00164CF0"/>
     <w:rsid w:val="001701A0"/>
     <w:rsid w:val="00181938"/>
     <w:rsid w:val="00181F5F"/>
     <w:rsid w:val="001A286E"/>
     <w:rsid w:val="001C1847"/>
     <w:rsid w:val="001C4D60"/>
     <w:rsid w:val="001D445E"/>
     <w:rsid w:val="001D48C6"/>
     <w:rsid w:val="001E00AB"/>
     <w:rsid w:val="001F28D4"/>
     <w:rsid w:val="00203FB3"/>
     <w:rsid w:val="00212B59"/>
     <w:rsid w:val="00215A0B"/>
     <w:rsid w:val="00223039"/>
+    <w:rsid w:val="0022578C"/>
+    <w:rsid w:val="00243FAA"/>
+    <w:rsid w:val="00246E74"/>
     <w:rsid w:val="00251460"/>
     <w:rsid w:val="0025386B"/>
     <w:rsid w:val="0025520B"/>
     <w:rsid w:val="00255663"/>
     <w:rsid w:val="00262A07"/>
     <w:rsid w:val="0026673E"/>
     <w:rsid w:val="002754B8"/>
     <w:rsid w:val="00275C85"/>
     <w:rsid w:val="002A44CC"/>
     <w:rsid w:val="002D259A"/>
     <w:rsid w:val="002D2BEA"/>
     <w:rsid w:val="002D2CE9"/>
     <w:rsid w:val="002D6F7A"/>
     <w:rsid w:val="002F262B"/>
     <w:rsid w:val="002F7B0C"/>
     <w:rsid w:val="00323124"/>
     <w:rsid w:val="003259B5"/>
     <w:rsid w:val="0032661B"/>
     <w:rsid w:val="00330A78"/>
     <w:rsid w:val="00335BC8"/>
     <w:rsid w:val="003465A1"/>
     <w:rsid w:val="00350102"/>
     <w:rsid w:val="0035495F"/>
     <w:rsid w:val="003566C0"/>
     <w:rsid w:val="003647CF"/>
     <w:rsid w:val="0038003F"/>
     <w:rsid w:val="00391DE5"/>
     <w:rsid w:val="00395FF6"/>
     <w:rsid w:val="003B6946"/>
     <w:rsid w:val="003B70B1"/>
     <w:rsid w:val="003C1B08"/>
     <w:rsid w:val="003C32E0"/>
     <w:rsid w:val="003C5812"/>
     <w:rsid w:val="003D4E08"/>
     <w:rsid w:val="003D546C"/>
     <w:rsid w:val="003D5FB3"/>
     <w:rsid w:val="003E3990"/>
     <w:rsid w:val="003F05A6"/>
+    <w:rsid w:val="00401E5F"/>
     <w:rsid w:val="00415208"/>
     <w:rsid w:val="004168CE"/>
     <w:rsid w:val="00422097"/>
     <w:rsid w:val="004303F9"/>
     <w:rsid w:val="00442DE9"/>
     <w:rsid w:val="00450008"/>
     <w:rsid w:val="00450098"/>
     <w:rsid w:val="0046028E"/>
     <w:rsid w:val="00463BFB"/>
     <w:rsid w:val="00464359"/>
+    <w:rsid w:val="00472279"/>
     <w:rsid w:val="00475804"/>
     <w:rsid w:val="00484861"/>
     <w:rsid w:val="00484A17"/>
     <w:rsid w:val="0049695A"/>
     <w:rsid w:val="00496CC8"/>
     <w:rsid w:val="004C3BF2"/>
     <w:rsid w:val="004C56C3"/>
     <w:rsid w:val="004D7F88"/>
     <w:rsid w:val="004E1B02"/>
     <w:rsid w:val="004E5730"/>
     <w:rsid w:val="004F1A5E"/>
     <w:rsid w:val="004F2106"/>
     <w:rsid w:val="00500290"/>
     <w:rsid w:val="005013EE"/>
     <w:rsid w:val="00507209"/>
     <w:rsid w:val="005229CB"/>
     <w:rsid w:val="0052464F"/>
     <w:rsid w:val="00532152"/>
     <w:rsid w:val="005324F0"/>
     <w:rsid w:val="00534DB0"/>
     <w:rsid w:val="00541592"/>
     <w:rsid w:val="00542009"/>
     <w:rsid w:val="0055047D"/>
     <w:rsid w:val="00561E82"/>
     <w:rsid w:val="00566E89"/>
     <w:rsid w:val="005712AF"/>
     <w:rsid w:val="00571A18"/>
     <w:rsid w:val="00592F85"/>
     <w:rsid w:val="005942D6"/>
     <w:rsid w:val="005A152C"/>
     <w:rsid w:val="005A2DE1"/>
     <w:rsid w:val="005A49E3"/>
     <w:rsid w:val="005B01BC"/>
     <w:rsid w:val="005B4BC4"/>
     <w:rsid w:val="005C0A6F"/>
     <w:rsid w:val="005D71C6"/>
     <w:rsid w:val="005E21DD"/>
     <w:rsid w:val="00607759"/>
     <w:rsid w:val="00610662"/>
     <w:rsid w:val="00611C24"/>
     <w:rsid w:val="006520BA"/>
     <w:rsid w:val="00655F11"/>
     <w:rsid w:val="00657C1F"/>
+    <w:rsid w:val="006627F9"/>
     <w:rsid w:val="0066516B"/>
     <w:rsid w:val="00666592"/>
     <w:rsid w:val="006743B8"/>
     <w:rsid w:val="0068655C"/>
     <w:rsid w:val="0069082F"/>
     <w:rsid w:val="00697513"/>
     <w:rsid w:val="006A6487"/>
     <w:rsid w:val="006B6D76"/>
     <w:rsid w:val="006B7810"/>
     <w:rsid w:val="006C49C3"/>
     <w:rsid w:val="006C77EE"/>
     <w:rsid w:val="006D1769"/>
     <w:rsid w:val="006D2DBE"/>
     <w:rsid w:val="00700CB9"/>
     <w:rsid w:val="007025DE"/>
     <w:rsid w:val="007232DD"/>
     <w:rsid w:val="007300B1"/>
     <w:rsid w:val="00730811"/>
     <w:rsid w:val="00737664"/>
     <w:rsid w:val="007433A0"/>
     <w:rsid w:val="00746EFF"/>
     <w:rsid w:val="00747B46"/>
     <w:rsid w:val="00753D87"/>
     <w:rsid w:val="00757FE4"/>
     <w:rsid w:val="007865F9"/>
     <w:rsid w:val="00787544"/>
     <w:rsid w:val="00792D28"/>
     <w:rsid w:val="007A676F"/>
     <w:rsid w:val="007B0A7F"/>
     <w:rsid w:val="007D6AE9"/>
     <w:rsid w:val="007E0051"/>
+    <w:rsid w:val="007E25FB"/>
     <w:rsid w:val="007F3DFF"/>
     <w:rsid w:val="00802A6E"/>
     <w:rsid w:val="0081619A"/>
     <w:rsid w:val="008319C7"/>
     <w:rsid w:val="00835046"/>
     <w:rsid w:val="0083751F"/>
     <w:rsid w:val="00851DB0"/>
     <w:rsid w:val="00862BA8"/>
     <w:rsid w:val="00863C92"/>
     <w:rsid w:val="00873335"/>
     <w:rsid w:val="00891201"/>
     <w:rsid w:val="0089625C"/>
     <w:rsid w:val="008A2C78"/>
     <w:rsid w:val="008A7AD1"/>
     <w:rsid w:val="008B35A7"/>
     <w:rsid w:val="008B7595"/>
     <w:rsid w:val="008C0618"/>
     <w:rsid w:val="008E0188"/>
     <w:rsid w:val="008F25DD"/>
     <w:rsid w:val="009009BA"/>
     <w:rsid w:val="00901BCE"/>
+    <w:rsid w:val="00907FF3"/>
     <w:rsid w:val="009135D3"/>
     <w:rsid w:val="00923810"/>
     <w:rsid w:val="009265DA"/>
     <w:rsid w:val="00927835"/>
     <w:rsid w:val="009323E8"/>
     <w:rsid w:val="009362B9"/>
     <w:rsid w:val="009414CF"/>
     <w:rsid w:val="00941680"/>
+    <w:rsid w:val="009431C6"/>
     <w:rsid w:val="009506C2"/>
     <w:rsid w:val="009506CC"/>
     <w:rsid w:val="00955453"/>
     <w:rsid w:val="009718D7"/>
     <w:rsid w:val="009779FF"/>
     <w:rsid w:val="0098071E"/>
     <w:rsid w:val="00985DD8"/>
     <w:rsid w:val="009865AA"/>
     <w:rsid w:val="009916EB"/>
     <w:rsid w:val="0099251E"/>
     <w:rsid w:val="009958FE"/>
     <w:rsid w:val="00996DED"/>
     <w:rsid w:val="009A3992"/>
     <w:rsid w:val="009B187D"/>
     <w:rsid w:val="009B2D7F"/>
     <w:rsid w:val="009C0E9C"/>
     <w:rsid w:val="009C2C9A"/>
+    <w:rsid w:val="009D6F2A"/>
     <w:rsid w:val="009E0213"/>
     <w:rsid w:val="009E09A5"/>
     <w:rsid w:val="009E2FFF"/>
     <w:rsid w:val="009E614B"/>
     <w:rsid w:val="009F46B3"/>
     <w:rsid w:val="00A03637"/>
     <w:rsid w:val="00A04ABB"/>
     <w:rsid w:val="00A11A97"/>
     <w:rsid w:val="00A12ADD"/>
     <w:rsid w:val="00A17FF1"/>
     <w:rsid w:val="00A22573"/>
     <w:rsid w:val="00A23035"/>
     <w:rsid w:val="00A25414"/>
     <w:rsid w:val="00A2697D"/>
     <w:rsid w:val="00A27A54"/>
     <w:rsid w:val="00A3209E"/>
     <w:rsid w:val="00A328CA"/>
     <w:rsid w:val="00A362B1"/>
     <w:rsid w:val="00A52C30"/>
     <w:rsid w:val="00A5312B"/>
     <w:rsid w:val="00A56823"/>
     <w:rsid w:val="00A6588F"/>
     <w:rsid w:val="00A67A51"/>
     <w:rsid w:val="00A70F38"/>
     <w:rsid w:val="00A74BE6"/>
     <w:rsid w:val="00A80425"/>
     <w:rsid w:val="00A86AEE"/>
     <w:rsid w:val="00A87604"/>
     <w:rsid w:val="00A907CE"/>
     <w:rsid w:val="00A91DBC"/>
+    <w:rsid w:val="00A97FFB"/>
     <w:rsid w:val="00AA07D8"/>
     <w:rsid w:val="00AA1CE6"/>
     <w:rsid w:val="00AB08E8"/>
     <w:rsid w:val="00AB15C2"/>
     <w:rsid w:val="00AB419F"/>
     <w:rsid w:val="00AC283A"/>
     <w:rsid w:val="00AC4C36"/>
     <w:rsid w:val="00AC7550"/>
     <w:rsid w:val="00AD36B4"/>
     <w:rsid w:val="00AE4CD6"/>
+    <w:rsid w:val="00AE71A9"/>
     <w:rsid w:val="00AF0928"/>
     <w:rsid w:val="00AF4A1A"/>
     <w:rsid w:val="00AF57EC"/>
     <w:rsid w:val="00AF72EA"/>
     <w:rsid w:val="00B05518"/>
     <w:rsid w:val="00B0690A"/>
     <w:rsid w:val="00B06EE5"/>
     <w:rsid w:val="00B21996"/>
     <w:rsid w:val="00B3120C"/>
     <w:rsid w:val="00B3169F"/>
     <w:rsid w:val="00B35932"/>
     <w:rsid w:val="00B376B9"/>
     <w:rsid w:val="00B55676"/>
     <w:rsid w:val="00B70E2E"/>
     <w:rsid w:val="00B73340"/>
     <w:rsid w:val="00B74786"/>
     <w:rsid w:val="00B86480"/>
     <w:rsid w:val="00BA467B"/>
     <w:rsid w:val="00BA6292"/>
     <w:rsid w:val="00BB55A2"/>
     <w:rsid w:val="00BC3676"/>
     <w:rsid w:val="00BC52EA"/>
     <w:rsid w:val="00BD1DF9"/>
     <w:rsid w:val="00BE2249"/>
     <w:rsid w:val="00BE385E"/>
     <w:rsid w:val="00BE72F5"/>
     <w:rsid w:val="00BF28F8"/>
     <w:rsid w:val="00BF7866"/>
     <w:rsid w:val="00C060E0"/>
     <w:rsid w:val="00C12E87"/>
     <w:rsid w:val="00C16CB2"/>
     <w:rsid w:val="00C22ED5"/>
     <w:rsid w:val="00C24816"/>
     <w:rsid w:val="00C357F9"/>
     <w:rsid w:val="00C40EC6"/>
     <w:rsid w:val="00C44550"/>
     <w:rsid w:val="00C60D37"/>
     <w:rsid w:val="00C734B5"/>
     <w:rsid w:val="00C8787A"/>
     <w:rsid w:val="00C908CF"/>
     <w:rsid w:val="00C9506D"/>
+    <w:rsid w:val="00C97630"/>
     <w:rsid w:val="00CA0007"/>
     <w:rsid w:val="00CB0E9E"/>
     <w:rsid w:val="00CB2EAD"/>
     <w:rsid w:val="00CC2E5A"/>
     <w:rsid w:val="00CE0D66"/>
     <w:rsid w:val="00CE0ED7"/>
     <w:rsid w:val="00CE256B"/>
     <w:rsid w:val="00CE6309"/>
     <w:rsid w:val="00CF1CD8"/>
     <w:rsid w:val="00CF3764"/>
     <w:rsid w:val="00CF43AB"/>
     <w:rsid w:val="00CF4E1A"/>
     <w:rsid w:val="00CF57A1"/>
     <w:rsid w:val="00D01DAB"/>
     <w:rsid w:val="00D03F86"/>
     <w:rsid w:val="00D07139"/>
     <w:rsid w:val="00D14630"/>
     <w:rsid w:val="00D207D4"/>
     <w:rsid w:val="00D20A43"/>
     <w:rsid w:val="00D21BB0"/>
     <w:rsid w:val="00D241E2"/>
     <w:rsid w:val="00D33C1A"/>
     <w:rsid w:val="00D36D8D"/>
     <w:rsid w:val="00D37A9D"/>
     <w:rsid w:val="00D5158E"/>
     <w:rsid w:val="00D57666"/>
     <w:rsid w:val="00D710C6"/>
     <w:rsid w:val="00D75022"/>
     <w:rsid w:val="00D84009"/>
+    <w:rsid w:val="00D848D3"/>
     <w:rsid w:val="00D93B31"/>
     <w:rsid w:val="00DA1B99"/>
     <w:rsid w:val="00DA5CA5"/>
     <w:rsid w:val="00DB1702"/>
     <w:rsid w:val="00DC45A2"/>
     <w:rsid w:val="00DC5DCA"/>
     <w:rsid w:val="00DC6CDC"/>
     <w:rsid w:val="00DC78D6"/>
     <w:rsid w:val="00DD5024"/>
     <w:rsid w:val="00E043E8"/>
     <w:rsid w:val="00E11AA8"/>
     <w:rsid w:val="00E264B2"/>
     <w:rsid w:val="00E31B22"/>
     <w:rsid w:val="00E3588E"/>
     <w:rsid w:val="00E46C3D"/>
     <w:rsid w:val="00E527FE"/>
     <w:rsid w:val="00E54C20"/>
     <w:rsid w:val="00E705C5"/>
     <w:rsid w:val="00E74A24"/>
     <w:rsid w:val="00E8797C"/>
     <w:rsid w:val="00E9026B"/>
     <w:rsid w:val="00E95F6A"/>
     <w:rsid w:val="00EC048F"/>
     <w:rsid w:val="00EC3F45"/>
     <w:rsid w:val="00EC59CA"/>
     <w:rsid w:val="00ED160D"/>
     <w:rsid w:val="00EF0813"/>
     <w:rsid w:val="00EF081C"/>
     <w:rsid w:val="00EF72E2"/>
     <w:rsid w:val="00EF7A64"/>
     <w:rsid w:val="00F01D3F"/>
     <w:rsid w:val="00F03F65"/>
     <w:rsid w:val="00F04797"/>
     <w:rsid w:val="00F152B6"/>
     <w:rsid w:val="00F220DF"/>
     <w:rsid w:val="00F24768"/>
     <w:rsid w:val="00F46AAC"/>
     <w:rsid w:val="00F549AF"/>
     <w:rsid w:val="00F60B59"/>
     <w:rsid w:val="00F81C97"/>
     <w:rsid w:val="00F85206"/>
     <w:rsid w:val="00F852C1"/>
     <w:rsid w:val="00F86951"/>
+    <w:rsid w:val="00F93CF2"/>
     <w:rsid w:val="00F95228"/>
     <w:rsid w:val="00FC24BE"/>
     <w:rsid w:val="00FC3BF1"/>
     <w:rsid w:val="00FD07D5"/>
     <w:rsid w:val="00FD6C21"/>
     <w:rsid w:val="00FD6EB7"/>
     <w:rsid w:val="00FF2FE6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="44A29AB4"/>
   <w15:docId w15:val="{58610D85-F2D0-46F2-AFDC-2815100D3EDC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5927,51 +5684,51 @@
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino" w:eastAsia="Times New Roman" w:hAnsi="Palatino" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA1B99"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="67655016">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="288315989">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5989,51 +5746,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1452020339">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educ.governance.legislation.gov.bc.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.gov.bc.ca/education-training/school-calendar-update-application/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educ.governance.legislation@gov.bc.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submit.digital.gov.bc.ca/app/form/submit?f=69289750-2b53-4c45-8ced-27e0b614f7e6" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6292,108 +6049,477 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BC2421AC1DC16B4BB5BBFC1B035FD9FD" ma:contentTypeVersion="" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="90c3bb1765a41fab636b5ef3f972caa3">
-[...2 lines deleted...]
-    <xsd:import namespace="9941dfe8-a973-4338-8291-0599b6935076"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007982D16F4375A649BD0847D4D8BBFC22" ma:contentTypeVersion="50" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6b88640441a489fcba9aff984a1302e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24ca4954-836e-4dd6-806d-d2cdcf695e13" xmlns:ns3="6fe9af5a-ed8a-4244-928d-e56d06aad847" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="06e6bd7a8ed46ebb52930b8f9226be9b" ns2:_="" ns3:_="">
+    <xsd:import namespace="24ca4954-836e-4dd6-806d-d2cdcf695e13"/>
+    <xsd:import namespace="6fe9af5a-ed8a-4244-928d-e56d06aad847"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns3:Item" minOccurs="0"/>
+                <xsd:element ref="ns2:desc" minOccurs="0"/>
+                <xsd:element ref="ns2:history" minOccurs="0"/>
+                <xsd:element ref="ns2:info" minOccurs="0"/>
+                <xsd:element ref="ns2:formAnswers" minOccurs="0"/>
+                <xsd:element ref="ns2:otherNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:uniqueMinistryId" minOccurs="0"/>
+                <xsd:element ref="ns2:subcategory" minOccurs="0"/>
+                <xsd:element ref="ns2:parentGuid" minOccurs="0"/>
+                <xsd:element ref="ns2:folderName" minOccurs="0"/>
+                <xsd:element ref="ns2:due" minOccurs="0"/>
+                <xsd:element ref="ns2:createdOn" minOccurs="0"/>
+                <xsd:element ref="ns2:completedOn" minOccurs="0"/>
+                <xsd:element ref="ns2:whenToArchive" minOccurs="0"/>
+                <xsd:element ref="ns2:rush" minOccurs="0"/>
+                <xsd:element ref="ns2:blueprintVersion" minOccurs="0"/>
+                <xsd:element ref="ns2:pos" minOccurs="0"/>
+                <xsd:element ref="ns2:entityType" minOccurs="0"/>
+                <xsd:element ref="ns2:branch" minOccurs="0"/>
+                <xsd:element ref="ns2:color" minOccurs="0"/>
+                <xsd:element ref="ns2:formVersion" minOccurs="0"/>
+                <xsd:element ref="ns2:blueprint" minOccurs="0"/>
+                <xsd:element ref="ns2:assignedToG" minOccurs="0"/>
+                <xsd:element ref="ns2:assignedToGroups" minOccurs="0"/>
+                <xsd:element ref="ns2:mediator" minOccurs="0"/>
+                <xsd:element ref="ns2:assignedToSiteUser" minOccurs="0"/>
+                <xsd:element ref="ns2:colleaguesG" minOccurs="0"/>
+                <xsd:element ref="ns2:watchersG" minOccurs="0"/>
+                <xsd:element ref="ns2:groupWatchers" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:documentStringNames" minOccurs="0"/>
+                <xsd:element ref="ns2:crossMinistry" minOccurs="0"/>
+                <xsd:element ref="ns2:ministries" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3aaeb8ea-11c5-42a3-82a0-f4386a047b89" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="24ca4954-836e-4dd6-806d-d2cdcf695e13" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="desc" ma:index="8" nillable="true" ma:displayName="desc" ma:internalName="desc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="history" ma:index="9" nillable="true" ma:displayName="history" ma:internalName="history">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="info" ma:index="10" nillable="true" ma:displayName="info" ma:internalName="info">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="formAnswers" ma:index="11" nillable="true" ma:displayName="formAnswers" ma:internalName="formAnswers">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="otherNumber" ma:index="12" nillable="true" ma:displayName="otherNumber" ma:indexed="true" ma:internalName="otherNumber">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="uniqueMinistryId" ma:index="13" nillable="true" ma:displayName="uniqueMinistryId" ma:indexed="true" ma:internalName="uniqueMinistryId">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="subcategory" ma:index="14" nillable="true" ma:displayName="subcategory" ma:indexed="true" ma:internalName="subcategory">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="parentGuid" ma:index="15" nillable="true" ma:displayName="parentGuid" ma:internalName="parentGuid">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="folderName" ma:index="16" nillable="true" ma:displayName="folderName" ma:internalName="folderName">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="due" ma:index="17" nillable="true" ma:displayName="due" ma:format="DateOnly" ma:internalName="due">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="createdOn" ma:index="18" nillable="true" ma:displayName="createdOn" ma:format="DateOnly" ma:internalName="createdOn">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="completedOn" ma:index="19" nillable="true" ma:displayName="completedOn" ma:format="DateOnly" ma:internalName="completedOn">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="whenToArchive" ma:index="20" nillable="true" ma:displayName="whenToArchive" ma:format="DateOnly" ma:indexed="true" ma:internalName="whenToArchive">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="rush" ma:index="21" nillable="true" ma:displayName="rush" ma:indexed="true" ma:internalName="rush">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="blueprintVersion" ma:index="22" nillable="true" ma:displayName="blueprintVersion" ma:internalName="blueprintVersion">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="pos" ma:index="23" nillable="true" ma:displayName="pos" ma:internalName="pos">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="entityType" ma:index="24" nillable="true" ma:displayName="entityType" ma:indexed="true" ma:internalName="entityType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="branch" ma:index="25" nillable="true" ma:displayName="branch" ma:indexed="true" ma:list="{22398C44-67A3-4674-AD04-511FEACE7D0F}" ma:internalName="branch" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="color" ma:index="26" nillable="true" ma:displayName="color" ma:list="{B3B746B2-7247-467A-9F9A-791039112B8C}" ma:internalName="color" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="formVersion" ma:index="27" nillable="true" ma:displayName="formVersion" ma:list="{BF261706-87C6-4441-83A8-9D5AF7AC8548}" ma:internalName="formVersion" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="blueprint" ma:index="28" nillable="true" ma:displayName="blueprint" ma:list="{F4BE805F-DAB4-4628-9BCF-5745BBC9A5AA}" ma:internalName="blueprint" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="assignedToG" ma:index="29" nillable="true" ma:displayName="assignedToG" ma:indexed="true" ma:list="{C8BFF6DD-6C28-4F22-90F9-77385803A830}" ma:internalName="assignedToG" ma:readOnly="false" ma:showField="Title">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="assignedToGroups" ma:index="30" nillable="true" ma:displayName="assignedToGroups" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:internalName="assignedToGroups">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="DisplayOrder" ma:index="9" nillable="true" ma:displayName="DisplayOrder" ma:decimals="5" ma:default="0" ma:internalName="DisplayOrder">
+    <xsd:element name="mediator" ma:index="31" nillable="true" ma:displayName="mediator" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:internalName="mediator">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="assignedToSiteUser" ma:index="32" nillable="true" ma:displayName="assignedToSiteUser" ma:indexed="true" ma:list="UserInfo" ma:internalName="assignedToSiteUser">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="colleaguesG" ma:index="33" nillable="true" ma:displayName="colleaguesG" ma:list="{C8BFF6DD-6C28-4F22-90F9-77385803A830}" ma:internalName="colleaguesG" ma:readOnly="false" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="watchersG" ma:index="34" nillable="true" ma:displayName="watchersG" ma:list="{C8BFF6DD-6C28-4F22-90F9-77385803A830}" ma:internalName="watchersG" ma:readOnly="false" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="groupWatchers" ma:index="35" nillable="true" ma:displayName="groupWatchers" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:internalName="groupWatchers">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="36" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="37" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="38" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="40" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a9b50559-7390-452f-8d4d-780c6c1e431b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="42" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="43" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="46" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="47" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="48" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="49" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="50" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="documentStringNames" ma:index="51" nillable="true" ma:displayName="documentStringNames" ma:internalName="documentStringNames">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="crossMinistry" ma:index="52" nillable="true" ma:displayName="crossMinistry" ma:internalName="crossMinistry">
       <xsd:simpleType>
         <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Item" ma:index="10" nillable="true" ma:displayName="Item" ma:indexed="true" ma:list="{adebc5f8-6a37-4c63-a41d-e64d952422ff}" ma:internalName="Item" ma:showField="ID">
+    <xsd:element name="ministries" ma:index="53" nillable="true" ma:displayName="ministries" ma:list="{E8535DDF-3CC1-4F0A-9FC3-EDCC4C1918B4}" ma:internalName="ministries" ma:showField="ID">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="54" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Lookup"/>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6fe9af5a-ed8a-4244-928d-e56d06aad847" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="41" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{66428770-232f-4c77-9a39-a6fce1c18297}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6fe9af5a-ed8a-4244-928d-e56d06aad847">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="44" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="45" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -6453,148 +6579,200 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <Item xmlns="9941dfe8-a973-4338-8291-0599b6935076" xsi:nil="true"/>
-    <DisplayOrder xmlns="9941dfe8-a973-4338-8291-0599b6935076">49151.25</DisplayOrder>
+    <color xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <otherNumber xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <pos xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">98302.5</pos>
+    <mediator xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </mediator>
+    <colleaguesG xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <parentGuid xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <watchersG xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <history xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <rush xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <completedOn xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <info xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <subcategory xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <uniqueMinistryId xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <TaxCatchAll xmlns="6fe9af5a-ed8a-4244-928d-e56d06aad847" xsi:nil="true"/>
+    <folderName xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <branch xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <assignedToGroups xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </assignedToGroups>
+    <desc xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <documentStringNames xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <ministries xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <crossMinistry xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <entityType xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">4</entityType>
+    <formAnswers xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <whenToArchive xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <blueprintVersion xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <formVersion xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <assignedToSiteUser xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </assignedToSiteUser>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <blueprint xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <due xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <createdOn xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <groupWatchers xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </groupWatchers>
+    <assignedToG xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F150BD2E-1A63-47CB-952A-A1F336CBE976}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73066829-6850-4A96-84A4-F8ED97AE17B3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC5B4205-C93B-424C-AD23-AFD28F2E7AAD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A1DB1C9-B6C6-45EA-8156-B708F0FD7C8A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="3aaeb8ea-11c5-42a3-82a0-f4386a047b89"/>
-    <ds:schemaRef ds:uri="9941dfe8-a973-4338-8291-0599b6935076"/>
+    <ds:schemaRef ds:uri="24ca4954-836e-4dd6-806d-d2cdcf695e13"/>
+    <ds:schemaRef ds:uri="6fe9af5a-ed8a-4244-928d-e56d06aad847"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73066829-6850-4A96-84A4-F8ED97AE17B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F150BD2E-1A63-47CB-952A-A1F336CBE976}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18DDF331-9D67-4D2F-AF89-272B0F3458B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="24ca4954-836e-4dd6-806d-d2cdcf695e13"/>
+    <ds:schemaRef ds:uri="6fe9af5a-ed8a-4244-928d-e56d06aad847"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6960</Characters>
+  <Pages>1</Pages>
+  <Words>1310</Words>
+  <Characters>6879</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>134</Lines>
+  <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Province of British Columbia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8165</CharactersWithSpaces>
+  <CharactersWithSpaces>8121</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>sloveday</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100BC2421AC1DC16B4BB5BBFC1B035FD9FD</vt:lpwstr>
+    <vt:lpwstr>0x0101007982D16F4375A649BD0847D4D8BBFC22</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
   </property>
 </Properties>
 </file>