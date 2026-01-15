--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -5,81 +5,83 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Legislation\School Calendar Submissions\2025-26\School Calendar Forms and Instructions (2025)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ECCHAN\Downloads\CC-7723_attachments\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B615D1B6-0F2E-47D4-99A9-3B9BBAD93D8C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A246F707-AA61-4149-9EDF-D4DBAE309AFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="516" yWindow="1032" windowWidth="21600" windowHeight="11328" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-38520" yWindow="-2190" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Calendar Information" sheetId="13" r:id="rId1"/>
     <sheet name="District and School Information" sheetId="16" r:id="rId2"/>
     <sheet name="Colour" sheetId="6" state="hidden" r:id="rId3"/>
-    <sheet name="2025-26 Calendar" sheetId="27" r:id="rId4"/>
-[...2 lines deleted...]
-    <sheet name="2025-26 SAMPLE" sheetId="30" r:id="rId7"/>
+    <sheet name="2026-27 Calendar" sheetId="22" r:id="rId4"/>
+    <sheet name="2027-28 Calendar " sheetId="25" r:id="rId5"/>
+    <sheet name="2028-29 Calendar " sheetId="33" r:id="rId6"/>
+    <sheet name="2026-27 Calendar SAMPLE" sheetId="32" r:id="rId7"/>
     <sheet name="Sheet2" sheetId="31" state="hidden" r:id="rId8"/>
     <sheet name="district and school data" sheetId="15" state="hidden" r:id="rId9"/>
     <sheet name="Sheet1" sheetId="26" state="hidden" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="districts">'district and school data'!$A$2:$A$65</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Calendar Information'!$A$1:$P$54</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'District and School Information'!$A$1:$F$210</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'District and School Information'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1682,51 +1684,51 @@
   <c r="B67" i="16"/>
   <c r="D96" i="16"/>
   <c r="C135" i="16"/>
   <c r="W201" i="16"/>
   <c r="F187" i="16"/>
   <c r="F21" i="16"/>
   <c r="B181" i="16"/>
   <c r="E118" i="16"/>
   <c r="F133" i="16"/>
   <c r="E128" i="16"/>
   <c r="E199" i="16"/>
   <c r="F51" i="16"/>
   <c r="D161" i="16"/>
   <c r="B185" i="16"/>
   <c r="D151" i="16"/>
   <c r="B37" i="16"/>
   <c r="D186" i="16"/>
   <c r="C123" i="16"/>
   <c r="D127" i="16"/>
   <c r="D11" i="16" l="1"/>
   <c r="C11" i="16"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1984" uniqueCount="637">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1989" uniqueCount="637">
   <si>
     <t>JANUARY</t>
   </si>
   <si>
     <t>FEBRUARY</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>T</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>MARCH</t>
   </si>
   <si>
@@ -2895,56 +2897,50 @@
       <t xml:space="preserve">             </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF1856B9"/>
         <rFont val="Tw Cen MT"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
         <color rgb="FF1856B9"/>
         <rFont val="Tw Cen MT"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
   </si>
   <si>
-    <t>2025-26</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">INSTRUCTIONS: </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Tw Cen MT"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Using the Fill Colour tool, highlight the Other Days In Session and Vacation Periods with the colours in the legend.</t>
     </r>
   </si>
   <si>
     <t>Rocky Mountain Online Learning</t>
   </si>
   <si>
     <t>Carlie</t>
   </si>
   <si>
     <t>Coben</t>
   </si>
   <si>
     <t>Rex</t>
@@ -3656,254 +3652,54 @@
       <t xml:space="preserve"> Boxing Day and Easter Monday are not statutory holidays observed in British Columbia. </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Tw Cen MT"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Pleaese note -</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Tw Cen MT"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Boxing Day and Easter Monday are not statutory holidays observed in British Columbia. </t>
     </r>
   </si>
   <si>
-    <r>
-[...195 lines deleted...]
-  <si>
     <t>2027-28</t>
   </si>
   <si>
     <t>2027/2028 CALENDAR</t>
-  </si>
-[...1 lines deleted...]
-    <t>2025/2026 CALENDAR - SAMPLE</t>
   </si>
   <si>
     <t>VLearn.ca</t>
   </si>
   <si>
     <t>eSchool23</t>
   </si>
   <si>
     <t>1040 HOLLYWOOD ROAD S</t>
   </si>
   <si>
     <t>V1X4N2</t>
   </si>
   <si>
     <t>Quesnel Online Learning</t>
   </si>
   <si>
     <t>SD 42 Connected Learning Community</t>
   </si>
   <si>
     <t>Sea to Sky Online School</t>
   </si>
   <si>
     <t>PO BOX 640</t>
   </si>
@@ -4100,59 +3896,199 @@
       </rPr>
       <t xml:space="preserve"> ecc.governance.legislation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color theme="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>@</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color theme="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>gov.bc.ca</t>
     </r>
   </si>
+  <si>
+    <t>2028-29</t>
+  </si>
+  <si>
+    <t>2026/2027 CALENDAR - SAMPLE</t>
+  </si>
+  <si>
+    <t>2028/2029 CALENDAR</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Please note, this Excel form includes six sheets along the bottom of the screen:                                                                         </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t xml:space="preserve"> 'Calendar Information' - REQUIRED                                                                                                              </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t xml:space="preserve"> 'District and School Information' - REQUIRED                                                                                                                </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t xml:space="preserve"> '2026-27 Calendar' - REQUIRED                                                                                                                            </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>(4)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t xml:space="preserve"> '2027-28 Calendar' - OPTIONAL                                                                                                                          </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>(5)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t xml:space="preserve"> '2028-29 Calendar' - OPTIONAL                                                                                                    </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t xml:space="preserve">(6) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Tw Cen MT"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>'2026-27 SAMPLE' - DEMONSTRATION PURPOSES</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d"/>
   </numFmts>
-  <fonts count="47" x14ac:knownFonts="1">
+  <fonts count="46" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tw Cen MT"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tw Cen MT"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tw Cen MT"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -4256,58 +4192,50 @@
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <name val="Tw Cen MT"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Tw Cen MT"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF1856B9"/>
       <name val="Tw Cen MT"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tw Cen MT"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Tw Cen MT"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -5016,63 +4944,50 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color theme="7" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="9"/>
       </left>
       <right style="thin">
         <color indexed="9"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="9"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-    <border>
       <left style="hair">
         <color theme="7" tint="-0.24994659260841701"/>
       </left>
       <right/>
       <top/>
       <bottom style="hair">
         <color theme="7" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color theme="7" tint="-0.24994659260841701"/>
       </right>
       <top/>
       <bottom style="hair">
         <color theme="7" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color theme="7" tint="-0.24994659260841701"/>
       </left>
@@ -5149,60 +5064,75 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color theme="7" tint="-0.24994659260841701"/>
       </right>
       <top style="hair">
         <color theme="7" tint="-0.24994659260841701"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="hair">
+        <color theme="7" tint="-0.24994659260841701"/>
+      </left>
+      <right style="hair">
+        <color theme="7" tint="-0.24994659260841701"/>
+      </right>
+      <top style="hair">
+        <color theme="7" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="327">
+  <cellXfs count="319">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -5240,794 +5170,786 @@
     <xf numFmtId="0" fontId="0" fillId="13" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="27" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="28" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="16" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="15" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="17" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="33" fillId="17" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="15" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="15" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="0" borderId="10" xfId="4" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="0" borderId="10" xfId="4" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="11" borderId="10" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="11" borderId="10" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="0" borderId="37" xfId="4" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="0" borderId="37" xfId="4" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="11" borderId="37" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="11" borderId="37" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="0" borderId="36" xfId="4" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="0" borderId="36" xfId="4" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="11" borderId="36" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="11" borderId="36" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="5" borderId="13" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="5" borderId="13" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="5" borderId="14" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="5" borderId="14" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="15" borderId="10" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="15" borderId="10" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="15" borderId="37" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="15" borderId="37" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="35" fillId="11" borderId="14" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="34" fillId="11" borderId="14" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="11" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="15" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="35" fillId="13" borderId="10" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="13" borderId="10" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="13" borderId="45" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="13" borderId="44" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="11" borderId="42" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="11" borderId="41" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="13" borderId="13" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="13" borderId="13" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="15" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="13" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="16" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="13" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="13" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="35" fillId="18" borderId="10" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="18" borderId="10" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="5" borderId="17" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="5" borderId="17" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="5" borderId="17" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="5" borderId="17" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="13" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="13" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="13" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="13" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="13" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="11" borderId="43" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="11" borderId="42" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="35" fillId="13" borderId="17" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="13" borderId="17" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="13" borderId="14" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="13" borderId="14" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="13" borderId="45" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="44" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="41" fillId="15" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="15" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="42" fillId="13" borderId="10" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="41" fillId="13" borderId="10" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="42" fillId="11" borderId="10" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="41" fillId="11" borderId="10" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="42" fillId="0" borderId="10" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="41" fillId="0" borderId="10" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="11" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="18" borderId="37" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="18" borderId="37" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="0" fontId="4" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="4" fillId="20" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="15" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="0" xfId="0" quotePrefix="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="18" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="41" fillId="18" borderId="10" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="34" fillId="18" borderId="36" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="34" fillId="18" borderId="42" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="18" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="35" fillId="18" borderId="14" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="19" borderId="10" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="19" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="34" fillId="19" borderId="51" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="34" fillId="19" borderId="36" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="34" fillId="18" borderId="41" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="19" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="13" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="18" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="13" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="18" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="13" borderId="0" xfId="0" quotePrefix="1" applyFill="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="13" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="28" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="13" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="13" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="18" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="18" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="44" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="13" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="13" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="34" fillId="5" borderId="17" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="34" fillId="5" borderId="13" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="13" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="44" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...158 lines deleted...]
-    <xf numFmtId="0" fontId="44" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="18" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="18" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="34" fillId="13" borderId="44" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="44" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="34" fillId="13" borderId="17" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="13" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Followed Hyperlink" xfId="3" builtinId="9" hidden="1"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8" hidden="1"/>
     <cellStyle name="Hyperlink" xfId="5" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="6">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
@@ -6153,51 +6075,51 @@
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
     <mruColors>
       <color rgb="FF9F9DEB"/>
       <color rgb="FF0070C0"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
@@ -6282,326 +6204,75 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2368670" y="8498294"/>
           <a:ext cx="1499441" cy="689505"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>53158</xdr:colOff>
-[...249 lines deleted...]
-      <xdr:col>0</xdr:col>
       <xdr:colOff>56340</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>48458</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>50625</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>159561</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="Group 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3310EC2-B392-4ECF-A5EF-E2D6A3215778}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="56340" y="8796218"/>
-          <a:ext cx="5335905" cy="850243"/>
+          <a:off x="60150" y="8927663"/>
+          <a:ext cx="5366385" cy="854053"/>
           <a:chOff x="38100" y="8755578"/>
           <a:chExt cx="6089227" cy="837148"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="3" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{759FF57C-6DFF-47BE-B8EC-B4160F41DECC}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
@@ -6735,80 +6406,80 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1912597" y="8896978"/>
           <a:ext cx="1862636" cy="866410"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>54690</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>76199</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>52785</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>333374</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="Group 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7A6851D-2B9F-4DCF-AC32-70999BD84ED3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="54690" y="8892539"/>
-          <a:ext cx="5385435" cy="882015"/>
+          <a:off x="58500" y="9039224"/>
+          <a:ext cx="5417820" cy="874395"/>
           <a:chOff x="38100" y="8755578"/>
           <a:chExt cx="6089227" cy="837148"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="3" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EBF5115-BF27-4833-95F0-E5448891E020}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
@@ -6942,290 +6613,453 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1798955" y="8994108"/>
           <a:ext cx="1862636" cy="870220"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>56968</xdr:colOff>
+      <xdr:colOff>58500</xdr:colOff>
       <xdr:row>55</xdr:row>
-      <xdr:rowOff>76200</xdr:rowOff>
+      <xdr:rowOff>76199</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
-      <xdr:colOff>55063</xdr:colOff>
+      <xdr:colOff>56595</xdr:colOff>
       <xdr:row>57</xdr:row>
-      <xdr:rowOff>326299</xdr:rowOff>
+      <xdr:rowOff>331469</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="Group 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9656E6C-5A13-4C45-94C2-68CCEB2F0146}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27C09F77-494B-4705-AA42-C746EF1355CB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="56968" y="8907780"/>
-          <a:ext cx="5385435" cy="844459"/>
+          <a:off x="54690" y="9201149"/>
+          <a:ext cx="5425440" cy="870585"/>
           <a:chOff x="38100" y="8755578"/>
           <a:chExt cx="6089227" cy="837148"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="3" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C861DBC-1A56-511D-A913-92007670745E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77C0666A-7D5E-8089-E8CE-FF9761A52471}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="38100" y="9071810"/>
             <a:ext cx="6089227" cy="520916"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:pic>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A901C2D-67E7-BA3A-E6C5-772063FE5F96}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38C7D872-FC8F-9276-E9B4-612EFBADA999}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="561200" y="8755578"/>
             <a:ext cx="4985937" cy="137436"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>19</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>77580</xdr:rowOff>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>401479</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>37385</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>19</xdr:col>
-      <xdr:colOff>91688</xdr:colOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>21676</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>18829</xdr:rowOff>
+      <xdr:rowOff>250405</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DC59C75-B356-4145-9EF4-F88473FA669C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EDEB96A-F028-4E65-B859-C97E203961EB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6241028" y="410955"/>
-          <a:ext cx="7620" cy="40309"/>
+          <a:off x="6693694" y="466010"/>
+          <a:ext cx="252657" cy="213020"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>20</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>27214</xdr:rowOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>298767</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>82280</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>20</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>249759</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>16135</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>323587</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8315B053-7CFA-4E50-B719-78F7B571E408}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47DC5DAE-5C5A-4AEC-B279-97914866EE0F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1801812" y="9047210"/>
+          <a:ext cx="1871923" cy="868315"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>60150</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>50363</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>54435</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>161466</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="2" name="Group 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7005271-F2B3-411C-B757-E25E35D3CA10}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
+        <a:xfrm>
+          <a:off x="56340" y="8931473"/>
+          <a:ext cx="5374005" cy="852148"/>
+          <a:chOff x="38100" y="8755578"/>
+          <a:chExt cx="6089227" cy="837148"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:pic>
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="3" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2561670B-8E26-DF78-42F2-0949C7DB9218}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </xdr:blipFill>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="38100" y="9071810"/>
+            <a:ext cx="6089227" cy="520916"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </xdr:spPr>
+      </xdr:pic>
+      <xdr:pic>
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="4" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF108C71-776A-DA31-DB47-242E02096BB5}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </xdr:blipFill>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="561200" y="8755578"/>
+            <a:ext cx="4985937" cy="137436"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </xdr:spPr>
+      </xdr:pic>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>368635</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>34554</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>261</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>251384</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36C284A4-8B49-4E97-9EC8-03B8FA0BCF65}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6646273" y="453934"/>
-          <a:ext cx="243132" cy="220640"/>
+          <a:off x="6613225" y="491754"/>
+          <a:ext cx="264086" cy="216830"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>15058</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>58876</xdr:rowOff>
+      <xdr:colOff>40442</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>42012</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
-      <xdr:colOff>55425</xdr:colOff>
+      <xdr:colOff>92802</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 6">
+        <xdr:cNvPr id="6" name="Picture 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC10B917-797E-4219-BE85-86B4E4AFCAE2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30CA0A7A-416E-4F99-9C2E-D93AD5DD2BF8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="1876243" y="9008566"/>
-          <a:ext cx="1840592" cy="868859"/>
+          <a:off x="1850192" y="8921217"/>
+          <a:ext cx="1852585" cy="870483"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Median">
   <a:themeElements>
     <a:clrScheme name="Median">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -7465,642 +7299,642 @@
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <tabColor indexed="31"/>
   </sheetPr>
   <dimension ref="A1:Y74"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="160" workbookViewId="0">
-      <selection sqref="A1:P1"/>
+      <selection activeCell="A6" sqref="A3:P12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.2" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16" width="5.6640625" style="19" customWidth="1"/>
     <col min="17" max="17" width="0.109375" style="19" customWidth="1"/>
     <col min="18" max="18" width="6.33203125" style="19" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="1.44140625" style="19" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="2.109375" style="19" hidden="1" customWidth="1"/>
     <col min="21" max="21" width="14" style="19" hidden="1" customWidth="1"/>
     <col min="22" max="22" width="23.33203125" style="19" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="9.109375" style="19" hidden="1" customWidth="1"/>
     <col min="24" max="24" width="14.44140625" style="19" hidden="1" customWidth="1"/>
     <col min="25" max="25" width="14.6640625" style="19" hidden="1" customWidth="1"/>
     <col min="26" max="16384" width="9.109375" style="19" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="50.7" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="198" t="s">
-[...16 lines deleted...]
-      <c r="P1" s="198"/>
+      <c r="A1" s="207" t="s">
+        <v>370</v>
+      </c>
+      <c r="B1" s="207"/>
+      <c r="C1" s="207"/>
+      <c r="D1" s="207"/>
+      <c r="E1" s="207"/>
+      <c r="F1" s="207"/>
+      <c r="G1" s="207"/>
+      <c r="H1" s="207"/>
+      <c r="I1" s="207"/>
+      <c r="J1" s="207"/>
+      <c r="K1" s="207"/>
+      <c r="L1" s="207"/>
+      <c r="M1" s="207"/>
+      <c r="N1" s="207"/>
+      <c r="O1" s="207"/>
+      <c r="P1" s="207"/>
       <c r="Q1" s="38"/>
     </row>
     <row r="2" spans="1:17" ht="6" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="72"/>
+      <c r="A2" s="71"/>
       <c r="B2" s="38"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
       <c r="I2" s="38"/>
       <c r="J2" s="38"/>
       <c r="K2" s="38"/>
       <c r="L2" s="38"/>
       <c r="M2" s="38"/>
       <c r="N2" s="38"/>
       <c r="O2" s="38"/>
       <c r="P2" s="38"/>
       <c r="Q2" s="38"/>
     </row>
     <row r="3" spans="1:17" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="199" t="s">
+      <c r="A3" s="208" t="s">
         <v>269</v>
       </c>
-      <c r="B3" s="199"/>
-[...13 lines deleted...]
-      <c r="P3" s="199"/>
+      <c r="B3" s="208"/>
+      <c r="C3" s="208"/>
+      <c r="D3" s="208"/>
+      <c r="E3" s="208"/>
+      <c r="F3" s="208"/>
+      <c r="G3" s="208"/>
+      <c r="H3" s="208"/>
+      <c r="I3" s="208"/>
+      <c r="J3" s="208"/>
+      <c r="K3" s="208"/>
+      <c r="L3" s="208"/>
+      <c r="M3" s="208"/>
+      <c r="N3" s="208"/>
+      <c r="O3" s="208"/>
+      <c r="P3" s="208"/>
       <c r="Q3" s="47"/>
     </row>
     <row r="4" spans="1:17" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="199"/>
-[...14 lines deleted...]
-      <c r="P4" s="199"/>
+      <c r="A4" s="208"/>
+      <c r="B4" s="208"/>
+      <c r="C4" s="208"/>
+      <c r="D4" s="208"/>
+      <c r="E4" s="208"/>
+      <c r="F4" s="208"/>
+      <c r="G4" s="208"/>
+      <c r="H4" s="208"/>
+      <c r="I4" s="208"/>
+      <c r="J4" s="208"/>
+      <c r="K4" s="208"/>
+      <c r="L4" s="208"/>
+      <c r="M4" s="208"/>
+      <c r="N4" s="208"/>
+      <c r="O4" s="208"/>
+      <c r="P4" s="208"/>
       <c r="Q4" s="47"/>
     </row>
     <row r="5" spans="1:17" ht="7.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="199"/>
-[...14 lines deleted...]
-      <c r="P5" s="199"/>
+      <c r="A5" s="208"/>
+      <c r="B5" s="208"/>
+      <c r="C5" s="208"/>
+      <c r="D5" s="208"/>
+      <c r="E5" s="208"/>
+      <c r="F5" s="208"/>
+      <c r="G5" s="208"/>
+      <c r="H5" s="208"/>
+      <c r="I5" s="208"/>
+      <c r="J5" s="208"/>
+      <c r="K5" s="208"/>
+      <c r="L5" s="208"/>
+      <c r="M5" s="208"/>
+      <c r="N5" s="208"/>
+      <c r="O5" s="208"/>
+      <c r="P5" s="208"/>
       <c r="Q5" s="47"/>
     </row>
     <row r="6" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="206" t="s">
-[...16 lines deleted...]
-      <c r="P6" s="206"/>
+      <c r="A6" s="212" t="s">
+        <v>636</v>
+      </c>
+      <c r="B6" s="212"/>
+      <c r="C6" s="212"/>
+      <c r="D6" s="212"/>
+      <c r="E6" s="212"/>
+      <c r="F6" s="212"/>
+      <c r="G6" s="212"/>
+      <c r="H6" s="212"/>
+      <c r="I6" s="212"/>
+      <c r="J6" s="212"/>
+      <c r="K6" s="212"/>
+      <c r="L6" s="212"/>
+      <c r="M6" s="212"/>
+      <c r="N6" s="212"/>
+      <c r="O6" s="212"/>
+      <c r="P6" s="212"/>
       <c r="Q6" s="47"/>
     </row>
     <row r="7" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="206"/>
-[...14 lines deleted...]
-      <c r="P7" s="206"/>
+      <c r="A7" s="212"/>
+      <c r="B7" s="212"/>
+      <c r="C7" s="212"/>
+      <c r="D7" s="212"/>
+      <c r="E7" s="212"/>
+      <c r="F7" s="212"/>
+      <c r="G7" s="212"/>
+      <c r="H7" s="212"/>
+      <c r="I7" s="212"/>
+      <c r="J7" s="212"/>
+      <c r="K7" s="212"/>
+      <c r="L7" s="212"/>
+      <c r="M7" s="212"/>
+      <c r="N7" s="212"/>
+      <c r="O7" s="212"/>
+      <c r="P7" s="212"/>
       <c r="Q7" s="47"/>
     </row>
     <row r="8" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="206"/>
-[...14 lines deleted...]
-      <c r="P8" s="206"/>
+      <c r="A8" s="212"/>
+      <c r="B8" s="212"/>
+      <c r="C8" s="212"/>
+      <c r="D8" s="212"/>
+      <c r="E8" s="212"/>
+      <c r="F8" s="212"/>
+      <c r="G8" s="212"/>
+      <c r="H8" s="212"/>
+      <c r="I8" s="212"/>
+      <c r="J8" s="212"/>
+      <c r="K8" s="212"/>
+      <c r="L8" s="212"/>
+      <c r="M8" s="212"/>
+      <c r="N8" s="212"/>
+      <c r="O8" s="212"/>
+      <c r="P8" s="212"/>
       <c r="Q8" s="47"/>
     </row>
     <row r="9" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="206"/>
-[...14 lines deleted...]
-      <c r="P9" s="206"/>
+      <c r="A9" s="212"/>
+      <c r="B9" s="212"/>
+      <c r="C9" s="212"/>
+      <c r="D9" s="212"/>
+      <c r="E9" s="212"/>
+      <c r="F9" s="212"/>
+      <c r="G9" s="212"/>
+      <c r="H9" s="212"/>
+      <c r="I9" s="212"/>
+      <c r="J9" s="212"/>
+      <c r="K9" s="212"/>
+      <c r="L9" s="212"/>
+      <c r="M9" s="212"/>
+      <c r="N9" s="212"/>
+      <c r="O9" s="212"/>
+      <c r="P9" s="212"/>
       <c r="Q9" s="47"/>
     </row>
     <row r="10" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="206"/>
-[...14 lines deleted...]
-      <c r="P10" s="206"/>
+      <c r="A10" s="212"/>
+      <c r="B10" s="212"/>
+      <c r="C10" s="212"/>
+      <c r="D10" s="212"/>
+      <c r="E10" s="212"/>
+      <c r="F10" s="212"/>
+      <c r="G10" s="212"/>
+      <c r="H10" s="212"/>
+      <c r="I10" s="212"/>
+      <c r="J10" s="212"/>
+      <c r="K10" s="212"/>
+      <c r="L10" s="212"/>
+      <c r="M10" s="212"/>
+      <c r="N10" s="212"/>
+      <c r="O10" s="212"/>
+      <c r="P10" s="212"/>
       <c r="Q10" s="47"/>
     </row>
     <row r="11" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="206"/>
-[...14 lines deleted...]
-      <c r="P11" s="206"/>
+      <c r="A11" s="212"/>
+      <c r="B11" s="212"/>
+      <c r="C11" s="212"/>
+      <c r="D11" s="212"/>
+      <c r="E11" s="212"/>
+      <c r="F11" s="212"/>
+      <c r="G11" s="212"/>
+      <c r="H11" s="212"/>
+      <c r="I11" s="212"/>
+      <c r="J11" s="212"/>
+      <c r="K11" s="212"/>
+      <c r="L11" s="212"/>
+      <c r="M11" s="212"/>
+      <c r="N11" s="212"/>
+      <c r="O11" s="212"/>
+      <c r="P11" s="212"/>
       <c r="Q11" s="47"/>
     </row>
     <row r="12" spans="1:17" ht="18.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="207"/>
-[...14 lines deleted...]
-      <c r="P12" s="207"/>
+      <c r="A12" s="318"/>
+      <c r="B12" s="318"/>
+      <c r="C12" s="318"/>
+      <c r="D12" s="318"/>
+      <c r="E12" s="318"/>
+      <c r="F12" s="318"/>
+      <c r="G12" s="318"/>
+      <c r="H12" s="318"/>
+      <c r="I12" s="318"/>
+      <c r="J12" s="318"/>
+      <c r="K12" s="318"/>
+      <c r="L12" s="318"/>
+      <c r="M12" s="318"/>
+      <c r="N12" s="318"/>
+      <c r="O12" s="318"/>
+      <c r="P12" s="318"/>
       <c r="Q12" s="47"/>
     </row>
     <row r="13" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="73"/>
-[...14 lines deleted...]
-      <c r="P13" s="73"/>
+      <c r="A13" s="72"/>
+      <c r="B13" s="72"/>
+      <c r="C13" s="72"/>
+      <c r="D13" s="72"/>
+      <c r="E13" s="72"/>
+      <c r="F13" s="72"/>
+      <c r="G13" s="72"/>
+      <c r="H13" s="72"/>
+      <c r="I13" s="72"/>
+      <c r="J13" s="72"/>
+      <c r="K13" s="72"/>
+      <c r="L13" s="72"/>
+      <c r="M13" s="72"/>
+      <c r="N13" s="72"/>
+      <c r="O13" s="72"/>
+      <c r="P13" s="72"/>
       <c r="Q13" s="47"/>
     </row>
     <row r="14" spans="1:17" ht="20.7" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="205" t="s">
+      <c r="A14" s="211" t="s">
         <v>271</v>
       </c>
-      <c r="B14" s="205"/>
-[...13 lines deleted...]
-      <c r="P14" s="205"/>
+      <c r="B14" s="211"/>
+      <c r="C14" s="211"/>
+      <c r="D14" s="211"/>
+      <c r="E14" s="211"/>
+      <c r="F14" s="211"/>
+      <c r="G14" s="211"/>
+      <c r="H14" s="211"/>
+      <c r="I14" s="211"/>
+      <c r="J14" s="211"/>
+      <c r="K14" s="211"/>
+      <c r="L14" s="211"/>
+      <c r="M14" s="211"/>
+      <c r="N14" s="211"/>
+      <c r="O14" s="211"/>
+      <c r="P14" s="211"/>
       <c r="Q14" s="47"/>
     </row>
     <row r="15" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A15" s="72"/>
+      <c r="A15" s="71"/>
       <c r="B15" s="38"/>
       <c r="C15" s="38"/>
       <c r="D15" s="38"/>
       <c r="E15" s="38"/>
       <c r="F15" s="38"/>
       <c r="G15" s="38"/>
       <c r="H15" s="38"/>
       <c r="I15" s="38"/>
       <c r="J15" s="38"/>
       <c r="K15" s="38"/>
       <c r="L15" s="38"/>
       <c r="M15" s="38"/>
       <c r="N15" s="38"/>
       <c r="O15" s="38"/>
       <c r="P15" s="38"/>
       <c r="Q15" s="38"/>
     </row>
     <row r="16" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="33" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="35" t="s">
         <v>268</v>
       </c>
       <c r="B17" s="23"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="23"/>
       <c r="I17" s="23"/>
       <c r="J17" s="23"/>
     </row>
     <row r="18" spans="1:25" ht="10.199999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="34"/>
       <c r="C18" s="34"/>
       <c r="D18" s="34"/>
       <c r="E18" s="34"/>
       <c r="F18" s="34"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="34"/>
       <c r="K18" s="34"/>
     </row>
     <row r="19" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="204" t="s">
+      <c r="A19" s="210" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="204"/>
-[...12 lines deleted...]
-      <c r="O19" s="210"/>
+      <c r="B19" s="210"/>
+      <c r="C19" s="213"/>
+      <c r="D19" s="214"/>
+      <c r="E19" s="214"/>
+      <c r="F19" s="214"/>
+      <c r="G19" s="214"/>
+      <c r="H19" s="214"/>
+      <c r="I19" s="214"/>
+      <c r="J19" s="214"/>
+      <c r="K19" s="214"/>
+      <c r="L19" s="214"/>
+      <c r="M19" s="214"/>
+      <c r="N19" s="214"/>
+      <c r="O19" s="215"/>
       <c r="P19" s="39"/>
       <c r="Q19" s="48"/>
     </row>
     <row r="20" spans="1:25" ht="6" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="21" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="204" t="s">
+      <c r="A21" s="210" t="s">
         <v>27</v>
       </c>
-      <c r="B21" s="204"/>
-[...13 lines deleted...]
-      <c r="P21" s="70"/>
+      <c r="B21" s="210"/>
+      <c r="C21" s="213"/>
+      <c r="D21" s="216"/>
+      <c r="E21" s="216"/>
+      <c r="F21" s="216"/>
+      <c r="G21" s="216"/>
+      <c r="H21" s="216"/>
+      <c r="I21" s="216"/>
+      <c r="J21" s="216"/>
+      <c r="K21" s="216"/>
+      <c r="L21" s="216"/>
+      <c r="M21" s="216"/>
+      <c r="N21" s="216"/>
+      <c r="O21" s="217"/>
+      <c r="P21" s="69"/>
       <c r="Q21" s="48"/>
       <c r="R21" s="23"/>
       <c r="S21" s="23"/>
     </row>
     <row r="22" spans="1:25" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="R22" s="23"/>
       <c r="S22" s="23"/>
       <c r="W22" s="20"/>
       <c r="X22" s="20"/>
       <c r="Y22" s="20"/>
     </row>
     <row r="23" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="204" t="s">
+      <c r="A23" s="210" t="s">
         <v>28</v>
       </c>
-      <c r="B23" s="204"/>
-[...13 lines deleted...]
-      <c r="P23" s="70"/>
+      <c r="B23" s="210"/>
+      <c r="C23" s="213"/>
+      <c r="D23" s="214"/>
+      <c r="E23" s="214"/>
+      <c r="F23" s="214"/>
+      <c r="G23" s="214"/>
+      <c r="H23" s="214"/>
+      <c r="I23" s="214"/>
+      <c r="J23" s="214"/>
+      <c r="K23" s="214"/>
+      <c r="L23" s="214"/>
+      <c r="M23" s="214"/>
+      <c r="N23" s="214"/>
+      <c r="O23" s="215"/>
+      <c r="P23" s="69"/>
       <c r="Q23" s="48"/>
       <c r="T23" s="18"/>
       <c r="W23" s="20"/>
       <c r="X23" s="20"/>
       <c r="Y23" s="20"/>
     </row>
     <row r="24" spans="1:25" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="W24" s="20"/>
       <c r="X24" s="20"/>
       <c r="Y24" s="20"/>
     </row>
     <row r="25" spans="1:25" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="204" t="s">
+      <c r="A25" s="210" t="s">
         <v>29</v>
       </c>
-      <c r="B25" s="204"/>
-[...13 lines deleted...]
-      <c r="P25" s="70"/>
+      <c r="B25" s="210"/>
+      <c r="C25" s="213"/>
+      <c r="D25" s="214"/>
+      <c r="E25" s="214"/>
+      <c r="F25" s="214"/>
+      <c r="G25" s="214"/>
+      <c r="H25" s="214"/>
+      <c r="I25" s="214"/>
+      <c r="J25" s="214"/>
+      <c r="K25" s="214"/>
+      <c r="L25" s="214"/>
+      <c r="M25" s="214"/>
+      <c r="N25" s="214"/>
+      <c r="O25" s="215"/>
+      <c r="P25" s="69"/>
       <c r="Q25" s="48"/>
       <c r="R25" s="27"/>
       <c r="W25" s="20"/>
       <c r="X25" s="20"/>
       <c r="Y25" s="20"/>
     </row>
     <row r="26" spans="1:25" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="42"/>
       <c r="B26" s="42"/>
       <c r="C26" s="39"/>
       <c r="D26" s="39"/>
       <c r="E26" s="39"/>
       <c r="F26" s="39"/>
       <c r="G26" s="39"/>
       <c r="H26" s="39"/>
       <c r="I26" s="39"/>
       <c r="J26" s="39"/>
       <c r="K26" s="39"/>
       <c r="L26" s="39"/>
       <c r="M26" s="39"/>
       <c r="N26" s="39"/>
       <c r="O26" s="39"/>
       <c r="P26" s="39"/>
       <c r="Q26" s="48"/>
       <c r="R26" s="27"/>
       <c r="W26" s="20"/>
       <c r="X26" s="20"/>
       <c r="Y26" s="20"/>
     </row>
     <row r="27" spans="1:25" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A27" s="203" t="s">
+      <c r="A27" s="209" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="203"/>
-[...2 lines deleted...]
-      <c r="E27" s="203"/>
+      <c r="B27" s="209"/>
+      <c r="C27" s="209"/>
+      <c r="D27" s="209"/>
+      <c r="E27" s="209"/>
       <c r="R27" s="27"/>
       <c r="T27" s="18"/>
       <c r="W27" s="20"/>
       <c r="X27" s="20"/>
       <c r="Y27" s="20"/>
     </row>
     <row r="28" spans="1:25" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="35" t="s">
         <v>311</v>
       </c>
       <c r="E28" s="48"/>
       <c r="F28" s="48"/>
       <c r="H28" s="48"/>
       <c r="I28" s="48"/>
       <c r="R28" s="27"/>
       <c r="W28" s="20"/>
       <c r="X28" s="20"/>
       <c r="Y28" s="20"/>
     </row>
     <row r="29" spans="1:25" ht="10.199999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="34"/>
-      <c r="E29" s="215" t="s">
+      <c r="E29" s="204" t="s">
         <v>310</v>
       </c>
-      <c r="F29" s="215"/>
-[...1 lines deleted...]
-      <c r="I29" s="215"/>
+      <c r="F29" s="204"/>
+      <c r="H29" s="204"/>
+      <c r="I29" s="204"/>
       <c r="R29" s="27"/>
       <c r="W29" s="20"/>
       <c r="X29" s="20"/>
       <c r="Y29" s="20"/>
     </row>
     <row r="30" spans="1:25" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E30" s="215"/>
-[...2 lines deleted...]
-      <c r="I30" s="215"/>
+      <c r="E30" s="204"/>
+      <c r="F30" s="204"/>
+      <c r="H30" s="204"/>
+      <c r="I30" s="204"/>
       <c r="R30" s="27"/>
       <c r="W30" s="20"/>
       <c r="X30" s="20"/>
       <c r="Y30" s="20"/>
     </row>
     <row r="31" spans="1:25" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E31" s="215"/>
-[...2 lines deleted...]
-      <c r="I31" s="215"/>
+      <c r="E31" s="204"/>
+      <c r="F31" s="204"/>
+      <c r="H31" s="204"/>
+      <c r="I31" s="204"/>
       <c r="R31" s="27"/>
       <c r="T31" s="18"/>
       <c r="W31" s="20"/>
       <c r="X31" s="20"/>
       <c r="Y31" s="20"/>
     </row>
     <row r="32" spans="1:25" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="R32" s="27"/>
       <c r="W32" s="20"/>
       <c r="X32" s="20"/>
       <c r="Y32" s="20"/>
     </row>
     <row r="33" spans="1:25" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C33" s="24" t="s">
-        <v>351</v>
+        <v>368</v>
       </c>
       <c r="D33" s="24"/>
-      <c r="E33" s="200"/>
-[...2 lines deleted...]
-      <c r="I33" s="202"/>
+      <c r="E33" s="201"/>
+      <c r="F33" s="202"/>
+      <c r="H33" s="203"/>
+      <c r="I33" s="203"/>
       <c r="R33" s="27"/>
       <c r="W33" s="20"/>
       <c r="X33" s="20"/>
       <c r="Y33" s="20"/>
     </row>
     <row r="34" spans="1:25" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C34" s="23"/>
       <c r="D34" s="23"/>
       <c r="T34" s="18"/>
       <c r="W34" s="20"/>
       <c r="X34" s="20"/>
       <c r="Y34" s="20"/>
     </row>
     <row r="35" spans="1:25" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C35" s="24" t="s">
-        <v>370</v>
+        <v>564</v>
       </c>
       <c r="D35" s="24"/>
-      <c r="E35" s="200"/>
-[...2 lines deleted...]
-      <c r="I35" s="202"/>
+      <c r="E35" s="201"/>
+      <c r="F35" s="202"/>
+      <c r="H35" s="203"/>
+      <c r="I35" s="203"/>
       <c r="W35" s="20"/>
       <c r="X35" s="20"/>
       <c r="Y35" s="20"/>
     </row>
     <row r="36" spans="1:25" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="R36" s="29"/>
       <c r="S36" s="29"/>
       <c r="W36" s="20"/>
       <c r="X36" s="20"/>
       <c r="Y36" s="20"/>
     </row>
     <row r="37" spans="1:25" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C37" s="24" t="s">
-        <v>567</v>
+        <v>633</v>
       </c>
       <c r="D37" s="24"/>
-      <c r="E37" s="200"/>
-[...2 lines deleted...]
-      <c r="I37" s="202"/>
+      <c r="E37" s="201"/>
+      <c r="F37" s="202"/>
+      <c r="H37" s="203"/>
+      <c r="I37" s="203"/>
       <c r="R37" s="29"/>
       <c r="S37" s="29"/>
       <c r="T37" s="18"/>
       <c r="W37" s="20"/>
       <c r="X37" s="20"/>
       <c r="Y37" s="20"/>
     </row>
     <row r="38" spans="1:25" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C38" s="24"/>
       <c r="D38" s="24"/>
       <c r="E38" s="24"/>
       <c r="F38" s="24"/>
       <c r="H38" s="24"/>
       <c r="I38" s="24"/>
       <c r="R38" s="29"/>
       <c r="S38" s="29"/>
       <c r="T38" s="18"/>
       <c r="W38" s="20"/>
       <c r="X38" s="20"/>
       <c r="Y38" s="20"/>
     </row>
     <row r="39" spans="1:25" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="33"/>
       <c r="B39" s="40"/>
       <c r="C39" s="40"/>
@@ -8129,113 +7963,113 @@
       <c r="B41" s="40"/>
       <c r="C41" s="40"/>
       <c r="D41" s="40"/>
       <c r="E41" s="40"/>
       <c r="G41" s="41"/>
     </row>
     <row r="42" spans="1:25" ht="14.7" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="33"/>
       <c r="B42" s="40"/>
       <c r="C42" s="40"/>
       <c r="D42" s="40"/>
       <c r="E42" s="40"/>
       <c r="G42" s="41"/>
     </row>
     <row r="43" spans="1:25" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="35"/>
       <c r="B43" s="40"/>
       <c r="C43" s="40"/>
       <c r="D43" s="40"/>
       <c r="E43" s="40"/>
       <c r="G43" s="41"/>
     </row>
     <row r="44" spans="1:25" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C44" s="24"/>
       <c r="D44" s="24"/>
-      <c r="E44" s="202"/>
-[...4 lines deleted...]
-      <c r="L44" s="202"/>
+      <c r="E44" s="203"/>
+      <c r="F44" s="203"/>
+      <c r="H44" s="203"/>
+      <c r="I44" s="203"/>
+      <c r="K44" s="203"/>
+      <c r="L44" s="203"/>
       <c r="Q44" s="23"/>
     </row>
     <row r="45" spans="1:25" ht="9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C45" s="23"/>
       <c r="D45" s="23"/>
       <c r="Q45" s="32"/>
     </row>
     <row r="46" spans="1:25" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C46" s="24"/>
       <c r="D46" s="24"/>
-      <c r="E46" s="202"/>
-[...4 lines deleted...]
-      <c r="L46" s="202"/>
+      <c r="E46" s="203"/>
+      <c r="F46" s="203"/>
+      <c r="H46" s="203"/>
+      <c r="I46" s="203"/>
+      <c r="K46" s="203"/>
+      <c r="L46" s="203"/>
     </row>
     <row r="47" spans="1:25" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" spans="1:25" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A48" s="213" t="s">
-[...16 lines deleted...]
-      <c r="P48" s="214"/>
+      <c r="A48" s="205" t="s">
+        <v>632</v>
+      </c>
+      <c r="B48" s="206"/>
+      <c r="C48" s="206"/>
+      <c r="D48" s="206"/>
+      <c r="E48" s="206"/>
+      <c r="F48" s="206"/>
+      <c r="G48" s="206"/>
+      <c r="H48" s="206"/>
+      <c r="I48" s="206"/>
+      <c r="J48" s="206"/>
+      <c r="K48" s="206"/>
+      <c r="L48" s="206"/>
+      <c r="M48" s="206"/>
+      <c r="N48" s="206"/>
+      <c r="O48" s="206"/>
+      <c r="P48" s="206"/>
     </row>
     <row r="49" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="202" t="s">
+      <c r="A49" s="203" t="s">
         <v>327</v>
       </c>
-      <c r="B49" s="202"/>
-[...13 lines deleted...]
-      <c r="P49" s="202"/>
+      <c r="B49" s="203"/>
+      <c r="C49" s="203"/>
+      <c r="D49" s="203"/>
+      <c r="E49" s="203"/>
+      <c r="F49" s="203"/>
+      <c r="G49" s="203"/>
+      <c r="H49" s="203"/>
+      <c r="I49" s="203"/>
+      <c r="J49" s="203"/>
+      <c r="K49" s="203"/>
+      <c r="L49" s="203"/>
+      <c r="M49" s="203"/>
+      <c r="N49" s="203"/>
+      <c r="O49" s="203"/>
+      <c r="P49" s="203"/>
     </row>
     <row r="50" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="51" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="52" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="53" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="54" spans="1:17" x14ac:dyDescent="0.25"/>
     <row r="55" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
       <c r="B55" s="43"/>
       <c r="C55" s="43"/>
       <c r="D55" s="43"/>
       <c r="E55" s="43"/>
       <c r="F55" s="43"/>
       <c r="G55" s="43"/>
       <c r="H55" s="44"/>
       <c r="I55" s="45"/>
     </row>
     <row r="56" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
       <c r="B56" s="27"/>
       <c r="C56" s="27"/>
       <c r="D56" s="27"/>
       <c r="E56" s="27"/>
       <c r="M56" s="18"/>
       <c r="N56" s="27"/>
       <c r="O56" s="27"/>
       <c r="P56" s="27"/>
@@ -8276,79 +8110,79 @@
       <c r="C59" s="20"/>
       <c r="D59" s="20"/>
       <c r="E59" s="20"/>
       <c r="F59" s="20"/>
       <c r="G59" s="20"/>
       <c r="H59" s="20"/>
       <c r="I59" s="20"/>
     </row>
     <row r="60" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
       <c r="A60" s="20"/>
     </row>
     <row r="62" spans="1:17" ht="24" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="65" s="19" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="66" s="19" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="67" s="19" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="68" s="19" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="69" s="19" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="70" s="19" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="71" s="19" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="72" s="19" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="73" s="19" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="74" s="19" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection formatCells="0" selectLockedCells="1"/>
   <mergeCells count="29">
-    <mergeCell ref="E35:F35"/>
-[...12 lines deleted...]
-    <mergeCell ref="A48:P48"/>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A3:P5"/>
     <mergeCell ref="E33:F33"/>
     <mergeCell ref="H33:I33"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A14:P14"/>
     <mergeCell ref="A6:P12"/>
     <mergeCell ref="C19:O19"/>
     <mergeCell ref="C21:O21"/>
     <mergeCell ref="C23:O23"/>
     <mergeCell ref="C25:O25"/>
+    <mergeCell ref="A49:P49"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="K44:L44"/>
+    <mergeCell ref="E46:F46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="K46:L46"/>
+    <mergeCell ref="A48:P48"/>
+    <mergeCell ref="E35:F35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="E37:F37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="E29:F31"/>
+    <mergeCell ref="H29:I31"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="E44:F44 E46:F46">
     <cfRule type="cellIs" dxfId="5" priority="22" operator="between">
       <formula>1</formula>
       <formula>852</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="4" priority="39" operator="greaterThanOrEqual">
       <formula>853</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H44:I44 H46:I46">
     <cfRule type="cellIs" dxfId="3" priority="15" operator="between">
       <formula>1</formula>
       <formula>877</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="2" priority="28" operator="greaterThanOrEqual">
       <formula>878</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K44:L44 K46:L46">
     <cfRule type="cellIs" dxfId="1" priority="5" operator="between">
       <formula>1</formula>
       <formula>951</formula>
     </cfRule>
@@ -8373,5680 +8207,5680 @@
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B4C707F-3994-4B7B-8286-C2905E3D311D}">
   <sheetPr>
     <tabColor indexed="31"/>
   </sheetPr>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <tabColor indexed="31"/>
   </sheetPr>
   <dimension ref="A1:ACQ216"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScalePageLayoutView="150" workbookViewId="0">
-      <selection activeCell="R16" sqref="R16"/>
+      <selection sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.44140625" style="19" customWidth="1"/>
     <col min="2" max="2" width="10.6640625" style="19" customWidth="1"/>
     <col min="3" max="3" width="26.109375" style="19" customWidth="1"/>
     <col min="4" max="6" width="12.6640625" style="19" customWidth="1"/>
     <col min="7" max="7" width="0.33203125" style="19" customWidth="1"/>
-    <col min="8" max="8" width="5" style="177" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="26" max="771" width="9.109375" style="177"/>
+    <col min="8" max="8" width="5" style="167" customWidth="1"/>
+    <col min="9" max="10" width="1.6640625" style="167" customWidth="1"/>
+    <col min="11" max="11" width="3.109375" style="167" customWidth="1"/>
+    <col min="12" max="12" width="2.44140625" style="167" customWidth="1"/>
+    <col min="13" max="13" width="2.33203125" style="167" customWidth="1"/>
+    <col min="14" max="14" width="2.109375" style="167" customWidth="1"/>
+    <col min="15" max="16" width="2.44140625" style="167" customWidth="1"/>
+    <col min="17" max="17" width="4.6640625" style="167" customWidth="1"/>
+    <col min="18" max="18" width="6.33203125" style="167" customWidth="1"/>
+    <col min="19" max="19" width="1.44140625" style="167" customWidth="1"/>
+    <col min="20" max="20" width="2.109375" style="167" customWidth="1"/>
+    <col min="21" max="21" width="1.6640625" style="167" customWidth="1"/>
+    <col min="22" max="23" width="2.44140625" style="167" customWidth="1"/>
+    <col min="24" max="25" width="4.6640625" style="167" customWidth="1"/>
+    <col min="26" max="771" width="9.109375" style="167"/>
     <col min="772" max="16384" width="9.109375" style="19"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="50.7" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="198" t="s">
+      <c r="A1" s="207" t="s">
         <v>348</v>
       </c>
-      <c r="B1" s="198"/>
-[...3 lines deleted...]
-      <c r="F1" s="198"/>
+      <c r="B1" s="207"/>
+      <c r="C1" s="207"/>
+      <c r="D1" s="207"/>
+      <c r="E1" s="207"/>
+      <c r="F1" s="207"/>
       <c r="G1"/>
     </row>
     <row r="2" spans="1:19" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B2" s="21"/>
       <c r="C2" s="22"/>
       <c r="D2" s="22"/>
       <c r="E2" s="22"/>
       <c r="F2" s="22"/>
       <c r="G2" s="22"/>
-      <c r="H2" s="178"/>
-[...7 lines deleted...]
-      <c r="P2" s="178"/>
+      <c r="H2" s="168"/>
+      <c r="I2" s="168"/>
+      <c r="J2" s="168"/>
+      <c r="K2" s="168"/>
+      <c r="L2" s="168"/>
+      <c r="M2" s="168"/>
+      <c r="N2" s="168"/>
+      <c r="O2" s="168"/>
+      <c r="P2" s="168"/>
     </row>
     <row r="3" spans="1:19" ht="19.95" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="216" t="s">
+      <c r="A3" s="218" t="s">
         <v>272</v>
       </c>
-      <c r="B3" s="217"/>
-[...3 lines deleted...]
-      <c r="F3" s="217"/>
+      <c r="B3" s="219"/>
+      <c r="C3" s="219"/>
+      <c r="D3" s="219"/>
+      <c r="E3" s="219"/>
+      <c r="F3" s="219"/>
       <c r="G3" s="30"/>
-      <c r="H3" s="179"/>
-[...10 lines deleted...]
-      <c r="S3" s="180"/>
+      <c r="H3" s="169"/>
+      <c r="I3" s="169"/>
+      <c r="J3" s="169"/>
+      <c r="K3" s="169"/>
+      <c r="L3" s="169"/>
+      <c r="M3" s="169"/>
+      <c r="N3" s="169"/>
+      <c r="O3" s="169"/>
+      <c r="P3" s="169"/>
+      <c r="Q3" s="169"/>
+      <c r="R3" s="170"/>
+      <c r="S3" s="170"/>
     </row>
     <row r="4" spans="1:19" ht="16.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="54"/>
       <c r="B4" s="55"/>
       <c r="C4" s="55"/>
       <c r="D4" s="55"/>
       <c r="E4" s="55"/>
       <c r="F4" s="55"/>
       <c r="G4" s="30"/>
-      <c r="H4" s="179"/>
-[...10 lines deleted...]
-      <c r="S4" s="180"/>
+      <c r="H4" s="169"/>
+      <c r="I4" s="169"/>
+      <c r="J4" s="169"/>
+      <c r="K4" s="169"/>
+      <c r="L4" s="169"/>
+      <c r="M4" s="169"/>
+      <c r="N4" s="169"/>
+      <c r="O4" s="169"/>
+      <c r="P4" s="169"/>
+      <c r="Q4" s="169"/>
+      <c r="R4" s="170"/>
+      <c r="S4" s="170"/>
     </row>
     <row r="5" spans="1:19" ht="15.45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="49"/>
       <c r="B5" s="50"/>
       <c r="C5" s="49" t="s">
         <v>273</v>
       </c>
       <c r="D5" s="52" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="E5" s="53"/>
       <c r="F5" s="53"/>
-      <c r="R5" s="181"/>
-      <c r="S5" s="181"/>
+      <c r="R5" s="171"/>
+      <c r="S5" s="171"/>
     </row>
     <row r="6" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="31"/>
       <c r="B6" s="46"/>
       <c r="D6" s="51" t="s">
         <v>274</v>
       </c>
       <c r="E6" s="26"/>
       <c r="F6" s="26"/>
-      <c r="R6" s="181"/>
-      <c r="S6" s="181"/>
+      <c r="R6" s="171"/>
+      <c r="S6" s="171"/>
     </row>
     <row r="7" spans="1:19" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="28"/>
       <c r="B7" s="28"/>
       <c r="C7" s="28"/>
       <c r="D7" s="25"/>
       <c r="E7" s="26"/>
       <c r="F7" s="26"/>
-      <c r="R7" s="181"/>
-      <c r="S7" s="181"/>
+      <c r="R7" s="171"/>
+      <c r="S7" s="171"/>
     </row>
     <row r="8" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="218" t="s">
+      <c r="A8" s="220" t="s">
         <v>264</v>
       </c>
-      <c r="B8" s="218"/>
-[...3 lines deleted...]
-      <c r="F8" s="218"/>
+      <c r="B8" s="220"/>
+      <c r="C8" s="220"/>
+      <c r="D8" s="220"/>
+      <c r="E8" s="220"/>
+      <c r="F8" s="220"/>
     </row>
     <row r="9" spans="1:19" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="219" t="s">
+      <c r="A9" s="221" t="s">
         <v>270</v>
       </c>
-      <c r="B9" s="220"/>
-[...3 lines deleted...]
-      <c r="F9" s="220"/>
+      <c r="B9" s="222"/>
+      <c r="C9" s="222"/>
+      <c r="D9" s="222"/>
+      <c r="E9" s="222"/>
+      <c r="F9" s="222"/>
     </row>
     <row r="10" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="36" t="s">
         <v>74</v>
       </c>
       <c r="B10" s="36" t="s">
         <v>261</v>
       </c>
       <c r="C10" s="36" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="37" t="s">
         <v>265</v>
       </c>
       <c r="E10" s="37" t="s">
         <v>266</v>
       </c>
       <c r="F10" s="37" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="57">
+      <c r="A11" s="56">
         <v>1</v>
       </c>
-      <c r="B11" s="58" t="str">
+      <c r="B11" s="57" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A11,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A11,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v>04799161</v>
       </c>
-      <c r="C11" s="58" t="str">
+      <c r="C11" s="57" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A11,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A11,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v>Partners in Education Program (PIE)</v>
       </c>
-      <c r="D11" s="59" t="str">
+      <c r="D11" s="58" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A11,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A11,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v>Yes</v>
       </c>
-      <c r="E11" s="59" t="str">
+      <c r="E11" s="58" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A11,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A11,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v>Yes</v>
       </c>
-      <c r="F11" s="60" t="str">
+      <c r="F11" s="59" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A11,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A11,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="12" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="61">
+      <c r="A12" s="60">
         <v>2</v>
       </c>
-      <c r="B12" s="62" t="str">
+      <c r="B12" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A12,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A12,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C12" s="62" t="str">
+      <c r="C12" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A12,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A12,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D12" s="63" t="str">
+      <c r="D12" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A12,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A12,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E12" s="63" t="str">
+      <c r="E12" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A12,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A12,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F12" s="64" t="str">
+      <c r="F12" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A12,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A12,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="13" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="61">
+      <c r="A13" s="60">
         <v>3</v>
       </c>
-      <c r="B13" s="62" t="str">
+      <c r="B13" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A13,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A13,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C13" s="62" t="str">
+      <c r="C13" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A13,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A13,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D13" s="63" t="str">
+      <c r="D13" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A13,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A13,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E13" s="63" t="str">
+      <c r="E13" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A13,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A13,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F13" s="64" t="str">
+      <c r="F13" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A13,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A13,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="65">
+      <c r="A14" s="64">
         <v>4</v>
       </c>
-      <c r="B14" s="62" t="str">
+      <c r="B14" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A14,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A14,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C14" s="62" t="str">
+      <c r="C14" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A14,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A14,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D14" s="63" t="str">
+      <c r="D14" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A14,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A14,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E14" s="63" t="str">
+      <c r="E14" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A14,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A14,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F14" s="64" t="str">
+      <c r="F14" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A14,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A14,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="15" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="61">
+      <c r="A15" s="60">
         <v>5</v>
       </c>
-      <c r="B15" s="62" t="str">
+      <c r="B15" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A15,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A15,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C15" s="62" t="str">
+      <c r="C15" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A15,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A15,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D15" s="63" t="str">
+      <c r="D15" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A15,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A15,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E15" s="63" t="str">
+      <c r="E15" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A15,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A15,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F15" s="64" t="str">
+      <c r="F15" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A15,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A15,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="61">
+      <c r="A16" s="60">
         <v>6</v>
       </c>
-      <c r="B16" s="62" t="str">
+      <c r="B16" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A16,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A16,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C16" s="62" t="str">
+      <c r="C16" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A16,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A16,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D16" s="63" t="str">
+      <c r="D16" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A16,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A16,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E16" s="63" t="str">
+      <c r="E16" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A16,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A16,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F16" s="64" t="str">
+      <c r="F16" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A16,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A16,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="65">
+      <c r="A17" s="64">
         <v>7</v>
       </c>
-      <c r="B17" s="62" t="str">
+      <c r="B17" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A17,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A17,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C17" s="62" t="str">
+      <c r="C17" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A17,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A17,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D17" s="63" t="str">
+      <c r="D17" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A17,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A17,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E17" s="63" t="str">
+      <c r="E17" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A17,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A17,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F17" s="64" t="str">
+      <c r="F17" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A17,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A17,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="61">
+      <c r="A18" s="60">
         <v>8</v>
       </c>
-      <c r="B18" s="62" t="str">
+      <c r="B18" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A18,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A18,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C18" s="62" t="str">
+      <c r="C18" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A18,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A18,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D18" s="63" t="str">
+      <c r="D18" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A18,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A18,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E18" s="63" t="str">
+      <c r="E18" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A18,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A18,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F18" s="64" t="str">
+      <c r="F18" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A18,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A18,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="61">
+      <c r="A19" s="60">
         <v>9</v>
       </c>
-      <c r="B19" s="62" t="str">
+      <c r="B19" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A19,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A19,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C19" s="62" t="str">
+      <c r="C19" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A19,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A19,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D19" s="63" t="str">
+      <c r="D19" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A19,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A19,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E19" s="63" t="str">
+      <c r="E19" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A19,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A19,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F19" s="64" t="str">
+      <c r="F19" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A19,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A19,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="20" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="65">
+      <c r="A20" s="64">
         <v>10</v>
       </c>
-      <c r="B20" s="62" t="str">
+      <c r="B20" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A20,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A20,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C20" s="62" t="str">
+      <c r="C20" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A20,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A20,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D20" s="63" t="str">
+      <c r="D20" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A20,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A20,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E20" s="63" t="str">
+      <c r="E20" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A20,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A20,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F20" s="64" t="str">
+      <c r="F20" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A20,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A20,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="61">
+      <c r="A21" s="60">
         <v>11</v>
       </c>
-      <c r="B21" s="62" t="str">
+      <c r="B21" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A21,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A21,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C21" s="62" t="str">
+      <c r="C21" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A21,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A21,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D21" s="63" t="str">
+      <c r="D21" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A21,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A21,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E21" s="63" t="str">
+      <c r="E21" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A21,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A21,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F21" s="64" t="str">
+      <c r="F21" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A21,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A21,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="61">
+      <c r="A22" s="60">
         <v>12</v>
       </c>
-      <c r="B22" s="62" t="str">
+      <c r="B22" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A22,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A22,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C22" s="62" t="str">
+      <c r="C22" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A22,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A22,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D22" s="63" t="str">
+      <c r="D22" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A22,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A22,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E22" s="63" t="str">
+      <c r="E22" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A22,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A22,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F22" s="64" t="str">
+      <c r="F22" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A22,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A22,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="65">
+      <c r="A23" s="64">
         <v>13</v>
       </c>
-      <c r="B23" s="62" t="str">
+      <c r="B23" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A23,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A23,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C23" s="62" t="str">
+      <c r="C23" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A23,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A23,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D23" s="63" t="str">
+      <c r="D23" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A23,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A23,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E23" s="63" t="str">
+      <c r="E23" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A23,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A23,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F23" s="64" t="str">
+      <c r="F23" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A23,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A23,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="61">
+      <c r="A24" s="60">
         <v>14</v>
       </c>
-      <c r="B24" s="62" t="str">
+      <c r="B24" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A24,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A24,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C24" s="62" t="str">
+      <c r="C24" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A24,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A24,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D24" s="63" t="str">
+      <c r="D24" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A24,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A24,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E24" s="63" t="str">
+      <c r="E24" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A24,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A24,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F24" s="64" t="str">
+      <c r="F24" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A24,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A24,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="61">
+      <c r="A25" s="60">
         <v>15</v>
       </c>
-      <c r="B25" s="62" t="str">
+      <c r="B25" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A25,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A25,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C25" s="62" t="str">
+      <c r="C25" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A25,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A25,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D25" s="63" t="str">
+      <c r="D25" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A25,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A25,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E25" s="63" t="str">
+      <c r="E25" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A25,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A25,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F25" s="64" t="str">
+      <c r="F25" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A25,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A25,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="65">
+      <c r="A26" s="64">
         <v>16</v>
       </c>
-      <c r="B26" s="62" t="str">
+      <c r="B26" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A26,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A26,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C26" s="62" t="str">
+      <c r="C26" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A26,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A26,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D26" s="63" t="str">
+      <c r="D26" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A26,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A26,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E26" s="63" t="str">
+      <c r="E26" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A26,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A26,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F26" s="64" t="str">
+      <c r="F26" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A26,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A26,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="61">
+      <c r="A27" s="60">
         <v>17</v>
       </c>
-      <c r="B27" s="62" t="str">
+      <c r="B27" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A27,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A27,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C27" s="62" t="str">
+      <c r="C27" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A27,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A27,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D27" s="63" t="str">
+      <c r="D27" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A27,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A27,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E27" s="63" t="str">
+      <c r="E27" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A27,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A27,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F27" s="64" t="str">
+      <c r="F27" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A27,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A27,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="61">
+      <c r="A28" s="60">
         <v>18</v>
       </c>
-      <c r="B28" s="62" t="str">
+      <c r="B28" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A28,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A28,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C28" s="62" t="str">
+      <c r="C28" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A28,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A28,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D28" s="63" t="str">
+      <c r="D28" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A28,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A28,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E28" s="63" t="str">
+      <c r="E28" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A28,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A28,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F28" s="64" t="str">
+      <c r="F28" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A28,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A28,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="65">
+      <c r="A29" s="64">
         <v>19</v>
       </c>
-      <c r="B29" s="62" t="str">
+      <c r="B29" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A29,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A29,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C29" s="62" t="str">
+      <c r="C29" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A29,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A29,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D29" s="63" t="str">
+      <c r="D29" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A29,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A29,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E29" s="63" t="str">
+      <c r="E29" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A29,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A29,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F29" s="64" t="str">
+      <c r="F29" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A29,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A29,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="61">
+      <c r="A30" s="60">
         <v>20</v>
       </c>
-      <c r="B30" s="62" t="str">
+      <c r="B30" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A30,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A30,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C30" s="62" t="str">
+      <c r="C30" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A30,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A30,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D30" s="63" t="str">
+      <c r="D30" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A30,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A30,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E30" s="63" t="str">
+      <c r="E30" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A30,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A30,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F30" s="64" t="str">
+      <c r="F30" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A30,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A30,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="61">
+      <c r="A31" s="60">
         <v>21</v>
       </c>
-      <c r="B31" s="62" t="str">
+      <c r="B31" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A31,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A31,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C31" s="62" t="str">
+      <c r="C31" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A31,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A31,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D31" s="63" t="str">
+      <c r="D31" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A31,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A31,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E31" s="63" t="str">
+      <c r="E31" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A31,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A31,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F31" s="64" t="str">
+      <c r="F31" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A31,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A31,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="65">
+      <c r="A32" s="64">
         <v>22</v>
       </c>
-      <c r="B32" s="62" t="str">
+      <c r="B32" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A32,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A32,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C32" s="62" t="str">
+      <c r="C32" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A32,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A32,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D32" s="63" t="str">
+      <c r="D32" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A32,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A32,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E32" s="63" t="str">
+      <c r="E32" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A32,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A32,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F32" s="64" t="str">
+      <c r="F32" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A32,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A32,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="61">
+      <c r="A33" s="60">
         <v>23</v>
       </c>
-      <c r="B33" s="62" t="str">
+      <c r="B33" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A33,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A33,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C33" s="62" t="str">
+      <c r="C33" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A33,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A33,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D33" s="63" t="str">
+      <c r="D33" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A33,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A33,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E33" s="63" t="str">
+      <c r="E33" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A33,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A33,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F33" s="64" t="str">
+      <c r="F33" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A33,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A33,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="34" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="61">
+      <c r="A34" s="60">
         <v>24</v>
       </c>
-      <c r="B34" s="62" t="str">
+      <c r="B34" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A34,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A34,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C34" s="62" t="str">
+      <c r="C34" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A34,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A34,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D34" s="63" t="str">
+      <c r="D34" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A34,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A34,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E34" s="63" t="str">
+      <c r="E34" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A34,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A34,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F34" s="64" t="str">
+      <c r="F34" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A34,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A34,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="35" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="65">
+      <c r="A35" s="64">
         <v>25</v>
       </c>
-      <c r="B35" s="62" t="str">
+      <c r="B35" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A35,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A35,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C35" s="62" t="str">
+      <c r="C35" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A35,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A35,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D35" s="63" t="str">
+      <c r="D35" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A35,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A35,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E35" s="63" t="str">
+      <c r="E35" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A35,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A35,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F35" s="64" t="str">
+      <c r="F35" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A35,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A35,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="61">
+      <c r="A36" s="60">
         <v>26</v>
       </c>
-      <c r="B36" s="62" t="str">
+      <c r="B36" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A36,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A36,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C36" s="62" t="str">
+      <c r="C36" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A36,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A36,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D36" s="63" t="str">
+      <c r="D36" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A36,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A36,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E36" s="63" t="str">
+      <c r="E36" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A36,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A36,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F36" s="64" t="str">
+      <c r="F36" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A36,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A36,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="61">
+      <c r="A37" s="60">
         <v>27</v>
       </c>
-      <c r="B37" s="62" t="str">
+      <c r="B37" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A37,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A37,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C37" s="62" t="str">
+      <c r="C37" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A37,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A37,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D37" s="63" t="str">
+      <c r="D37" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A37,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A37,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E37" s="63" t="str">
+      <c r="E37" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A37,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A37,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F37" s="64" t="str">
+      <c r="F37" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A37,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A37,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="65">
+      <c r="A38" s="64">
         <v>28</v>
       </c>
-      <c r="B38" s="62" t="str">
+      <c r="B38" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A38,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A38,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C38" s="62" t="str">
+      <c r="C38" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A38,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A38,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D38" s="63" t="str">
+      <c r="D38" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A38,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A38,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E38" s="63" t="str">
+      <c r="E38" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A38,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A38,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F38" s="64" t="str">
+      <c r="F38" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A38,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A38,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="39" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="61">
+      <c r="A39" s="60">
         <v>29</v>
       </c>
-      <c r="B39" s="62" t="str">
+      <c r="B39" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A39,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A39,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C39" s="62" t="str">
+      <c r="C39" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A39,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A39,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D39" s="63" t="str">
+      <c r="D39" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A39,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A39,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E39" s="63" t="str">
+      <c r="E39" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A39,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A39,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F39" s="64" t="str">
+      <c r="F39" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A39,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A39,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="40" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="61">
+      <c r="A40" s="60">
         <v>30</v>
       </c>
-      <c r="B40" s="62" t="str">
+      <c r="B40" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A40,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A40,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C40" s="62" t="str">
+      <c r="C40" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A40,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A40,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D40" s="63" t="str">
+      <c r="D40" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A40,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A40,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E40" s="63" t="str">
+      <c r="E40" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A40,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A40,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F40" s="64" t="str">
+      <c r="F40" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A40,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A40,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="41" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="65">
+      <c r="A41" s="64">
         <v>31</v>
       </c>
-      <c r="B41" s="62" t="str">
+      <c r="B41" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A41,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A41,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C41" s="62" t="str">
+      <c r="C41" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A41,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A41,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D41" s="63" t="str">
+      <c r="D41" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A41,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A41,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E41" s="63" t="str">
+      <c r="E41" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A41,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A41,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F41" s="64" t="str">
+      <c r="F41" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A41,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A41,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="42" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="61">
+      <c r="A42" s="60">
         <v>32</v>
       </c>
-      <c r="B42" s="62" t="str">
+      <c r="B42" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A42,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A42,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C42" s="62" t="str">
+      <c r="C42" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A42,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A42,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D42" s="63" t="str">
+      <c r="D42" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A42,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A42,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E42" s="63" t="str">
+      <c r="E42" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A42,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A42,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F42" s="64" t="str">
+      <c r="F42" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A42,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A42,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="43" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="61">
+      <c r="A43" s="60">
         <v>33</v>
       </c>
-      <c r="B43" s="62" t="str">
+      <c r="B43" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A43,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A43,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C43" s="62" t="str">
+      <c r="C43" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A43,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A43,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D43" s="63" t="str">
+      <c r="D43" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A43,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A43,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E43" s="63" t="str">
+      <c r="E43" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A43,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A43,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F43" s="64" t="str">
+      <c r="F43" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A43,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A43,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="44" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="65">
+      <c r="A44" s="64">
         <v>34</v>
       </c>
-      <c r="B44" s="62" t="str">
+      <c r="B44" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A44,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A44,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C44" s="62" t="str">
+      <c r="C44" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A44,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A44,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D44" s="63" t="str">
+      <c r="D44" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A44,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A44,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E44" s="63" t="str">
+      <c r="E44" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A44,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A44,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F44" s="64" t="str">
+      <c r="F44" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A44,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A44,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="45" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="61">
+      <c r="A45" s="60">
         <v>35</v>
       </c>
-      <c r="B45" s="62" t="str">
+      <c r="B45" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A45,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A45,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C45" s="62" t="str">
+      <c r="C45" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A45,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A45,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D45" s="63" t="str">
+      <c r="D45" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A45,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A45,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E45" s="63" t="str">
+      <c r="E45" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A45,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A45,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F45" s="64" t="str">
+      <c r="F45" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A45,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A45,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="46" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="61">
+      <c r="A46" s="60">
         <v>36</v>
       </c>
-      <c r="B46" s="62" t="str">
+      <c r="B46" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A46,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A46,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C46" s="62" t="str">
+      <c r="C46" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A46,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A46,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D46" s="63" t="str">
+      <c r="D46" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A46,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A46,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E46" s="63" t="str">
+      <c r="E46" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A46,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A46,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F46" s="64" t="str">
+      <c r="F46" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A46,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A46,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="47" spans="1:6" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="65">
+      <c r="A47" s="64">
         <v>37</v>
       </c>
-      <c r="B47" s="62" t="str">
+      <c r="B47" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A47,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A47,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C47" s="62" t="str">
+      <c r="C47" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A47,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A47,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D47" s="63" t="str">
+      <c r="D47" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A47,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A47,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E47" s="63" t="str">
+      <c r="E47" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A47,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A47,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F47" s="64" t="str">
+      <c r="F47" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A47,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A47,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="48" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="61">
+      <c r="A48" s="60">
         <v>38</v>
       </c>
-      <c r="B48" s="62" t="str">
+      <c r="B48" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A48,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A48,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C48" s="62" t="str">
+      <c r="C48" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A48,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A48,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D48" s="63" t="str">
+      <c r="D48" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A48,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A48,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E48" s="63" t="str">
+      <c r="E48" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A48,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A48,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F48" s="64" t="str">
+      <c r="F48" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A48,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A48,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="49" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="61">
+      <c r="A49" s="60">
         <v>39</v>
       </c>
-      <c r="B49" s="62" t="str">
+      <c r="B49" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A49,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A49,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C49" s="62" t="str">
+      <c r="C49" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A49,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A49,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D49" s="63" t="str">
+      <c r="D49" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A49,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A49,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E49" s="63" t="str">
+      <c r="E49" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A49,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A49,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F49" s="64" t="str">
+      <c r="F49" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A49,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A49,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="50" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="65">
+      <c r="A50" s="64">
         <v>40</v>
       </c>
-      <c r="B50" s="62" t="str">
+      <c r="B50" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A50,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A50,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C50" s="62" t="str">
+      <c r="C50" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A50,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A50,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D50" s="63" t="str">
+      <c r="D50" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A50,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A50,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E50" s="63" t="str">
+      <c r="E50" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A50,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A50,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F50" s="64" t="str">
+      <c r="F50" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A50,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A50,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="51" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="61">
+      <c r="A51" s="60">
         <v>41</v>
       </c>
-      <c r="B51" s="62" t="str">
+      <c r="B51" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A51,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A51,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C51" s="62" t="str">
+      <c r="C51" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A51,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A51,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D51" s="63" t="str">
+      <c r="D51" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A51,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A51,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E51" s="63" t="str">
+      <c r="E51" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A51,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A51,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F51" s="64" t="str">
+      <c r="F51" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A51,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A51,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="52" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="61">
+      <c r="A52" s="60">
         <v>42</v>
       </c>
-      <c r="B52" s="62" t="str">
+      <c r="B52" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A52,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A52,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C52" s="62" t="str">
+      <c r="C52" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A52,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A52,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D52" s="63" t="str">
+      <c r="D52" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A52,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A52,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E52" s="63" t="str">
+      <c r="E52" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A52,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A52,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F52" s="64" t="str">
+      <c r="F52" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A52,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A52,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="53" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="65">
+      <c r="A53" s="64">
         <v>43</v>
       </c>
-      <c r="B53" s="62" t="str">
+      <c r="B53" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A53,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A53,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C53" s="62" t="str">
+      <c r="C53" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A53,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A53,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D53" s="63" t="str">
+      <c r="D53" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A53,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A53,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E53" s="63" t="str">
+      <c r="E53" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A53,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A53,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F53" s="64" t="str">
+      <c r="F53" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A53,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A53,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="54" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="61">
+      <c r="A54" s="60">
         <v>44</v>
       </c>
-      <c r="B54" s="62" t="str">
+      <c r="B54" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A54,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A54,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C54" s="62" t="str">
+      <c r="C54" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A54,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A54,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D54" s="63" t="str">
+      <c r="D54" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A54,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A54,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E54" s="63" t="str">
+      <c r="E54" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A54,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A54,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F54" s="64" t="str">
+      <c r="F54" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A54,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A54,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="55" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="61">
+      <c r="A55" s="60">
         <v>45</v>
       </c>
-      <c r="B55" s="62" t="str">
+      <c r="B55" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A55,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A55,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C55" s="62" t="str">
+      <c r="C55" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A55,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A55,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D55" s="63" t="str">
+      <c r="D55" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A55,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A55,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E55" s="63" t="str">
+      <c r="E55" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A55,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A55,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F55" s="64" t="str">
+      <c r="F55" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A55,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A55,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="56" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="65">
+      <c r="A56" s="64">
         <v>46</v>
       </c>
-      <c r="B56" s="62" t="str">
+      <c r="B56" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A56,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A56,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C56" s="62" t="str">
+      <c r="C56" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A56,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A56,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D56" s="63" t="str">
+      <c r="D56" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A56,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A56,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E56" s="63" t="str">
+      <c r="E56" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A56,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A56,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F56" s="64" t="str">
+      <c r="F56" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A56,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A56,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="57" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="61">
+      <c r="A57" s="60">
         <v>47</v>
       </c>
-      <c r="B57" s="62" t="str">
+      <c r="B57" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A57,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A57,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C57" s="62" t="str">
+      <c r="C57" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A57,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A57,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D57" s="63" t="str">
+      <c r="D57" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A57,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A57,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E57" s="63" t="str">
+      <c r="E57" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A57,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A57,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F57" s="64" t="str">
+      <c r="F57" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A57,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A57,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="58" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="61">
+      <c r="A58" s="60">
         <v>48</v>
       </c>
-      <c r="B58" s="62" t="str">
+      <c r="B58" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A58,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A58,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C58" s="62" t="str">
+      <c r="C58" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A58,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A58,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D58" s="63" t="str">
+      <c r="D58" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A58,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A58,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E58" s="63" t="str">
+      <c r="E58" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A58,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A58,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F58" s="64" t="str">
+      <c r="F58" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A58,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A58,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="59" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="65">
+      <c r="A59" s="64">
         <v>49</v>
       </c>
-      <c r="B59" s="62" t="str">
+      <c r="B59" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A59,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A59,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C59" s="62" t="str">
+      <c r="C59" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A59,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A59,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D59" s="63" t="str">
+      <c r="D59" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A59,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A59,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E59" s="63" t="str">
+      <c r="E59" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A59,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A59,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F59" s="64" t="str">
+      <c r="F59" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A59,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A59,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="60" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="61">
+      <c r="A60" s="60">
         <v>50</v>
       </c>
-      <c r="B60" s="62" t="str">
+      <c r="B60" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A60,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A60,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C60" s="62" t="str">
+      <c r="C60" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A60,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A60,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D60" s="63" t="str">
+      <c r="D60" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A60,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A60,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E60" s="63" t="str">
+      <c r="E60" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A60,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A60,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F60" s="64" t="str">
+      <c r="F60" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A60,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A60,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="61" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="61">
+      <c r="A61" s="60">
         <v>51</v>
       </c>
-      <c r="B61" s="62" t="str">
+      <c r="B61" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A61,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A61,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C61" s="62" t="str">
+      <c r="C61" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A61,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A61,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D61" s="63" t="str">
+      <c r="D61" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A61,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A61,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E61" s="63" t="str">
+      <c r="E61" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A61,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A61,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F61" s="64" t="str">
+      <c r="F61" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A61,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A61,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="62" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="65">
+      <c r="A62" s="64">
         <v>52</v>
       </c>
-      <c r="B62" s="62" t="str">
+      <c r="B62" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A62,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A62,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C62" s="62" t="str">
+      <c r="C62" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A62,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A62,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D62" s="63" t="str">
+      <c r="D62" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A62,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A62,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E62" s="63" t="str">
+      <c r="E62" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A62,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A62,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F62" s="64" t="str">
+      <c r="F62" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A62,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A62,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="63" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="61">
+      <c r="A63" s="60">
         <v>53</v>
       </c>
-      <c r="B63" s="62" t="str">
+      <c r="B63" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A63,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A63,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C63" s="62" t="str">
+      <c r="C63" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A63,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A63,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D63" s="63" t="str">
+      <c r="D63" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A63,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A63,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E63" s="63" t="str">
+      <c r="E63" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A63,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A63,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F63" s="64" t="str">
+      <c r="F63" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A63,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A63,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="64" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="61">
+      <c r="A64" s="60">
         <v>54</v>
       </c>
-      <c r="B64" s="62" t="str">
+      <c r="B64" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A64,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A64,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C64" s="62" t="str">
+      <c r="C64" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A64,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A64,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D64" s="63" t="str">
+      <c r="D64" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A64,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A64,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E64" s="63" t="str">
+      <c r="E64" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A64,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A64,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F64" s="64" t="str">
+      <c r="F64" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A64,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A64,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="65" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="65">
+      <c r="A65" s="64">
         <v>55</v>
       </c>
-      <c r="B65" s="62" t="str">
+      <c r="B65" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A65,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A65,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C65" s="62" t="str">
+      <c r="C65" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A65,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A65,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D65" s="63" t="str">
+      <c r="D65" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A65,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A65,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E65" s="63" t="str">
+      <c r="E65" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A65,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A65,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F65" s="64" t="str">
+      <c r="F65" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A65,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A65,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="66" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="61">
+      <c r="A66" s="60">
         <v>56</v>
       </c>
-      <c r="B66" s="62" t="str">
+      <c r="B66" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A66,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A66,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C66" s="62" t="str">
+      <c r="C66" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A66,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A66,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D66" s="63" t="str">
+      <c r="D66" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A66,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A66,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E66" s="63" t="str">
+      <c r="E66" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A66,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A66,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F66" s="64" t="str">
+      <c r="F66" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A66,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A66,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="67" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="61">
+      <c r="A67" s="60">
         <v>57</v>
       </c>
-      <c r="B67" s="62" t="str">
+      <c r="B67" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A67,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A67,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C67" s="62" t="str">
+      <c r="C67" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A67,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A67,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D67" s="63" t="str">
+      <c r="D67" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A67,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A67,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E67" s="63" t="str">
+      <c r="E67" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A67,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A67,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F67" s="64" t="str">
+      <c r="F67" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A67,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A67,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="68" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="65">
+      <c r="A68" s="64">
         <v>58</v>
       </c>
-      <c r="B68" s="62" t="str">
+      <c r="B68" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A68,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A68,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C68" s="62" t="str">
+      <c r="C68" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A68,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A68,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D68" s="63" t="str">
+      <c r="D68" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A68,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A68,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E68" s="63" t="str">
+      <c r="E68" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A68,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A68,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F68" s="64" t="str">
+      <c r="F68" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A68,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A68,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="69" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="61">
+      <c r="A69" s="60">
         <v>59</v>
       </c>
-      <c r="B69" s="62" t="str">
+      <c r="B69" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A69,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A69,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C69" s="62" t="str">
+      <c r="C69" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A69,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A69,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D69" s="63" t="str">
+      <c r="D69" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A69,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A69,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E69" s="63" t="str">
+      <c r="E69" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A69,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A69,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F69" s="64" t="str">
+      <c r="F69" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A69,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A69,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="70" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A70" s="61">
+      <c r="A70" s="60">
         <v>60</v>
       </c>
-      <c r="B70" s="62" t="str">
+      <c r="B70" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A70,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A70,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C70" s="62" t="str">
+      <c r="C70" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A70,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A70,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D70" s="63" t="str">
+      <c r="D70" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A70,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A70,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E70" s="63" t="str">
+      <c r="E70" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A70,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A70,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F70" s="64" t="str">
+      <c r="F70" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A70,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A70,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="71" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="65">
+      <c r="A71" s="64">
         <v>61</v>
       </c>
-      <c r="B71" s="62" t="str">
+      <c r="B71" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A71,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A71,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C71" s="62" t="str">
+      <c r="C71" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A71,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A71,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D71" s="63" t="str">
+      <c r="D71" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A71,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A71,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E71" s="63" t="str">
+      <c r="E71" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A71,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A71,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F71" s="64" t="str">
+      <c r="F71" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A71,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A71,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="72" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="61">
+      <c r="A72" s="60">
         <v>62</v>
       </c>
-      <c r="B72" s="62" t="str">
+      <c r="B72" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A72,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A72,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C72" s="62" t="str">
+      <c r="C72" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A72,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A72,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D72" s="63" t="str">
+      <c r="D72" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A72,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A72,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E72" s="63" t="str">
+      <c r="E72" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A72,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A72,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F72" s="64" t="str">
+      <c r="F72" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A72,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A72,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="73" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="61">
+      <c r="A73" s="60">
         <v>63</v>
       </c>
-      <c r="B73" s="62" t="str">
+      <c r="B73" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A73,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A73,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C73" s="62" t="str">
+      <c r="C73" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A73,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A73,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D73" s="63" t="str">
+      <c r="D73" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A73,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A73,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E73" s="63" t="str">
+      <c r="E73" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A73,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A73,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F73" s="64" t="str">
+      <c r="F73" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A73,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A73,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="74" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="65">
+      <c r="A74" s="64">
         <v>64</v>
       </c>
-      <c r="B74" s="62" t="str">
+      <c r="B74" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A74,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A74,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C74" s="62" t="str">
+      <c r="C74" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A74,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A74,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D74" s="63" t="str">
+      <c r="D74" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A74,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A74,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E74" s="63" t="str">
+      <c r="E74" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A74,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A74,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F74" s="64" t="str">
+      <c r="F74" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A74,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A74,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="75" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="61">
+      <c r="A75" s="60">
         <v>65</v>
       </c>
-      <c r="B75" s="62" t="str">
+      <c r="B75" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A75,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A75,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C75" s="62" t="str">
+      <c r="C75" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A75,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A75,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D75" s="63" t="str">
+      <c r="D75" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A75,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A75,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E75" s="63" t="str">
+      <c r="E75" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A75,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A75,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F75" s="64" t="str">
+      <c r="F75" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A75,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A75,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="76" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="61">
+      <c r="A76" s="60">
         <v>66</v>
       </c>
-      <c r="B76" s="62" t="str">
+      <c r="B76" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A76,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A76,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C76" s="62" t="str">
+      <c r="C76" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A76,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A76,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D76" s="63" t="str">
+      <c r="D76" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A76,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A76,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E76" s="63" t="str">
+      <c r="E76" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A76,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A76,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F76" s="64" t="str">
+      <c r="F76" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A76,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A76,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="77" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="65">
+      <c r="A77" s="64">
         <v>67</v>
       </c>
-      <c r="B77" s="62" t="str">
+      <c r="B77" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A77,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A77,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C77" s="62" t="str">
+      <c r="C77" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A77,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A77,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D77" s="63" t="str">
+      <c r="D77" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A77,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A77,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E77" s="63" t="str">
+      <c r="E77" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A77,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A77,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F77" s="64" t="str">
+      <c r="F77" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A77,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A77,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="78" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A78" s="61">
+      <c r="A78" s="60">
         <v>68</v>
       </c>
-      <c r="B78" s="62" t="str">
+      <c r="B78" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A78,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A78,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C78" s="62" t="str">
+      <c r="C78" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A78,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A78,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D78" s="63" t="str">
+      <c r="D78" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A78,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A78,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E78" s="63" t="str">
+      <c r="E78" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A78,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A78,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F78" s="64" t="str">
+      <c r="F78" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A78,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A78,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="79" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="61">
+      <c r="A79" s="60">
         <v>69</v>
       </c>
-      <c r="B79" s="62" t="str">
+      <c r="B79" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A79,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A79,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C79" s="62" t="str">
+      <c r="C79" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A79,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A79,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D79" s="63" t="str">
+      <c r="D79" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A79,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A79,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E79" s="63" t="str">
+      <c r="E79" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A79,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A79,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F79" s="64" t="str">
+      <c r="F79" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A79,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A79,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="80" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="65">
+      <c r="A80" s="64">
         <v>70</v>
       </c>
-      <c r="B80" s="62" t="str">
+      <c r="B80" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A80,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A80,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C80" s="62" t="str">
+      <c r="C80" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A80,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A80,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D80" s="63" t="str">
+      <c r="D80" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A80,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A80,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E80" s="63" t="str">
+      <c r="E80" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A80,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A80,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F80" s="64" t="str">
+      <c r="F80" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A80,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A80,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="81" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="61">
+      <c r="A81" s="60">
         <v>71</v>
       </c>
-      <c r="B81" s="62" t="str">
+      <c r="B81" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A81,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A81,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C81" s="62" t="str">
+      <c r="C81" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A81,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A81,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D81" s="63" t="str">
+      <c r="D81" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A81,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A81,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E81" s="63" t="str">
+      <c r="E81" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A81,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A81,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F81" s="64" t="str">
+      <c r="F81" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A81,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A81,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="82" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="61">
+      <c r="A82" s="60">
         <v>72</v>
       </c>
-      <c r="B82" s="62" t="str">
+      <c r="B82" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A82,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A82,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C82" s="62" t="str">
+      <c r="C82" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A82,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A82,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D82" s="63" t="str">
+      <c r="D82" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A82,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A82,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E82" s="63" t="str">
+      <c r="E82" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A82,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A82,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F82" s="64" t="str">
+      <c r="F82" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A82,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A82,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="83" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="65">
+      <c r="A83" s="64">
         <v>73</v>
       </c>
-      <c r="B83" s="62" t="str">
+      <c r="B83" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A83,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A83,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C83" s="62" t="str">
+      <c r="C83" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A83,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A83,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D83" s="63" t="str">
+      <c r="D83" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A83,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A83,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E83" s="63" t="str">
+      <c r="E83" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A83,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A83,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F83" s="64" t="str">
+      <c r="F83" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A83,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A83,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="84" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A84" s="61">
+      <c r="A84" s="60">
         <v>74</v>
       </c>
-      <c r="B84" s="62" t="str">
+      <c r="B84" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A84,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A84,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C84" s="62" t="str">
+      <c r="C84" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A84,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A84,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D84" s="63" t="str">
+      <c r="D84" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A84,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A84,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E84" s="63" t="str">
+      <c r="E84" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A84,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A84,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F84" s="64" t="str">
+      <c r="F84" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A84,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A84,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="85" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A85" s="61">
+      <c r="A85" s="60">
         <v>75</v>
       </c>
-      <c r="B85" s="62" t="str">
+      <c r="B85" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A85,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A85,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C85" s="62" t="str">
+      <c r="C85" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A85,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A85,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D85" s="63" t="str">
+      <c r="D85" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A85,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A85,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E85" s="63" t="str">
+      <c r="E85" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A85,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A85,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F85" s="64" t="str">
+      <c r="F85" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A85,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A85,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="86" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="65">
+      <c r="A86" s="64">
         <v>76</v>
       </c>
-      <c r="B86" s="62" t="str">
+      <c r="B86" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A86,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A86,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C86" s="62" t="str">
+      <c r="C86" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A86,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A86,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D86" s="63" t="str">
+      <c r="D86" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A86,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A86,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E86" s="63" t="str">
+      <c r="E86" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A86,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A86,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F86" s="64" t="str">
+      <c r="F86" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A86,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A86,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="87" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="61">
+      <c r="A87" s="60">
         <v>77</v>
       </c>
-      <c r="B87" s="62" t="str">
+      <c r="B87" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A87,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A87,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C87" s="62" t="str">
+      <c r="C87" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A87,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A87,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D87" s="63" t="str">
+      <c r="D87" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A87,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A87,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E87" s="63" t="str">
+      <c r="E87" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A87,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A87,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F87" s="64" t="str">
+      <c r="F87" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A87,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A87,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="88" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A88" s="61">
+      <c r="A88" s="60">
         <v>78</v>
       </c>
-      <c r="B88" s="62" t="str">
+      <c r="B88" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A88,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A88,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C88" s="62" t="str">
+      <c r="C88" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A88,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A88,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D88" s="63" t="str">
+      <c r="D88" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A88,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A88,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E88" s="63" t="str">
+      <c r="E88" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A88,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A88,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F88" s="64" t="str">
+      <c r="F88" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A88,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A88,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="89" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="65">
+      <c r="A89" s="64">
         <v>79</v>
       </c>
-      <c r="B89" s="62" t="str">
+      <c r="B89" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A89,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A89,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C89" s="62" t="str">
+      <c r="C89" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A89,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A89,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D89" s="63" t="str">
+      <c r="D89" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A89,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A89,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E89" s="63" t="str">
+      <c r="E89" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A89,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A89,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F89" s="64" t="str">
+      <c r="F89" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A89,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A89,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="90" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="61">
+      <c r="A90" s="60">
         <v>80</v>
       </c>
-      <c r="B90" s="62" t="str">
+      <c r="B90" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A90,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A90,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C90" s="62" t="str">
+      <c r="C90" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A90,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A90,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D90" s="63" t="str">
+      <c r="D90" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A90,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A90,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E90" s="63" t="str">
+      <c r="E90" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A90,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A90,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F90" s="64" t="str">
+      <c r="F90" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A90,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A90,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="91" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="61">
+      <c r="A91" s="60">
         <v>81</v>
       </c>
-      <c r="B91" s="62" t="str">
+      <c r="B91" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A91,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A91,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C91" s="62" t="str">
+      <c r="C91" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A91,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A91,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D91" s="63" t="str">
+      <c r="D91" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A91,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A91,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E91" s="63" t="str">
+      <c r="E91" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A91,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A91,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F91" s="64" t="str">
+      <c r="F91" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A91,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A91,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="92" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="65">
+      <c r="A92" s="64">
         <v>82</v>
       </c>
-      <c r="B92" s="62" t="str">
+      <c r="B92" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A92,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A92,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C92" s="62" t="str">
+      <c r="C92" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A92,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A92,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D92" s="63" t="str">
+      <c r="D92" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A92,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A92,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E92" s="63" t="str">
+      <c r="E92" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A92,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A92,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F92" s="64" t="str">
+      <c r="F92" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A92,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A92,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="93" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="61">
+      <c r="A93" s="60">
         <v>83</v>
       </c>
-      <c r="B93" s="62" t="str">
+      <c r="B93" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A93,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A93,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C93" s="62" t="str">
+      <c r="C93" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A93,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A93,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D93" s="63" t="str">
+      <c r="D93" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A93,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A93,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E93" s="63" t="str">
+      <c r="E93" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A93,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A93,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F93" s="64" t="str">
+      <c r="F93" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A93,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A93,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="94" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="61">
+      <c r="A94" s="60">
         <v>84</v>
       </c>
-      <c r="B94" s="62" t="str">
+      <c r="B94" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A94,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A94,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C94" s="62" t="str">
+      <c r="C94" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A94,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A94,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D94" s="63" t="str">
+      <c r="D94" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A94,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A94,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E94" s="63" t="str">
+      <c r="E94" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A94,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A94,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F94" s="64" t="str">
+      <c r="F94" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A94,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A94,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="95" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="65">
+      <c r="A95" s="64">
         <v>85</v>
       </c>
-      <c r="B95" s="62" t="str">
+      <c r="B95" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A95,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A95,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C95" s="62" t="str">
+      <c r="C95" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A95,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A95,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D95" s="63" t="str">
+      <c r="D95" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A95,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A95,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E95" s="63" t="str">
+      <c r="E95" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A95,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A95,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F95" s="64" t="str">
+      <c r="F95" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A95,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A95,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="96" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A96" s="61">
+      <c r="A96" s="60">
         <v>86</v>
       </c>
-      <c r="B96" s="62" t="str">
+      <c r="B96" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A96,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A96,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C96" s="62" t="str">
+      <c r="C96" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A96,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A96,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D96" s="63" t="str">
+      <c r="D96" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A96,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A96,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E96" s="63" t="str">
+      <c r="E96" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A96,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A96,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F96" s="64" t="str">
+      <c r="F96" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A96,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A96,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="97" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A97" s="61">
+      <c r="A97" s="60">
         <v>87</v>
       </c>
-      <c r="B97" s="62" t="str">
+      <c r="B97" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A97,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A97,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C97" s="62" t="str">
+      <c r="C97" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A97,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A97,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D97" s="63" t="str">
+      <c r="D97" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A97,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A97,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E97" s="63" t="str">
+      <c r="E97" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A97,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A97,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F97" s="64" t="str">
+      <c r="F97" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A97,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A97,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="98" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="65">
+      <c r="A98" s="64">
         <v>88</v>
       </c>
-      <c r="B98" s="62" t="str">
+      <c r="B98" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A98,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A98,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C98" s="62" t="str">
+      <c r="C98" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A98,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A98,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D98" s="63" t="str">
+      <c r="D98" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A98,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A98,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E98" s="63" t="str">
+      <c r="E98" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A98,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A98,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F98" s="64" t="str">
+      <c r="F98" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A98,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A98,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="99" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A99" s="61">
+      <c r="A99" s="60">
         <v>89</v>
       </c>
-      <c r="B99" s="62" t="str">
+      <c r="B99" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A99,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A99,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C99" s="62" t="str">
+      <c r="C99" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A99,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A99,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D99" s="63" t="str">
+      <c r="D99" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A99,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A99,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E99" s="63" t="str">
+      <c r="E99" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A99,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A99,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F99" s="64" t="str">
+      <c r="F99" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A99,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A99,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="100" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="61">
+      <c r="A100" s="60">
         <v>90</v>
       </c>
-      <c r="B100" s="62" t="str">
+      <c r="B100" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A100,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A100,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C100" s="62" t="str">
+      <c r="C100" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A100,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A100,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D100" s="63" t="str">
+      <c r="D100" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A100,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A100,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E100" s="63" t="str">
+      <c r="E100" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A100,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A100,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F100" s="64" t="str">
+      <c r="F100" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A100,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A100,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="101" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="65">
+      <c r="A101" s="64">
         <v>91</v>
       </c>
-      <c r="B101" s="62" t="str">
+      <c r="B101" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A101,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A101,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C101" s="62" t="str">
+      <c r="C101" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A101,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A101,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D101" s="63" t="str">
+      <c r="D101" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A101,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A101,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E101" s="63" t="str">
+      <c r="E101" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A101,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A101,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F101" s="64" t="str">
+      <c r="F101" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A101,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A101,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="102" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A102" s="61">
+      <c r="A102" s="60">
         <v>92</v>
       </c>
-      <c r="B102" s="62" t="str">
+      <c r="B102" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A102,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A102,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C102" s="62" t="str">
+      <c r="C102" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A102,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A102,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D102" s="63" t="str">
+      <c r="D102" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A102,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A102,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E102" s="63" t="str">
+      <c r="E102" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A102,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A102,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F102" s="64" t="str">
+      <c r="F102" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A102,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A102,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="103" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="61">
+      <c r="A103" s="60">
         <v>93</v>
       </c>
-      <c r="B103" s="62" t="str">
+      <c r="B103" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A103,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A103,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C103" s="62" t="str">
+      <c r="C103" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A103,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A103,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D103" s="63" t="str">
+      <c r="D103" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A103,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A103,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E103" s="63" t="str">
+      <c r="E103" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A103,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A103,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F103" s="64" t="str">
+      <c r="F103" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A103,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A103,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="104" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="65">
+      <c r="A104" s="64">
         <v>94</v>
       </c>
-      <c r="B104" s="62" t="str">
+      <c r="B104" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A104,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A104,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C104" s="62" t="str">
+      <c r="C104" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A104,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A104,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D104" s="63" t="str">
+      <c r="D104" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A104,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A104,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E104" s="63" t="str">
+      <c r="E104" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A104,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A104,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F104" s="64" t="str">
+      <c r="F104" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A104,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A104,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="105" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="61">
+      <c r="A105" s="60">
         <v>95</v>
       </c>
-      <c r="B105" s="62" t="str">
+      <c r="B105" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A105,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A105,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C105" s="62" t="str">
+      <c r="C105" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A105,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A105,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D105" s="63" t="str">
+      <c r="D105" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A105,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A105,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E105" s="63" t="str">
+      <c r="E105" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A105,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A105,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F105" s="64" t="str">
+      <c r="F105" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A105,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A105,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="106" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="61">
+      <c r="A106" s="60">
         <v>96</v>
       </c>
-      <c r="B106" s="62" t="str">
+      <c r="B106" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A106,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A106,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C106" s="62" t="str">
+      <c r="C106" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A106,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A106,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D106" s="63" t="str">
+      <c r="D106" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A106,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A106,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E106" s="63" t="str">
+      <c r="E106" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A106,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A106,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F106" s="64" t="str">
+      <c r="F106" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A106,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A106,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="107" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="65">
+      <c r="A107" s="64">
         <v>97</v>
       </c>
-      <c r="B107" s="62" t="str">
+      <c r="B107" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A107,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A107,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C107" s="62" t="str">
+      <c r="C107" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A107,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A107,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D107" s="63" t="str">
+      <c r="D107" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A107,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A107,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E107" s="63" t="str">
+      <c r="E107" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A107,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A107,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F107" s="64" t="str">
+      <c r="F107" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A107,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A107,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="108" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="61">
+      <c r="A108" s="60">
         <v>98</v>
       </c>
-      <c r="B108" s="62" t="str">
+      <c r="B108" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A108,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A108,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C108" s="62" t="str">
+      <c r="C108" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A108,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A108,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D108" s="63" t="str">
+      <c r="D108" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A108,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A108,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E108" s="63" t="str">
+      <c r="E108" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A108,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A108,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F108" s="64" t="str">
+      <c r="F108" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A108,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A108,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="109" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A109" s="61">
+      <c r="A109" s="60">
         <v>99</v>
       </c>
-      <c r="B109" s="62" t="str">
+      <c r="B109" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A109,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A109,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C109" s="62" t="str">
+      <c r="C109" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A109,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A109,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D109" s="63" t="str">
+      <c r="D109" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A109,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A109,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E109" s="63" t="str">
+      <c r="E109" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A109,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A109,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F109" s="64" t="str">
+      <c r="F109" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A109,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A109,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="110" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="65">
+      <c r="A110" s="64">
         <v>100</v>
       </c>
-      <c r="B110" s="62" t="str">
+      <c r="B110" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A110,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A110,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C110" s="62" t="str">
+      <c r="C110" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A110,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A110,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D110" s="63" t="str">
+      <c r="D110" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A110,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A110,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E110" s="63" t="str">
+      <c r="E110" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A110,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A110,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F110" s="64" t="str">
+      <c r="F110" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A110,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A110,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="111" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="61">
+      <c r="A111" s="60">
         <v>101</v>
       </c>
-      <c r="B111" s="62" t="str">
+      <c r="B111" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A111,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A111,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C111" s="62" t="str">
+      <c r="C111" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A111,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A111,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D111" s="63" t="str">
+      <c r="D111" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A111,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A111,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E111" s="63" t="str">
+      <c r="E111" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A111,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A111,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F111" s="64" t="str">
+      <c r="F111" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A111,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A111,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="112" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="61">
+      <c r="A112" s="60">
         <v>102</v>
       </c>
-      <c r="B112" s="62" t="str">
+      <c r="B112" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A112,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A112,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C112" s="62" t="str">
+      <c r="C112" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A112,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A112,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D112" s="63" t="str">
+      <c r="D112" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A112,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A112,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E112" s="63" t="str">
+      <c r="E112" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A112,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A112,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F112" s="64" t="str">
+      <c r="F112" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A112,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A112,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="113" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="65">
+      <c r="A113" s="64">
         <v>103</v>
       </c>
-      <c r="B113" s="62" t="str">
+      <c r="B113" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A113,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A113,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C113" s="62" t="str">
+      <c r="C113" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A113,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A113,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D113" s="63" t="str">
+      <c r="D113" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A113,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A113,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E113" s="63" t="str">
+      <c r="E113" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A113,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A113,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F113" s="64" t="str">
+      <c r="F113" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A113,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A113,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="114" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="61">
+      <c r="A114" s="60">
         <v>104</v>
       </c>
-      <c r="B114" s="62" t="str">
+      <c r="B114" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A114,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A114,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C114" s="62" t="str">
+      <c r="C114" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A114,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A114,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D114" s="63" t="str">
+      <c r="D114" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A114,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A114,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E114" s="63" t="str">
+      <c r="E114" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A114,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A114,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F114" s="64" t="str">
+      <c r="F114" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A114,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A114,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="115" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="61">
+      <c r="A115" s="60">
         <v>105</v>
       </c>
-      <c r="B115" s="62" t="str">
+      <c r="B115" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A115,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A115,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C115" s="62" t="str">
+      <c r="C115" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A115,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A115,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D115" s="63" t="str">
+      <c r="D115" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A115,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A115,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E115" s="63" t="str">
+      <c r="E115" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A115,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A115,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F115" s="64" t="str">
+      <c r="F115" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A115,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A115,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="116" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="65">
+      <c r="A116" s="64">
         <v>106</v>
       </c>
-      <c r="B116" s="62" t="str">
+      <c r="B116" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A116,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A116,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C116" s="62" t="str">
+      <c r="C116" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A116,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A116,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D116" s="63" t="str">
+      <c r="D116" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A116,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A116,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E116" s="63" t="str">
+      <c r="E116" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A116,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A116,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F116" s="64" t="str">
+      <c r="F116" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A116,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A116,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="117" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A117" s="61">
+      <c r="A117" s="60">
         <v>107</v>
       </c>
-      <c r="B117" s="62" t="str">
+      <c r="B117" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A117,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A117,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C117" s="62" t="str">
+      <c r="C117" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A117,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A117,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D117" s="63" t="str">
+      <c r="D117" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A117,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A117,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E117" s="63" t="str">
+      <c r="E117" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A117,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A117,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F117" s="64" t="str">
+      <c r="F117" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A117,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A117,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="118" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="61">
+      <c r="A118" s="60">
         <v>108</v>
       </c>
-      <c r="B118" s="62" t="str">
+      <c r="B118" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A118,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A118,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C118" s="62" t="str">
+      <c r="C118" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A118,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A118,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D118" s="63" t="str">
+      <c r="D118" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A118,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A118,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E118" s="63" t="str">
+      <c r="E118" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A118,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A118,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F118" s="64" t="str">
+      <c r="F118" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A118,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A118,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="119" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="65">
+      <c r="A119" s="64">
         <v>109</v>
       </c>
-      <c r="B119" s="62" t="str">
+      <c r="B119" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A119,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A119,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C119" s="62" t="str">
+      <c r="C119" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A119,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A119,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D119" s="63" t="str">
+      <c r="D119" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A119,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A119,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E119" s="63" t="str">
+      <c r="E119" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A119,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A119,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F119" s="64" t="str">
+      <c r="F119" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A119,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A119,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="120" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="61">
+      <c r="A120" s="60">
         <v>110</v>
       </c>
-      <c r="B120" s="62" t="str">
+      <c r="B120" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A120,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A120,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C120" s="62" t="str">
+      <c r="C120" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A120,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A120,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D120" s="63" t="str">
+      <c r="D120" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A120,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A120,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E120" s="63" t="str">
+      <c r="E120" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A120,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A120,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F120" s="64" t="str">
+      <c r="F120" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A120,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A120,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="121" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="61">
+      <c r="A121" s="60">
         <v>111</v>
       </c>
-      <c r="B121" s="62" t="str">
+      <c r="B121" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A121,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A121,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C121" s="62" t="str">
+      <c r="C121" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A121,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A121,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D121" s="63" t="str">
+      <c r="D121" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A121,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A121,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E121" s="63" t="str">
+      <c r="E121" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A121,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A121,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F121" s="64" t="str">
+      <c r="F121" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A121,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A121,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="122" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="65">
+      <c r="A122" s="64">
         <v>112</v>
       </c>
-      <c r="B122" s="62" t="str">
+      <c r="B122" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A122,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A122,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C122" s="62" t="str">
+      <c r="C122" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A122,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A122,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D122" s="63" t="str">
+      <c r="D122" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A122,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A122,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E122" s="63" t="str">
+      <c r="E122" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A122,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A122,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F122" s="64" t="str">
+      <c r="F122" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A122,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A122,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="123" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="61">
+      <c r="A123" s="60">
         <v>113</v>
       </c>
-      <c r="B123" s="62" t="str">
+      <c r="B123" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A123,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A123,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C123" s="62" t="str">
+      <c r="C123" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A123,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A123,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D123" s="63" t="str">
+      <c r="D123" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A123,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A123,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E123" s="63" t="str">
+      <c r="E123" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A123,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A123,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F123" s="64" t="str">
+      <c r="F123" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A123,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A123,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="124" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A124" s="61">
+      <c r="A124" s="60">
         <v>114</v>
       </c>
-      <c r="B124" s="62" t="str">
+      <c r="B124" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A124,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A124,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C124" s="62" t="str">
+      <c r="C124" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A124,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A124,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D124" s="63" t="str">
+      <c r="D124" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A124,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A124,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E124" s="63" t="str">
+      <c r="E124" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A124,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A124,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F124" s="64" t="str">
+      <c r="F124" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A124,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A124,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="125" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="65">
+      <c r="A125" s="64">
         <v>115</v>
       </c>
-      <c r="B125" s="62" t="str">
+      <c r="B125" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A125,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A125,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C125" s="62" t="str">
+      <c r="C125" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A125,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A125,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D125" s="63" t="str">
+      <c r="D125" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A125,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A125,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E125" s="63" t="str">
+      <c r="E125" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A125,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A125,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F125" s="64" t="str">
+      <c r="F125" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A125,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A125,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="126" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="61">
+      <c r="A126" s="60">
         <v>116</v>
       </c>
-      <c r="B126" s="62" t="str">
+      <c r="B126" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A126,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A126,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C126" s="62" t="str">
+      <c r="C126" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A126,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A126,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D126" s="63" t="str">
+      <c r="D126" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A126,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A126,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E126" s="63" t="str">
+      <c r="E126" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A126,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A126,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F126" s="64" t="str">
+      <c r="F126" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A126,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A126,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="127" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="61">
+      <c r="A127" s="60">
         <v>117</v>
       </c>
-      <c r="B127" s="62" t="str">
+      <c r="B127" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A127,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A127,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C127" s="62" t="str">
+      <c r="C127" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A127,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A127,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D127" s="63" t="str">
+      <c r="D127" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A127,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A127,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E127" s="63" t="str">
+      <c r="E127" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A127,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A127,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F127" s="64" t="str">
+      <c r="F127" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A127,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A127,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="128" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="65">
+      <c r="A128" s="64">
         <v>118</v>
       </c>
-      <c r="B128" s="62" t="str">
+      <c r="B128" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A128,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A128,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C128" s="62" t="str">
+      <c r="C128" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A128,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A128,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D128" s="63" t="str">
+      <c r="D128" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A128,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A128,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E128" s="63" t="str">
+      <c r="E128" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A128,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A128,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F128" s="64" t="str">
+      <c r="F128" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A128,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A128,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="129" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="61">
+      <c r="A129" s="60">
         <v>119</v>
       </c>
-      <c r="B129" s="62" t="str">
+      <c r="B129" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A129,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A129,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C129" s="62" t="str">
+      <c r="C129" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A129,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A129,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D129" s="63" t="str">
+      <c r="D129" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A129,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A129,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E129" s="63" t="str">
+      <c r="E129" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A129,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A129,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F129" s="64" t="str">
+      <c r="F129" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A129,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A129,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="130" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="61">
+      <c r="A130" s="60">
         <v>120</v>
       </c>
-      <c r="B130" s="62" t="str">
+      <c r="B130" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A130,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A130,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C130" s="62" t="str">
+      <c r="C130" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A130,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A130,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D130" s="63" t="str">
+      <c r="D130" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A130,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A130,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E130" s="63" t="str">
+      <c r="E130" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A130,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A130,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F130" s="64" t="str">
+      <c r="F130" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A130,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A130,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="131" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="65">
+      <c r="A131" s="64">
         <v>121</v>
       </c>
-      <c r="B131" s="62" t="str">
+      <c r="B131" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A131,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A131,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C131" s="62" t="str">
+      <c r="C131" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A131,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A131,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D131" s="63" t="str">
+      <c r="D131" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A131,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A131,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E131" s="63" t="str">
+      <c r="E131" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A131,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A131,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F131" s="64" t="str">
+      <c r="F131" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A131,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A131,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="132" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="61">
+      <c r="A132" s="60">
         <v>122</v>
       </c>
-      <c r="B132" s="62" t="str">
+      <c r="B132" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A132,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A132,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C132" s="62" t="str">
+      <c r="C132" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A132,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A132,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D132" s="63" t="str">
+      <c r="D132" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A132,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A132,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E132" s="63" t="str">
+      <c r="E132" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A132,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A132,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F132" s="64" t="str">
+      <c r="F132" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A132,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A132,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="133" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A133" s="61">
+      <c r="A133" s="60">
         <v>123</v>
       </c>
-      <c r="B133" s="62" t="str">
+      <c r="B133" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A133,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A133,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C133" s="62" t="str">
+      <c r="C133" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A133,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A133,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D133" s="63" t="str">
+      <c r="D133" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A133,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A133,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E133" s="63" t="str">
+      <c r="E133" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A133,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A133,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F133" s="64" t="str">
+      <c r="F133" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A133,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A133,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="134" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="65">
+      <c r="A134" s="64">
         <v>124</v>
       </c>
-      <c r="B134" s="62" t="str">
+      <c r="B134" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A134,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A134,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C134" s="62" t="str">
+      <c r="C134" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A134,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A134,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D134" s="63" t="str">
+      <c r="D134" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A134,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A134,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E134" s="63" t="str">
+      <c r="E134" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A134,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A134,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F134" s="64" t="str">
+      <c r="F134" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A134,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A134,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="135" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A135" s="61">
+      <c r="A135" s="60">
         <v>125</v>
       </c>
-      <c r="B135" s="62" t="str">
+      <c r="B135" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A135,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A135,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C135" s="62" t="str">
+      <c r="C135" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A135,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A135,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D135" s="63" t="str">
+      <c r="D135" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A135,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A135,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E135" s="63" t="str">
+      <c r="E135" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A135,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A135,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F135" s="64" t="str">
+      <c r="F135" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A135,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A135,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="136" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="61">
+      <c r="A136" s="60">
         <v>126</v>
       </c>
-      <c r="B136" s="62" t="str">
+      <c r="B136" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A136,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A136,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C136" s="62" t="str">
+      <c r="C136" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A136,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A136,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D136" s="63" t="str">
+      <c r="D136" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A136,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A136,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E136" s="63" t="str">
+      <c r="E136" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A136,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A136,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F136" s="64" t="str">
+      <c r="F136" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A136,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A136,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="137" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A137" s="65">
+      <c r="A137" s="64">
         <v>127</v>
       </c>
-      <c r="B137" s="62" t="str">
+      <c r="B137" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A137,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A137,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C137" s="62" t="str">
+      <c r="C137" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A137,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A137,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D137" s="63" t="str">
+      <c r="D137" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A137,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A137,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E137" s="63" t="str">
+      <c r="E137" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A137,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A137,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F137" s="64" t="str">
+      <c r="F137" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A137,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A137,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="138" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A138" s="61">
+      <c r="A138" s="60">
         <v>128</v>
       </c>
-      <c r="B138" s="62" t="str">
+      <c r="B138" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A138,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A138,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C138" s="62" t="str">
+      <c r="C138" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A138,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A138,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D138" s="63" t="str">
+      <c r="D138" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A138,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A138,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E138" s="63" t="str">
+      <c r="E138" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A138,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A138,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F138" s="64" t="str">
+      <c r="F138" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A138,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A138,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="139" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="61">
+      <c r="A139" s="60">
         <v>129</v>
       </c>
-      <c r="B139" s="62" t="str">
+      <c r="B139" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A139,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A139,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C139" s="62" t="str">
+      <c r="C139" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A139,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A139,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D139" s="63" t="str">
+      <c r="D139" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A139,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A139,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E139" s="63" t="str">
+      <c r="E139" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A139,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A139,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F139" s="64" t="str">
+      <c r="F139" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A139,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A139,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="140" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="65">
+      <c r="A140" s="64">
         <v>130</v>
       </c>
-      <c r="B140" s="62" t="str">
+      <c r="B140" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A140,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A140,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C140" s="62" t="str">
+      <c r="C140" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A140,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A140,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D140" s="63" t="str">
+      <c r="D140" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A140,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A140,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E140" s="63" t="str">
+      <c r="E140" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A140,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A140,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F140" s="64" t="str">
+      <c r="F140" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A140,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A140,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="141" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="61">
+      <c r="A141" s="60">
         <v>131</v>
       </c>
-      <c r="B141" s="62" t="str">
+      <c r="B141" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A141,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A141,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C141" s="62" t="str">
+      <c r="C141" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A141,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A141,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D141" s="63" t="str">
+      <c r="D141" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A141,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A141,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E141" s="63" t="str">
+      <c r="E141" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A141,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A141,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F141" s="64" t="str">
+      <c r="F141" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A141,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A141,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="142" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="61">
+      <c r="A142" s="60">
         <v>132</v>
       </c>
-      <c r="B142" s="62" t="str">
+      <c r="B142" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A142,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A142,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C142" s="62" t="str">
+      <c r="C142" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A142,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A142,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D142" s="63" t="str">
+      <c r="D142" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A142,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A142,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E142" s="63" t="str">
+      <c r="E142" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A142,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A142,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F142" s="64" t="str">
+      <c r="F142" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A142,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A142,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="143" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A143" s="65">
+      <c r="A143" s="64">
         <v>133</v>
       </c>
-      <c r="B143" s="62" t="str">
+      <c r="B143" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A143,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A143,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C143" s="62" t="str">
+      <c r="C143" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A143,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A143,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D143" s="63" t="str">
+      <c r="D143" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A143,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A143,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E143" s="63" t="str">
+      <c r="E143" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A143,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A143,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F143" s="64" t="str">
+      <c r="F143" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A143,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A143,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="144" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A144" s="61">
+      <c r="A144" s="60">
         <v>134</v>
       </c>
-      <c r="B144" s="62" t="str">
+      <c r="B144" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A144,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A144,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C144" s="62" t="str">
+      <c r="C144" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A144,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A144,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D144" s="63" t="str">
+      <c r="D144" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A144,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A144,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E144" s="63" t="str">
+      <c r="E144" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A144,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A144,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F144" s="64" t="str">
+      <c r="F144" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A144,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A144,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="145" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="61">
+      <c r="A145" s="60">
         <v>135</v>
       </c>
-      <c r="B145" s="62" t="str">
+      <c r="B145" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A145,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A145,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C145" s="62" t="str">
+      <c r="C145" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A145,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A145,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D145" s="63" t="str">
+      <c r="D145" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A145,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A145,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E145" s="63" t="str">
+      <c r="E145" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A145,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A145,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F145" s="64" t="str">
+      <c r="F145" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A145,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A145,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="146" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A146" s="65">
+      <c r="A146" s="64">
         <v>136</v>
       </c>
-      <c r="B146" s="62" t="str">
+      <c r="B146" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A146,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A146,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C146" s="62" t="str">
+      <c r="C146" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A146,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A146,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D146" s="63" t="str">
+      <c r="D146" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A146,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A146,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E146" s="63" t="str">
+      <c r="E146" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A146,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A146,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F146" s="64" t="str">
+      <c r="F146" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A146,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A146,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="147" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="61">
+      <c r="A147" s="60">
         <v>137</v>
       </c>
-      <c r="B147" s="62" t="str">
+      <c r="B147" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A147,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A147,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C147" s="62" t="str">
+      <c r="C147" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A147,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A147,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D147" s="63" t="str">
+      <c r="D147" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A147,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A147,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E147" s="63" t="str">
+      <c r="E147" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A147,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A147,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F147" s="64" t="str">
+      <c r="F147" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A147,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A147,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="148" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="61">
+      <c r="A148" s="60">
         <v>138</v>
       </c>
-      <c r="B148" s="62" t="str">
+      <c r="B148" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A148,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A148,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C148" s="62" t="str">
+      <c r="C148" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A148,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A148,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D148" s="63" t="str">
+      <c r="D148" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A148,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A148,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E148" s="63" t="str">
+      <c r="E148" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A148,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A148,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F148" s="64" t="str">
+      <c r="F148" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A148,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A148,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="149" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A149" s="65">
+      <c r="A149" s="64">
         <v>139</v>
       </c>
-      <c r="B149" s="62" t="str">
+      <c r="B149" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A149,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A149,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C149" s="62" t="str">
+      <c r="C149" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A149,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A149,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D149" s="63" t="str">
+      <c r="D149" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A149,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A149,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E149" s="63" t="str">
+      <c r="E149" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A149,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A149,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F149" s="64" t="str">
+      <c r="F149" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A149,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A149,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="150" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A150" s="61">
+      <c r="A150" s="60">
         <v>140</v>
       </c>
-      <c r="B150" s="62" t="str">
+      <c r="B150" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A150,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A150,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C150" s="62" t="str">
+      <c r="C150" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A150,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A150,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D150" s="63" t="str">
+      <c r="D150" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A150,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A150,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E150" s="63" t="str">
+      <c r="E150" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A150,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A150,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F150" s="64" t="str">
+      <c r="F150" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A150,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A150,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="151" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="61">
+      <c r="A151" s="60">
         <v>141</v>
       </c>
-      <c r="B151" s="62" t="str">
+      <c r="B151" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A151,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A151,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C151" s="62" t="str">
+      <c r="C151" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A151,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A151,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D151" s="63" t="str">
+      <c r="D151" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A151,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A151,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E151" s="63" t="str">
+      <c r="E151" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A151,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A151,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F151" s="64" t="str">
+      <c r="F151" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A151,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A151,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="152" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A152" s="65">
+      <c r="A152" s="64">
         <v>142</v>
       </c>
-      <c r="B152" s="62" t="str">
+      <c r="B152" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A152,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A152,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C152" s="62" t="str">
+      <c r="C152" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A152,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A152,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D152" s="63" t="str">
+      <c r="D152" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A152,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A152,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E152" s="63" t="str">
+      <c r="E152" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A152,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A152,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F152" s="64" t="str">
+      <c r="F152" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A152,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A152,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="153" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A153" s="61">
+      <c r="A153" s="60">
         <v>143</v>
       </c>
-      <c r="B153" s="62" t="str">
+      <c r="B153" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A153,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A153,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C153" s="62" t="str">
+      <c r="C153" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A153,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A153,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D153" s="63" t="str">
+      <c r="D153" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A153,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A153,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E153" s="63" t="str">
+      <c r="E153" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A153,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A153,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F153" s="64" t="str">
+      <c r="F153" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A153,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A153,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="154" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A154" s="61">
+      <c r="A154" s="60">
         <v>144</v>
       </c>
-      <c r="B154" s="62" t="str">
+      <c r="B154" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A154,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A154,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C154" s="62" t="str">
+      <c r="C154" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A154,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A154,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D154" s="63" t="str">
+      <c r="D154" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A154,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A154,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E154" s="63" t="str">
+      <c r="E154" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A154,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A154,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F154" s="64" t="str">
+      <c r="F154" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A154,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A154,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="155" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="65">
+      <c r="A155" s="64">
         <v>145</v>
       </c>
-      <c r="B155" s="62" t="str">
+      <c r="B155" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A155,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A155,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C155" s="62" t="str">
+      <c r="C155" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A155,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A155,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D155" s="63" t="str">
+      <c r="D155" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A155,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A155,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E155" s="63" t="str">
+      <c r="E155" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A155,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A155,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F155" s="64" t="str">
+      <c r="F155" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A155,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A155,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="156" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="61">
+      <c r="A156" s="60">
         <v>146</v>
       </c>
-      <c r="B156" s="62" t="str">
+      <c r="B156" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A156,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A156,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C156" s="62" t="str">
+      <c r="C156" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A156,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A156,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D156" s="63" t="str">
+      <c r="D156" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A156,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A156,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E156" s="63" t="str">
+      <c r="E156" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A156,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A156,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F156" s="64" t="str">
+      <c r="F156" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A156,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A156,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="157" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A157" s="61">
+      <c r="A157" s="60">
         <v>147</v>
       </c>
-      <c r="B157" s="62" t="str">
+      <c r="B157" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A157,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A157,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C157" s="62" t="str">
+      <c r="C157" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A157,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A157,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D157" s="63" t="str">
+      <c r="D157" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A157,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A157,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E157" s="63" t="str">
+      <c r="E157" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A157,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A157,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F157" s="64" t="str">
+      <c r="F157" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A157,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A157,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="158" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A158" s="65">
+      <c r="A158" s="64">
         <v>148</v>
       </c>
-      <c r="B158" s="62" t="str">
+      <c r="B158" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A158,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A158,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C158" s="62" t="str">
+      <c r="C158" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A158,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A158,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D158" s="63" t="str">
+      <c r="D158" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A158,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A158,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E158" s="63" t="str">
+      <c r="E158" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A158,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A158,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F158" s="64" t="str">
+      <c r="F158" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A158,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A158,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="159" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A159" s="61">
+      <c r="A159" s="60">
         <v>149</v>
       </c>
-      <c r="B159" s="62" t="str">
+      <c r="B159" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A159,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A159,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C159" s="62" t="str">
+      <c r="C159" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A159,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A159,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D159" s="63" t="str">
+      <c r="D159" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A159,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A159,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E159" s="63" t="str">
+      <c r="E159" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A159,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A159,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F159" s="64" t="str">
+      <c r="F159" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A159,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A159,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="160" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="61">
+      <c r="A160" s="60">
         <v>150</v>
       </c>
-      <c r="B160" s="62" t="str">
+      <c r="B160" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A160,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A160,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C160" s="62" t="str">
+      <c r="C160" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A160,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A160,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D160" s="63" t="str">
+      <c r="D160" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A160,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A160,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E160" s="63" t="str">
+      <c r="E160" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A160,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A160,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F160" s="64" t="str">
+      <c r="F160" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A160,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A160,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="161" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A161" s="65">
+      <c r="A161" s="64">
         <v>151</v>
       </c>
-      <c r="B161" s="62" t="str">
+      <c r="B161" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A161,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A161,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C161" s="62" t="str">
+      <c r="C161" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A161,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A161,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D161" s="63" t="str">
+      <c r="D161" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A161,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A161,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E161" s="63" t="str">
+      <c r="E161" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A161,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A161,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F161" s="64" t="str">
+      <c r="F161" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A161,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A161,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="162" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A162" s="61">
+      <c r="A162" s="60">
         <v>152</v>
       </c>
-      <c r="B162" s="62" t="str">
+      <c r="B162" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A162,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A162,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C162" s="62" t="str">
+      <c r="C162" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A162,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A162,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D162" s="63" t="str">
+      <c r="D162" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A162,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A162,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E162" s="63" t="str">
+      <c r="E162" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A162,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A162,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F162" s="64" t="str">
+      <c r="F162" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A162,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A162,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="163" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A163" s="61">
+      <c r="A163" s="60">
         <v>153</v>
       </c>
-      <c r="B163" s="62" t="str">
+      <c r="B163" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A163,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A163,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C163" s="62" t="str">
+      <c r="C163" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A163,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A163,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D163" s="63" t="str">
+      <c r="D163" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A163,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A163,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E163" s="63" t="str">
+      <c r="E163" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A163,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A163,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F163" s="64" t="str">
+      <c r="F163" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A163,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A163,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="164" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="65">
+      <c r="A164" s="64">
         <v>154</v>
       </c>
-      <c r="B164" s="62" t="str">
+      <c r="B164" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A164,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A164,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C164" s="62" t="str">
+      <c r="C164" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A164,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A164,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D164" s="63" t="str">
+      <c r="D164" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A164,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A164,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E164" s="63" t="str">
+      <c r="E164" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A164,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A164,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F164" s="64" t="str">
+      <c r="F164" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A164,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A164,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="165" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A165" s="61">
+      <c r="A165" s="60">
         <v>155</v>
       </c>
-      <c r="B165" s="62" t="str">
+      <c r="B165" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A165,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A165,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C165" s="62" t="str">
+      <c r="C165" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A165,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A165,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D165" s="63" t="str">
+      <c r="D165" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A165,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A165,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E165" s="63" t="str">
+      <c r="E165" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A165,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A165,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F165" s="64" t="str">
+      <c r="F165" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A165,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A165,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="166" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="61">
+      <c r="A166" s="60">
         <v>156</v>
       </c>
-      <c r="B166" s="62" t="str">
+      <c r="B166" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A166,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A166,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C166" s="62" t="str">
+      <c r="C166" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A166,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A166,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D166" s="63" t="str">
+      <c r="D166" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A166,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A166,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E166" s="63" t="str">
+      <c r="E166" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A166,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A166,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F166" s="64" t="str">
+      <c r="F166" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A166,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A166,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="167" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="65">
+      <c r="A167" s="64">
         <v>157</v>
       </c>
-      <c r="B167" s="62" t="str">
+      <c r="B167" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A167,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A167,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C167" s="62" t="str">
+      <c r="C167" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A167,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A167,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D167" s="63" t="str">
+      <c r="D167" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A167,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A167,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E167" s="63" t="str">
+      <c r="E167" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A167,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A167,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F167" s="64" t="str">
+      <c r="F167" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A167,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A167,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="168" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A168" s="61">
+      <c r="A168" s="60">
         <v>158</v>
       </c>
-      <c r="B168" s="62" t="str">
+      <c r="B168" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A168,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A168,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C168" s="62" t="str">
+      <c r="C168" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A168,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A168,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D168" s="63" t="str">
+      <c r="D168" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A168,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A168,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E168" s="63" t="str">
+      <c r="E168" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A168,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A168,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F168" s="64" t="str">
+      <c r="F168" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A168,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A168,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="169" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A169" s="61">
+      <c r="A169" s="60">
         <v>159</v>
       </c>
-      <c r="B169" s="62" t="str">
+      <c r="B169" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A169,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A169,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C169" s="62" t="str">
+      <c r="C169" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A169,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A169,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D169" s="63" t="str">
+      <c r="D169" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A169,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A169,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E169" s="63" t="str">
+      <c r="E169" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A169,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A169,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F169" s="64" t="str">
+      <c r="F169" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A169,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A169,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="170" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A170" s="65">
+      <c r="A170" s="64">
         <v>160</v>
       </c>
-      <c r="B170" s="62" t="str">
+      <c r="B170" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A170,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A170,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C170" s="62" t="str">
+      <c r="C170" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A170,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A170,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D170" s="63" t="str">
+      <c r="D170" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A170,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A170,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E170" s="63" t="str">
+      <c r="E170" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A170,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A170,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F170" s="64" t="str">
+      <c r="F170" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A170,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A170,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="171" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A171" s="61">
+      <c r="A171" s="60">
         <v>161</v>
       </c>
-      <c r="B171" s="62" t="str">
+      <c r="B171" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A171,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A171,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C171" s="62" t="str">
+      <c r="C171" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A171,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A171,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D171" s="63" t="str">
+      <c r="D171" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A171,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A171,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E171" s="63" t="str">
+      <c r="E171" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A171,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A171,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F171" s="64" t="str">
+      <c r="F171" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A171,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A171,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="172" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A172" s="61">
+      <c r="A172" s="60">
         <v>162</v>
       </c>
-      <c r="B172" s="62" t="str">
+      <c r="B172" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A172,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A172,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C172" s="62" t="str">
+      <c r="C172" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A172,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A172,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D172" s="63" t="str">
+      <c r="D172" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A172,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A172,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E172" s="63" t="str">
+      <c r="E172" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A172,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A172,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F172" s="64" t="str">
+      <c r="F172" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A172,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A172,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="173" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A173" s="65">
+      <c r="A173" s="64">
         <v>163</v>
       </c>
-      <c r="B173" s="62" t="str">
+      <c r="B173" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A173,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A173,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C173" s="62" t="str">
+      <c r="C173" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A173,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A173,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D173" s="63" t="str">
+      <c r="D173" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A173,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A173,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E173" s="63" t="str">
+      <c r="E173" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A173,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A173,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F173" s="64" t="str">
+      <c r="F173" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A173,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A173,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="174" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="61">
+      <c r="A174" s="60">
         <v>164</v>
       </c>
-      <c r="B174" s="62" t="str">
+      <c r="B174" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A174,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A174,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C174" s="62" t="str">
+      <c r="C174" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A174,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A174,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D174" s="63" t="str">
+      <c r="D174" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A174,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A174,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E174" s="63" t="str">
+      <c r="E174" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A174,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A174,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F174" s="64" t="str">
+      <c r="F174" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A174,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A174,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="175" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="61">
+      <c r="A175" s="60">
         <v>165</v>
       </c>
-      <c r="B175" s="62" t="str">
+      <c r="B175" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A175,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A175,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C175" s="62" t="str">
+      <c r="C175" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A175,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A175,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D175" s="63" t="str">
+      <c r="D175" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A175,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A175,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E175" s="63" t="str">
+      <c r="E175" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A175,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A175,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F175" s="64" t="str">
+      <c r="F175" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A175,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A175,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="176" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A176" s="65">
+      <c r="A176" s="64">
         <v>166</v>
       </c>
-      <c r="B176" s="62" t="str">
+      <c r="B176" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A176,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A176,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C176" s="62" t="str">
+      <c r="C176" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A176,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A176,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D176" s="63" t="str">
+      <c r="D176" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A176,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A176,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E176" s="63" t="str">
+      <c r="E176" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A176,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A176,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F176" s="64" t="str">
+      <c r="F176" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A176,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A176,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="177" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A177" s="61">
+      <c r="A177" s="60">
         <v>167</v>
       </c>
-      <c r="B177" s="62" t="str">
+      <c r="B177" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A177,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A177,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C177" s="62" t="str">
+      <c r="C177" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A177,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A177,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D177" s="63" t="str">
+      <c r="D177" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A177,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A177,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E177" s="63" t="str">
+      <c r="E177" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A177,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A177,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F177" s="64" t="str">
+      <c r="F177" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A177,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A177,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="178" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A178" s="61">
+      <c r="A178" s="60">
         <v>168</v>
       </c>
-      <c r="B178" s="62" t="str">
+      <c r="B178" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A178,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A178,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C178" s="62" t="str">
+      <c r="C178" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A178,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A178,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D178" s="63" t="str">
+      <c r="D178" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A178,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A178,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E178" s="63" t="str">
+      <c r="E178" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A178,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A178,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F178" s="64" t="str">
+      <c r="F178" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A178,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A178,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="179" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A179" s="65">
+      <c r="A179" s="64">
         <v>169</v>
       </c>
-      <c r="B179" s="62" t="str">
+      <c r="B179" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A179,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A179,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C179" s="62" t="str">
+      <c r="C179" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A179,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A179,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D179" s="63" t="str">
+      <c r="D179" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A179,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A179,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E179" s="63" t="str">
+      <c r="E179" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A179,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A179,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F179" s="64" t="str">
+      <c r="F179" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A179,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A179,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="180" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A180" s="61">
+      <c r="A180" s="60">
         <v>170</v>
       </c>
-      <c r="B180" s="62" t="str">
+      <c r="B180" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A180,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A180,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C180" s="62" t="str">
+      <c r="C180" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A180,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A180,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D180" s="63" t="str">
+      <c r="D180" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A180,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A180,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E180" s="63" t="str">
+      <c r="E180" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A180,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A180,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F180" s="64" t="str">
+      <c r="F180" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A180,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A180,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="181" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A181" s="61">
+      <c r="A181" s="60">
         <v>171</v>
       </c>
-      <c r="B181" s="62" t="str">
+      <c r="B181" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A181,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A181,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C181" s="62" t="str">
+      <c r="C181" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A181,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A181,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D181" s="63" t="str">
+      <c r="D181" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A181,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A181,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E181" s="63" t="str">
+      <c r="E181" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A181,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A181,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F181" s="64" t="str">
+      <c r="F181" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A181,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A181,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="182" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="65">
+      <c r="A182" s="64">
         <v>172</v>
       </c>
-      <c r="B182" s="62" t="str">
+      <c r="B182" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A182,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A182,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C182" s="62" t="str">
+      <c r="C182" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A182,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A182,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D182" s="63" t="str">
+      <c r="D182" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A182,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A182,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E182" s="63" t="str">
+      <c r="E182" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A182,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A182,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F182" s="64" t="str">
+      <c r="F182" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A182,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A182,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="183" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A183" s="61">
+      <c r="A183" s="60">
         <v>173</v>
       </c>
-      <c r="B183" s="62" t="str">
+      <c r="B183" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A183,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A183,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C183" s="62" t="str">
+      <c r="C183" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A183,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A183,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D183" s="63" t="str">
+      <c r="D183" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A183,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A183,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E183" s="63" t="str">
+      <c r="E183" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A183,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A183,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F183" s="64" t="str">
+      <c r="F183" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A183,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A183,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="184" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A184" s="61">
+      <c r="A184" s="60">
         <v>174</v>
       </c>
-      <c r="B184" s="62" t="str">
+      <c r="B184" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A184,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A184,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C184" s="62" t="str">
+      <c r="C184" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A184,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A184,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D184" s="63" t="str">
+      <c r="D184" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A184,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A184,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E184" s="63" t="str">
+      <c r="E184" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A184,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A184,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F184" s="64" t="str">
+      <c r="F184" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A184,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A184,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="185" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A185" s="65">
+      <c r="A185" s="64">
         <v>175</v>
       </c>
-      <c r="B185" s="62" t="str">
+      <c r="B185" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A185,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A185,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C185" s="62" t="str">
+      <c r="C185" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A185,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A185,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D185" s="63" t="str">
+      <c r="D185" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A185,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A185,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E185" s="63" t="str">
+      <c r="E185" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A185,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A185,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F185" s="64" t="str">
+      <c r="F185" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A185,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A185,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="186" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A186" s="61">
+      <c r="A186" s="60">
         <v>176</v>
       </c>
-      <c r="B186" s="62" t="str">
+      <c r="B186" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A186,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A186,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C186" s="62" t="str">
+      <c r="C186" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A186,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A186,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D186" s="63" t="str">
+      <c r="D186" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A186,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A186,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E186" s="63" t="str">
+      <c r="E186" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A186,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A186,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F186" s="64" t="str">
+      <c r="F186" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A186,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A186,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="187" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A187" s="61">
+      <c r="A187" s="60">
         <v>177</v>
       </c>
-      <c r="B187" s="62" t="str">
+      <c r="B187" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A187,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A187,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C187" s="62" t="str">
+      <c r="C187" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A187,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A187,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D187" s="63" t="str">
+      <c r="D187" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A187,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A187,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E187" s="63" t="str">
+      <c r="E187" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A187,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A187,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F187" s="64" t="str">
+      <c r="F187" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A187,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A187,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="188" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A188" s="65">
+      <c r="A188" s="64">
         <v>178</v>
       </c>
-      <c r="B188" s="62" t="str">
+      <c r="B188" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A188,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A188,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C188" s="62" t="str">
+      <c r="C188" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A188,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A188,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D188" s="63" t="str">
+      <c r="D188" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A188,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A188,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E188" s="63" t="str">
+      <c r="E188" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A188,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A188,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F188" s="64" t="str">
+      <c r="F188" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A188,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A188,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="189" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A189" s="61">
+      <c r="A189" s="60">
         <v>179</v>
       </c>
-      <c r="B189" s="62" t="str">
+      <c r="B189" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A189,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A189,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C189" s="62" t="str">
+      <c r="C189" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A189,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A189,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D189" s="63" t="str">
+      <c r="D189" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A189,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A189,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E189" s="63" t="str">
+      <c r="E189" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A189,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A189,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F189" s="64" t="str">
+      <c r="F189" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A189,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A189,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="190" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A190" s="61">
+      <c r="A190" s="60">
         <v>180</v>
       </c>
-      <c r="B190" s="62" t="str">
+      <c r="B190" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A190,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A190,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C190" s="62" t="str">
+      <c r="C190" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A190,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A190,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D190" s="63" t="str">
+      <c r="D190" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A190,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A190,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E190" s="63" t="str">
+      <c r="E190" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A190,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A190,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F190" s="64" t="str">
+      <c r="F190" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A190,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A190,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="191" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A191" s="65">
+      <c r="A191" s="64">
         <v>181</v>
       </c>
-      <c r="B191" s="62" t="str">
+      <c r="B191" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A191,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A191,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C191" s="62" t="str">
+      <c r="C191" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A191,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A191,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D191" s="63" t="str">
+      <c r="D191" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A191,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A191,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E191" s="63" t="str">
+      <c r="E191" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A191,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A191,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F191" s="64" t="str">
+      <c r="F191" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A191,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A191,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="192" spans="1:6" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A192" s="61">
+      <c r="A192" s="60">
         <v>182</v>
       </c>
-      <c r="B192" s="62" t="str">
+      <c r="B192" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A192,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A192,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C192" s="62" t="str">
+      <c r="C192" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A192,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A192,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D192" s="63" t="str">
+      <c r="D192" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A192,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A192,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E192" s="63" t="str">
+      <c r="E192" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A192,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A192,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F192" s="64" t="str">
+      <c r="F192" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A192,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A192,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="193" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A193" s="61">
+      <c r="A193" s="60">
         <v>183</v>
       </c>
-      <c r="B193" s="62" t="str">
+      <c r="B193" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A193,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A193,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C193" s="62" t="str">
+      <c r="C193" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A193,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A193,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D193" s="63" t="str">
+      <c r="D193" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A193,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A193,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E193" s="63" t="str">
+      <c r="E193" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A193,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A193,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F193" s="64" t="str">
+      <c r="F193" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A193,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A193,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="194" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A194" s="65">
+      <c r="A194" s="64">
         <v>184</v>
       </c>
-      <c r="B194" s="62" t="str">
+      <c r="B194" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A194,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A194,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C194" s="62" t="str">
+      <c r="C194" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A194,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A194,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D194" s="63" t="str">
+      <c r="D194" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A194,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A194,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E194" s="63" t="str">
+      <c r="E194" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A194,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A194,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F194" s="64" t="str">
+      <c r="F194" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A194,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A194,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="195" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A195" s="61">
+      <c r="A195" s="60">
         <v>185</v>
       </c>
-      <c r="B195" s="62" t="str">
+      <c r="B195" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A195,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A195,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C195" s="62" t="str">
+      <c r="C195" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A195,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A195,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D195" s="63" t="str">
+      <c r="D195" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A195,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A195,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E195" s="63" t="str">
+      <c r="E195" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A195,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A195,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F195" s="64" t="str">
+      <c r="F195" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A195,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A195,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U195" s="177" t="str">
+      <c r="U195" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T195,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T195,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V195" s="177" t="str">
+      <c r="V195" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T195,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T195,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W195" s="182" t="str">
+      <c r="W195" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T195,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T195,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X195" s="182" t="str">
+      <c r="X195" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T195,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T195,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y195" s="182" t="str">
+      <c r="Y195" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T195,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T195,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="196" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A196" s="61">
+      <c r="A196" s="60">
         <v>186</v>
       </c>
-      <c r="B196" s="62" t="str">
+      <c r="B196" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A196,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A196,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C196" s="62" t="str">
+      <c r="C196" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A196,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A196,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D196" s="63" t="str">
+      <c r="D196" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A196,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A196,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E196" s="63" t="str">
+      <c r="E196" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A196,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A196,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F196" s="64" t="str">
+      <c r="F196" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A196,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A196,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="T196" s="183"/>
-      <c r="U196" s="177" t="str">
+      <c r="T196" s="173"/>
+      <c r="U196" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T196,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T196,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V196" s="177" t="str">
+      <c r="V196" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T196,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T196,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W196" s="182" t="str">
+      <c r="W196" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T196,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T196,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X196" s="182" t="str">
+      <c r="X196" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T196,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T196,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y196" s="182" t="str">
+      <c r="Y196" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T196,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T196,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="197" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A197" s="65">
+      <c r="A197" s="64">
         <v>187</v>
       </c>
-      <c r="B197" s="62" t="str">
+      <c r="B197" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A197,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A197,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C197" s="62" t="str">
+      <c r="C197" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A197,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A197,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D197" s="63" t="str">
+      <c r="D197" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A197,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A197,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E197" s="63" t="str">
+      <c r="E197" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A197,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A197,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F197" s="64" t="str">
+      <c r="F197" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A197,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A197,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U197" s="177" t="str">
+      <c r="U197" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T197,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T197,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V197" s="177" t="str">
+      <c r="V197" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T197,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T197,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W197" s="182" t="str">
+      <c r="W197" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T197,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T197,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X197" s="182" t="str">
+      <c r="X197" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T197,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T197,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y197" s="182" t="str">
+      <c r="Y197" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T197,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T197,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="198" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A198" s="61">
+      <c r="A198" s="60">
         <v>188</v>
       </c>
-      <c r="B198" s="62" t="str">
+      <c r="B198" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A198,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A198,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C198" s="62" t="str">
+      <c r="C198" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A198,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A198,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D198" s="63" t="str">
+      <c r="D198" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A198,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A198,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E198" s="63" t="str">
+      <c r="E198" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A198,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A198,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F198" s="64" t="str">
+      <c r="F198" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A198,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A198,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U198" s="177" t="str">
+      <c r="U198" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T198,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T198,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V198" s="177" t="str">
+      <c r="V198" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T198,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T198,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W198" s="182" t="str">
+      <c r="W198" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T198,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T198,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X198" s="182" t="str">
+      <c r="X198" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T198,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T198,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y198" s="182" t="str">
+      <c r="Y198" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T198,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T198,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="199" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A199" s="61">
+      <c r="A199" s="60">
         <v>189</v>
       </c>
-      <c r="B199" s="62" t="str">
+      <c r="B199" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A199,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A199,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C199" s="62" t="str">
+      <c r="C199" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A199,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A199,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D199" s="63" t="str">
+      <c r="D199" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A199,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A199,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E199" s="63" t="str">
+      <c r="E199" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A199,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A199,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F199" s="64" t="str">
+      <c r="F199" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A199,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A199,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="T199" s="183"/>
-      <c r="U199" s="177" t="str">
+      <c r="T199" s="173"/>
+      <c r="U199" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T199,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T199,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V199" s="177" t="str">
+      <c r="V199" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T199,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T199,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W199" s="182" t="str">
+      <c r="W199" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T199,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T199,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X199" s="182" t="str">
+      <c r="X199" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T199,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T199,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y199" s="182" t="str">
+      <c r="Y199" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T199,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T199,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="200" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A200" s="65">
+      <c r="A200" s="64">
         <v>190</v>
       </c>
-      <c r="B200" s="62" t="str">
+      <c r="B200" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A200,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A200,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C200" s="62" t="str">
+      <c r="C200" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A200,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A200,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D200" s="63" t="str">
+      <c r="D200" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A200,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A200,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E200" s="63" t="str">
+      <c r="E200" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A200,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A200,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F200" s="64" t="str">
+      <c r="F200" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A200,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A200,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U200" s="177" t="str">
+      <c r="U200" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T200,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T200,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V200" s="177" t="str">
+      <c r="V200" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T200,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T200,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W200" s="182" t="str">
+      <c r="W200" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T200,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T200,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X200" s="182" t="str">
+      <c r="X200" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T200,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T200,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y200" s="182" t="str">
+      <c r="Y200" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T200,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T200,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="201" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A201" s="61">
+      <c r="A201" s="60">
         <v>191</v>
       </c>
-      <c r="B201" s="62" t="str">
+      <c r="B201" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A201,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A201,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C201" s="62" t="str">
+      <c r="C201" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A201,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A201,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D201" s="63" t="str">
+      <c r="D201" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A201,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A201,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E201" s="63" t="str">
+      <c r="E201" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A201,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A201,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F201" s="64" t="str">
+      <c r="F201" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A201,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A201,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U201" s="177" t="str">
+      <c r="U201" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T201,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T201,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V201" s="177" t="str">
+      <c r="V201" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T201,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T201,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W201" s="182" t="str">
+      <c r="W201" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T201,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T201,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X201" s="182" t="str">
+      <c r="X201" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T201,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T201,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y201" s="182" t="str">
+      <c r="Y201" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T201,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T201,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="202" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A202" s="61">
+      <c r="A202" s="60">
         <v>192</v>
       </c>
-      <c r="B202" s="62" t="str">
+      <c r="B202" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A202,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A202,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C202" s="62" t="str">
+      <c r="C202" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A202,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A202,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D202" s="63" t="str">
+      <c r="D202" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A202,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A202,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E202" s="63" t="str">
+      <c r="E202" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A202,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A202,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F202" s="64" t="str">
+      <c r="F202" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A202,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A202,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="T202" s="183"/>
-      <c r="U202" s="177" t="str">
+      <c r="T202" s="173"/>
+      <c r="U202" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T202,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T202,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V202" s="177" t="str">
+      <c r="V202" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T202,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T202,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W202" s="182" t="str">
+      <c r="W202" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T202,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T202,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X202" s="182" t="str">
+      <c r="X202" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T202,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T202,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y202" s="182" t="str">
+      <c r="Y202" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T202,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T202,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="203" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A203" s="65">
+      <c r="A203" s="64">
         <v>193</v>
       </c>
-      <c r="B203" s="62" t="str">
+      <c r="B203" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A203,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A203,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C203" s="62" t="str">
+      <c r="C203" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A203,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A203,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D203" s="63" t="str">
+      <c r="D203" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A203,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A203,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E203" s="63" t="str">
+      <c r="E203" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A203,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A203,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F203" s="64" t="str">
+      <c r="F203" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A203,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A203,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U203" s="177" t="str">
+      <c r="U203" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T203,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T203,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V203" s="177" t="str">
+      <c r="V203" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T203,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T203,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W203" s="182" t="str">
+      <c r="W203" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T203,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T203,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X203" s="182" t="str">
+      <c r="X203" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T203,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T203,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y203" s="182" t="str">
+      <c r="Y203" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T203,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T203,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="204" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A204" s="61">
+      <c r="A204" s="60">
         <v>194</v>
       </c>
-      <c r="B204" s="62" t="str">
+      <c r="B204" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A204,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A204,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C204" s="62" t="str">
+      <c r="C204" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A204,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A204,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D204" s="63" t="str">
+      <c r="D204" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A204,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A204,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E204" s="63" t="str">
+      <c r="E204" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A204,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A204,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F204" s="64" t="str">
+      <c r="F204" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A204,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A204,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U204" s="177" t="str">
+      <c r="U204" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T204,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T204,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V204" s="177" t="str">
+      <c r="V204" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T204,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T204,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W204" s="182" t="str">
+      <c r="W204" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T204,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T204,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X204" s="182" t="str">
+      <c r="X204" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T204,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T204,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y204" s="182" t="str">
+      <c r="Y204" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T204,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T204,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="205" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A205" s="61">
+      <c r="A205" s="60">
         <v>195</v>
       </c>
-      <c r="B205" s="62" t="str">
+      <c r="B205" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A205,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A205,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C205" s="62" t="str">
+      <c r="C205" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A205,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A205,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D205" s="63" t="str">
+      <c r="D205" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A205,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A205,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E205" s="63" t="str">
+      <c r="E205" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A205,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A205,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F205" s="64" t="str">
+      <c r="F205" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A205,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A205,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="T205" s="183"/>
-      <c r="U205" s="177" t="str">
+      <c r="T205" s="173"/>
+      <c r="U205" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T205,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T205,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V205" s="177" t="str">
+      <c r="V205" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T205,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T205,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W205" s="182" t="str">
+      <c r="W205" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T205,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T205,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X205" s="182" t="str">
+      <c r="X205" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T205,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T205,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y205" s="182" t="str">
+      <c r="Y205" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T205,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T205,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="206" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A206" s="65">
+      <c r="A206" s="64">
         <v>196</v>
       </c>
-      <c r="B206" s="62" t="str">
+      <c r="B206" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A206,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A206,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C206" s="62" t="str">
+      <c r="C206" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A206,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A206,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D206" s="63" t="str">
+      <c r="D206" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A206,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A206,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E206" s="63" t="str">
+      <c r="E206" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A206,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A206,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F206" s="64" t="str">
+      <c r="F206" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A206,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A206,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U206" s="177" t="str">
+      <c r="U206" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T206,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T206,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V206" s="177" t="str">
+      <c r="V206" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T206,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T206,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W206" s="182" t="str">
+      <c r="W206" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T206,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T206,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X206" s="182" t="str">
+      <c r="X206" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T206,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T206,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y206" s="182" t="str">
+      <c r="Y206" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T206,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T206,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="207" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A207" s="61">
+      <c r="A207" s="60">
         <v>197</v>
       </c>
-      <c r="B207" s="62" t="str">
+      <c r="B207" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A207,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A207,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C207" s="62" t="str">
+      <c r="C207" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A207,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A207,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D207" s="63" t="str">
+      <c r="D207" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A207,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A207,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E207" s="63" t="str">
+      <c r="E207" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A207,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A207,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F207" s="64" t="str">
+      <c r="F207" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A207,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A207,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U207" s="177" t="str">
+      <c r="U207" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T207,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T207,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V207" s="177" t="str">
+      <c r="V207" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T207,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T207,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W207" s="182" t="str">
+      <c r="W207" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T207,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T207,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X207" s="182" t="str">
+      <c r="X207" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T207,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T207,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y207" s="182" t="str">
+      <c r="Y207" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T207,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T207,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="208" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A208" s="61">
+      <c r="A208" s="60">
         <v>198</v>
       </c>
-      <c r="B208" s="62" t="str">
+      <c r="B208" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A208,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A208,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C208" s="62" t="str">
+      <c r="C208" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A208,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A208,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D208" s="63" t="str">
+      <c r="D208" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A208,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A208,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E208" s="63" t="str">
+      <c r="E208" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A208,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A208,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F208" s="64" t="str">
+      <c r="F208" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A208,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A208,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="T208" s="183"/>
-      <c r="U208" s="177" t="str">
+      <c r="T208" s="173"/>
+      <c r="U208" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T208,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T208,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V208" s="177" t="str">
+      <c r="V208" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T208,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T208,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W208" s="182" t="str">
+      <c r="W208" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T208,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T208,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X208" s="182" t="str">
+      <c r="X208" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T208,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T208,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y208" s="182" t="str">
+      <c r="Y208" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T208,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T208,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="209" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A209" s="65">
+      <c r="A209" s="64">
         <v>199</v>
       </c>
-      <c r="B209" s="62" t="str">
+      <c r="B209" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A209,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A209,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C209" s="62" t="str">
+      <c r="C209" s="61" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A209,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A209,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D209" s="63" t="str">
+      <c r="D209" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A209,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A209,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E209" s="63" t="str">
+      <c r="E209" s="62" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A209,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A209,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F209" s="64" t="str">
+      <c r="F209" s="63" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A209,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A209,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U209" s="177" t="str">
+      <c r="U209" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T209,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T209,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V209" s="177" t="str">
+      <c r="V209" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T209,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T209,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W209" s="182" t="str">
+      <c r="W209" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T209,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T209,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X209" s="182" t="str">
+      <c r="X209" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T209,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T209,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y209" s="182" t="str">
+      <c r="Y209" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T209,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T209,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="210" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A210" s="66">
+      <c r="A210" s="65">
         <v>200</v>
       </c>
-      <c r="B210" s="67" t="str">
+      <c r="B210" s="66" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A210,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A210,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C210" s="67" t="str">
+      <c r="C210" s="66" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A210,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A210,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D210" s="68" t="str">
+      <c r="D210" s="67" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A210,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A210,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="E210" s="68" t="str">
+      <c r="E210" s="67" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A210,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A210,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="F210" s="69" t="str">
+      <c r="F210" s="68" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A210,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;A210,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="U210" s="177" t="str">
+      <c r="U210" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T210,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T210,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V210" s="177" t="str">
+      <c r="V210" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T210,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T210,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W210" s="182" t="str">
+      <c r="W210" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T210,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T210,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X210" s="182" t="str">
+      <c r="X210" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T210,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T210,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y210" s="182" t="str">
+      <c r="Y210" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T210,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T210,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="211" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="T211" s="183"/>
-      <c r="U211" s="177" t="str">
+      <c r="T211" s="173"/>
+      <c r="U211" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T211,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T211,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V211" s="177" t="str">
+      <c r="V211" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T211,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T211,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W211" s="182" t="str">
+      <c r="W211" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T211,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T211,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X211" s="182" t="str">
+      <c r="X211" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T211,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T211,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y211" s="182" t="str">
+      <c r="Y211" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T211,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T211,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="212" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="U212" s="177" t="str">
+      <c r="U212" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T212,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T212,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V212" s="177" t="str">
+      <c r="V212" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T212,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T212,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W212" s="182" t="str">
+      <c r="W212" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T212,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T212,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X212" s="182" t="str">
+      <c r="X212" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T212,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T212,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y212" s="182" t="str">
+      <c r="Y212" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T212,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T212,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="213" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="U213" s="177" t="str">
+      <c r="U213" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T213,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T213,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V213" s="177" t="str">
+      <c r="V213" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T213,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T213,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W213" s="182" t="str">
+      <c r="W213" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T213,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T213,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X213" s="182" t="str">
+      <c r="X213" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T213,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T213,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y213" s="182" t="str">
+      <c r="Y213" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T213,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T213,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="214" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="T214" s="183"/>
-      <c r="U214" s="177" t="str">
+      <c r="T214" s="173"/>
+      <c r="U214" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T214,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T214,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V214" s="177" t="str">
+      <c r="V214" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T214,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T214,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W214" s="182" t="str">
+      <c r="W214" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T214,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T214,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X214" s="182" t="str">
+      <c r="X214" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T214,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T214,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y214" s="182" t="str">
+      <c r="Y214" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T214,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T214,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="215" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="U215" s="177" t="str">
+      <c r="U215" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T215,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T215,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V215" s="177" t="str">
+      <c r="V215" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T215,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T215,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W215" s="182" t="str">
+      <c r="W215" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T215,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T215,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X215" s="182" t="str">
+      <c r="X215" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T215,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T215,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y215" s="182" t="str">
+      <c r="Y215" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T215,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T215,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="216" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
-      <c r="U216" s="177" t="str">
+      <c r="U216" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T216,'district and school data'!$P$2:$BP$2491,4,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T216,'district and school data'!$P$2:$BP$2491,4,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="V216" s="177" t="str">
+      <c r="V216" s="167" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T216,'district and school data'!$P$2:$BP$2491,5,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T216,'district and school data'!$P$2:$BP$2491,5,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="W216" s="182" t="str">
+      <c r="W216" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T216,'district and school data'!$P$2:$BP$2491,46,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T216,'district and school data'!$P$2:$BP$2491,46,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="X216" s="182" t="str">
+      <c r="X216" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T216,'district and school data'!$P$2:$BP$2491,47,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T216,'district and school data'!$P$2:$BP$2491,47,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="Y216" s="182" t="str">
+      <c r="Y216" s="172" t="str">
         <f>IF(ISNA(VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T216,'district and school data'!$P$2:$BP$2491,48,FALSE))," ",VLOOKUP(MID($D$5,1,3)&amp;$A$10&amp;T216,'district and school data'!$P$2:$BP$2491,48,FALSE))</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A8:F8"/>
     <mergeCell ref="A9:F9"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D5" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>districts</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
@@ -17603,9446 +17437,9271 @@
       <c r="Z93" s="14"/>
       <c r="AA93" s="14"/>
       <c r="AB93" s="14"/>
       <c r="AC93" s="14"/>
       <c r="AD93" s="14"/>
       <c r="AE93" s="14"/>
       <c r="AF93" s="14"/>
       <c r="AG93" s="14"/>
       <c r="AH93" s="14"/>
       <c r="AI93" s="9"/>
       <c r="AJ93" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AAA19BEA-9E98-4133-9504-613C06349597}">
-  <dimension ref="A1:XFC58"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{26512B16-1DB2-42C2-A130-B8B5300C1E0C}">
+  <dimension ref="A1:XFC63"/>
   <sheetViews>
-    <sheetView topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="R19" sqref="R19:W58"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:P1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.2" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.33203125" style="1" customWidth="1"/>
-    <col min="2" max="8" width="5.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="4.44140625" style="1" customWidth="1"/>
+    <col min="3" max="8" width="5.109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="5.6640625" style="1" customWidth="1"/>
     <col min="10" max="16" width="5.109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="3.6640625" style="1" customWidth="1"/>
-    <col min="18" max="18" width="5.6640625" style="138" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="23" max="23" width="18.109375" style="138" customWidth="1"/>
+    <col min="18" max="18" width="5.6640625" style="233" customWidth="1"/>
+    <col min="19" max="19" width="1.44140625" style="233" customWidth="1"/>
+    <col min="20" max="20" width="2.109375" style="233" customWidth="1"/>
+    <col min="21" max="21" width="9.109375" style="233" customWidth="1"/>
+    <col min="22" max="22" width="1.44140625" style="233" customWidth="1"/>
+    <col min="23" max="23" width="18.44140625" style="233" customWidth="1"/>
     <col min="24" max="24" width="2.6640625" style="1" hidden="1"/>
-    <col min="25" max="16383" width="9.109375" style="1" hidden="1"/>
+    <col min="25" max="16381" width="9.109375" style="1" hidden="1"/>
+    <col min="16382" max="16382" width="1.5546875" style="1" hidden="1" customWidth="1"/>
+    <col min="16383" max="16383" width="2.21875" style="1" hidden="1" customWidth="1"/>
     <col min="16384" max="16384" width="0.109375" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="26.4" customHeight="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-      <c r="B1" s="231" t="s">
+    <row r="1" spans="1:23" ht="28.2" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="75"/>
+      <c r="B1" s="250" t="s">
         <v>349</v>
       </c>
-      <c r="C1" s="232"/>
-[...13 lines deleted...]
-      <c r="R1" s="234" t="s">
+      <c r="C1" s="251"/>
+      <c r="D1" s="251"/>
+      <c r="E1" s="251"/>
+      <c r="F1" s="251"/>
+      <c r="G1" s="251"/>
+      <c r="H1" s="251"/>
+      <c r="I1" s="251"/>
+      <c r="J1" s="251"/>
+      <c r="K1" s="251"/>
+      <c r="L1" s="251"/>
+      <c r="M1" s="251"/>
+      <c r="N1" s="251"/>
+      <c r="O1" s="251"/>
+      <c r="P1" s="252"/>
+      <c r="R1" s="253" t="s">
         <v>278</v>
       </c>
-      <c r="S1" s="235"/>
-[...3 lines deleted...]
-      <c r="W1" s="236"/>
+      <c r="S1" s="254"/>
+      <c r="T1" s="254"/>
+      <c r="U1" s="254"/>
+      <c r="V1" s="254"/>
+      <c r="W1" s="255"/>
     </row>
     <row r="2" spans="1:23" ht="7.8" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="76"/>
-[...6 lines deleted...]
-      <c r="H2" s="241"/>
+      <c r="A2" s="75"/>
+      <c r="B2" s="259"/>
+      <c r="C2" s="259"/>
+      <c r="D2" s="259"/>
+      <c r="E2" s="260"/>
+      <c r="F2" s="260"/>
+      <c r="G2" s="260"/>
+      <c r="H2" s="260"/>
       <c r="I2" s="2"/>
-      <c r="J2" s="242"/>
-[...43 lines deleted...]
-      <c r="B4" s="255" t="s">
+      <c r="J2" s="261"/>
+      <c r="K2" s="262"/>
+      <c r="L2" s="262"/>
+      <c r="M2" s="262"/>
+      <c r="N2" s="263"/>
+      <c r="O2" s="263"/>
+      <c r="P2" s="263"/>
+      <c r="Q2" s="76"/>
+      <c r="R2" s="256"/>
+      <c r="S2" s="257"/>
+      <c r="T2" s="257"/>
+      <c r="U2" s="257"/>
+      <c r="V2" s="257"/>
+      <c r="W2" s="258"/>
+    </row>
+    <row r="3" spans="1:23" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="75"/>
+      <c r="B3" s="264" t="s">
+        <v>369</v>
+      </c>
+      <c r="C3" s="265"/>
+      <c r="D3" s="265"/>
+      <c r="E3" s="265"/>
+      <c r="F3" s="265"/>
+      <c r="G3" s="265"/>
+      <c r="H3" s="265"/>
+      <c r="I3" s="265"/>
+      <c r="J3" s="265"/>
+      <c r="K3" s="265"/>
+      <c r="L3" s="265"/>
+      <c r="M3" s="265"/>
+      <c r="N3" s="265"/>
+      <c r="O3" s="265"/>
+      <c r="P3" s="265"/>
+      <c r="Q3" s="76"/>
+      <c r="R3" s="256"/>
+      <c r="S3" s="257"/>
+      <c r="T3" s="257"/>
+      <c r="U3" s="257"/>
+      <c r="V3" s="257"/>
+      <c r="W3" s="258"/>
+    </row>
+    <row r="4" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A4" s="75"/>
+      <c r="B4" s="238" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="255"/>
-[...6 lines deleted...]
-      <c r="J4" s="255" t="s">
+      <c r="C4" s="239"/>
+      <c r="D4" s="239"/>
+      <c r="E4" s="239"/>
+      <c r="F4" s="239"/>
+      <c r="G4" s="239"/>
+      <c r="H4" s="240"/>
+      <c r="I4" s="82"/>
+      <c r="J4" s="238" t="s">
         <v>12</v>
       </c>
-      <c r="K4" s="255"/>
-[...6 lines deleted...]
-      <c r="R4" s="86"/>
+      <c r="K4" s="239"/>
+      <c r="L4" s="239"/>
+      <c r="M4" s="239"/>
+      <c r="N4" s="239"/>
+      <c r="O4" s="239"/>
+      <c r="P4" s="240"/>
+      <c r="Q4" s="76"/>
+      <c r="R4" s="85"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1" t="s">
         <v>276</v>
       </c>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
-    <row r="5" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B5" s="75" t="s">
+    <row r="5" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A5" s="75"/>
+      <c r="B5" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="75" t="s">
+      <c r="C5" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="75" t="s">
+      <c r="D5" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="75" t="s">
+      <c r="E5" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="F5" s="78" t="s">
+      <c r="F5" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="78" t="s">
+      <c r="G5" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H5" s="78" t="s">
+      <c r="H5" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I5" s="83"/>
-      <c r="J5" s="78" t="s">
+      <c r="I5" s="82"/>
+      <c r="J5" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="K5" s="78" t="s">
+      <c r="K5" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="L5" s="78" t="s">
+      <c r="L5" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M5" s="78" t="s">
+      <c r="M5" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N5" s="78" t="s">
+      <c r="N5" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O5" s="78" t="s">
+      <c r="O5" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P5" s="75" t="s">
+      <c r="P5" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q5" s="77"/>
-      <c r="R5" s="9"/>
+      <c r="Q5" s="76"/>
+      <c r="R5" s="15"/>
       <c r="S5" s="1"/>
-      <c r="T5" s="256"/>
-      <c r="U5" s="257"/>
+      <c r="T5" s="266"/>
+      <c r="U5" s="267"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
-    <row r="6" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D6" s="102">
+    <row r="6" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A6" s="75"/>
+      <c r="B6" s="140"/>
+      <c r="C6" s="141"/>
+      <c r="D6" s="141"/>
+      <c r="E6" s="157">
         <v>1</v>
       </c>
-      <c r="E6" s="96">
+      <c r="F6" s="161">
         <v>2</v>
       </c>
-      <c r="F6" s="94">
+      <c r="G6" s="161">
         <v>3</v>
       </c>
-      <c r="G6" s="94">
+      <c r="H6" s="158">
         <v>4</v>
       </c>
-      <c r="H6" s="93">
-[...8 lines deleted...]
-      <c r="O6" s="96">
+      <c r="I6" s="82"/>
+      <c r="J6" s="236"/>
+      <c r="K6" s="237"/>
+      <c r="L6" s="97"/>
+      <c r="M6" s="97"/>
+      <c r="N6" s="97"/>
+      <c r="O6" s="98"/>
+      <c r="P6" s="91">
         <v>1</v>
       </c>
-      <c r="P6" s="93">
-[...4 lines deleted...]
-      <c r="S6" s="1"/>
+      <c r="Q6" s="79"/>
+      <c r="R6" s="73"/>
+      <c r="S6" s="76"/>
       <c r="T6" s="1" t="s">
         <v>275</v>
       </c>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
-    <row r="7" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B7" s="95">
+    <row r="7" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A7" s="75"/>
+      <c r="B7" s="93">
+        <v>5</v>
+      </c>
+      <c r="C7" s="94">
         <v>6</v>
       </c>
-      <c r="C7" s="96">
+      <c r="D7" s="94">
         <v>7</v>
       </c>
-      <c r="D7" s="96">
+      <c r="E7" s="94">
         <v>8</v>
       </c>
-      <c r="E7" s="96">
+      <c r="F7" s="159">
         <v>9</v>
       </c>
-      <c r="F7" s="94">
+      <c r="G7" s="159">
         <v>10</v>
       </c>
-      <c r="G7" s="94">
+      <c r="H7" s="160">
         <v>11</v>
       </c>
-      <c r="H7" s="93">
-[...3 lines deleted...]
-      <c r="J7" s="93">
+      <c r="I7" s="82"/>
+      <c r="J7" s="91">
+        <v>2</v>
+      </c>
+      <c r="K7" s="99">
         <v>3</v>
       </c>
-      <c r="K7" s="101">
+      <c r="L7" s="92">
         <v>4</v>
       </c>
-      <c r="L7" s="94">
+      <c r="M7" s="92">
         <v>5</v>
       </c>
-      <c r="M7" s="94">
+      <c r="N7" s="92">
         <v>6</v>
       </c>
-      <c r="N7" s="94">
+      <c r="O7" s="92">
         <v>7</v>
       </c>
-      <c r="O7" s="94">
+      <c r="P7" s="91">
         <v>8</v>
       </c>
-      <c r="P7" s="93">
-[...3 lines deleted...]
-      <c r="R7" s="9"/>
+      <c r="Q7" s="76"/>
+      <c r="R7" s="15"/>
       <c r="S7" s="1"/>
-      <c r="T7" s="258"/>
-      <c r="U7" s="259"/>
+      <c r="T7" s="248"/>
+      <c r="U7" s="249"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="76"/>
-      <c r="B8" s="93">
+      <c r="A8" s="75"/>
+      <c r="B8" s="91">
+        <v>12</v>
+      </c>
+      <c r="C8" s="92">
         <v>13</v>
       </c>
-      <c r="C8" s="94">
+      <c r="D8" s="92">
         <v>14</v>
       </c>
-      <c r="D8" s="94">
+      <c r="E8" s="92">
         <v>15</v>
       </c>
-      <c r="E8" s="94">
+      <c r="F8" s="159">
         <v>16</v>
       </c>
-      <c r="F8" s="94">
+      <c r="G8" s="159">
         <v>17</v>
       </c>
-      <c r="G8" s="94">
+      <c r="H8" s="160">
         <v>18</v>
       </c>
-      <c r="H8" s="93">
-[...3 lines deleted...]
-      <c r="J8" s="93">
+      <c r="I8" s="82"/>
+      <c r="J8" s="91">
+        <v>9</v>
+      </c>
+      <c r="K8" s="92">
         <v>10</v>
       </c>
-      <c r="K8" s="94">
+      <c r="L8" s="92">
         <v>11</v>
       </c>
-      <c r="L8" s="94">
+      <c r="M8" s="92">
         <v>12</v>
       </c>
-      <c r="M8" s="94">
+      <c r="N8" s="92">
         <v>13</v>
       </c>
-      <c r="N8" s="94">
+      <c r="O8" s="92">
         <v>14</v>
       </c>
-      <c r="O8" s="94">
+      <c r="P8" s="91">
         <v>15</v>
       </c>
-      <c r="P8" s="93">
-[...4 lines deleted...]
-      <c r="S8" s="1"/>
+      <c r="Q8" s="79"/>
+      <c r="R8" s="133"/>
+      <c r="S8" s="76"/>
       <c r="T8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="76"/>
-      <c r="B9" s="93">
+      <c r="A9" s="75"/>
+      <c r="B9" s="91">
+        <v>19</v>
+      </c>
+      <c r="C9" s="92">
         <v>20</v>
       </c>
-      <c r="C9" s="94">
+      <c r="D9" s="92">
         <v>21</v>
       </c>
-      <c r="D9" s="94">
+      <c r="E9" s="92">
         <v>22</v>
       </c>
-      <c r="E9" s="94">
+      <c r="F9" s="159">
         <v>23</v>
       </c>
-      <c r="F9" s="94">
+      <c r="G9" s="159">
         <v>24</v>
       </c>
-      <c r="G9" s="94">
+      <c r="H9" s="160">
         <v>25</v>
       </c>
-      <c r="H9" s="93">
-[...3 lines deleted...]
-      <c r="J9" s="93">
+      <c r="I9" s="82"/>
+      <c r="J9" s="91">
+        <v>16</v>
+      </c>
+      <c r="K9" s="92">
         <v>17</v>
       </c>
-      <c r="K9" s="94">
+      <c r="L9" s="92">
         <v>18</v>
       </c>
-      <c r="L9" s="94">
+      <c r="M9" s="96">
         <v>19</v>
       </c>
-      <c r="M9" s="94">
+      <c r="N9" s="96">
         <v>20</v>
       </c>
-      <c r="N9" s="94">
+      <c r="O9" s="96">
         <v>21</v>
       </c>
-      <c r="O9" s="94">
+      <c r="P9" s="95">
         <v>22</v>
       </c>
-      <c r="P9" s="93">
-[...2 lines deleted...]
-      <c r="Q9" s="77"/>
+      <c r="Q9" s="76"/>
       <c r="R9" s="15"/>
       <c r="S9" s="1"/>
-      <c r="T9" s="258"/>
-      <c r="U9" s="259"/>
+      <c r="T9" s="248"/>
+      <c r="U9" s="249"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
-    <row r="10" spans="1:23" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B10" s="93">
+    <row r="10" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A10" s="75"/>
+      <c r="B10" s="91">
+        <v>26</v>
+      </c>
+      <c r="C10" s="92">
         <v>27</v>
       </c>
-      <c r="C10" s="94">
+      <c r="D10" s="92">
         <v>28</v>
       </c>
-      <c r="D10" s="94">
+      <c r="E10" s="92">
         <v>29</v>
       </c>
-      <c r="E10" s="94">
+      <c r="F10" s="159">
         <v>30</v>
       </c>
-      <c r="F10" s="86">
+      <c r="G10" s="159">
         <v>31</v>
       </c>
-      <c r="G10" s="250"/>
-[...2 lines deleted...]
-      <c r="J10" s="93">
+      <c r="H10" s="160"/>
+      <c r="I10" s="82"/>
+      <c r="J10" s="95">
+        <v>23</v>
+      </c>
+      <c r="K10" s="96">
         <v>24</v>
       </c>
-      <c r="K10" s="94">
+      <c r="L10" s="148">
         <v>25</v>
       </c>
-      <c r="L10" s="106">
+      <c r="M10" s="96">
         <v>26</v>
       </c>
-      <c r="M10" s="94">
+      <c r="N10" s="96">
         <v>27</v>
       </c>
-      <c r="N10" s="94">
+      <c r="O10" s="92">
         <v>28</v>
       </c>
-      <c r="O10" s="86">
+      <c r="P10" s="162">
         <v>29</v>
       </c>
-      <c r="P10" s="108">
-[...4 lines deleted...]
-      <c r="S10" s="77"/>
+      <c r="Q10" s="79"/>
+      <c r="R10" s="70"/>
+      <c r="S10" s="76"/>
       <c r="T10" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
-    <row r="11" spans="1:23" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="H11" s="2"/>
+    <row r="11" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="75"/>
+      <c r="B11" s="114"/>
+      <c r="C11" s="147"/>
+      <c r="D11" s="146"/>
+      <c r="E11" s="146"/>
+      <c r="F11" s="146"/>
+      <c r="G11" s="146"/>
+      <c r="H11" s="146"/>
       <c r="I11" s="2"/>
-      <c r="J11" s="119">
+      <c r="J11" s="115">
+        <v>30</v>
+      </c>
+      <c r="K11" s="120">
         <v>31</v>
       </c>
-      <c r="K11" s="263"/>
-[...6 lines deleted...]
-      <c r="R11" s="142"/>
+      <c r="L11" s="149"/>
+      <c r="M11" s="149"/>
+      <c r="N11" s="149"/>
+      <c r="O11" s="149"/>
+      <c r="P11" s="101"/>
+      <c r="Q11" s="76"/>
+      <c r="R11" s="134"/>
       <c r="S11" s="1"/>
-      <c r="T11" s="258"/>
-      <c r="U11" s="259"/>
+      <c r="T11" s="248"/>
+      <c r="U11" s="249"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="76"/>
-[...27 lines deleted...]
-      <c r="B13" s="255" t="s">
+      <c r="A12" s="75"/>
+      <c r="B12" s="241" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="255"/>
-[...6 lines deleted...]
-      <c r="J13" s="262" t="s">
+      <c r="C12" s="242"/>
+      <c r="D12" s="242"/>
+      <c r="E12" s="242"/>
+      <c r="F12" s="242"/>
+      <c r="G12" s="242"/>
+      <c r="H12" s="243"/>
+      <c r="I12" s="82"/>
+      <c r="J12" s="238" t="s">
         <v>14</v>
       </c>
-      <c r="K13" s="262"/>
-[...15 lines deleted...]
-      <c r="B14" s="75" t="s">
+      <c r="K12" s="239"/>
+      <c r="L12" s="239"/>
+      <c r="M12" s="239"/>
+      <c r="N12" s="239"/>
+      <c r="O12" s="239"/>
+      <c r="P12" s="240"/>
+      <c r="Q12" s="79"/>
+      <c r="R12" s="223" t="s">
+        <v>563</v>
+      </c>
+      <c r="S12" s="224"/>
+      <c r="T12" s="224"/>
+      <c r="U12" s="224"/>
+      <c r="V12" s="224"/>
+      <c r="W12" s="225"/>
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A13" s="75"/>
+      <c r="B13" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="75" t="s">
+      <c r="C13" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="D14" s="75" t="s">
+      <c r="D13" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="E14" s="78" t="s">
+      <c r="E13" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F14" s="78" t="s">
+      <c r="F13" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G14" s="78" t="s">
+      <c r="G13" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H14" s="78" t="s">
+      <c r="H13" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I14" s="83"/>
-      <c r="J14" s="75" t="s">
+      <c r="I13" s="82"/>
+      <c r="J13" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="K14" s="75" t="s">
+      <c r="K13" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="L14" s="75" t="s">
+      <c r="L13" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="M14" s="75" t="s">
+      <c r="M13" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="N14" s="75" t="s">
+      <c r="N13" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="O14" s="78" t="s">
+      <c r="O13" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P14" s="78" t="s">
+      <c r="P13" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q14" s="77"/>
-[...10 lines deleted...]
-      <c r="C15" s="102">
+      <c r="Q13" s="76"/>
+      <c r="R13" s="224"/>
+      <c r="S13" s="224"/>
+      <c r="T13" s="224"/>
+      <c r="U13" s="224"/>
+      <c r="V13" s="224"/>
+      <c r="W13" s="225"/>
+    </row>
+    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A14" s="75"/>
+      <c r="B14" s="140"/>
+      <c r="C14" s="141"/>
+      <c r="D14" s="120">
         <v>1</v>
       </c>
-      <c r="D15" s="96">
+      <c r="E14" s="120">
         <v>2</v>
       </c>
-      <c r="E15" s="96">
+      <c r="F14" s="120">
         <v>3</v>
       </c>
-      <c r="F15" s="91">
+      <c r="G14" s="92">
         <v>4</v>
       </c>
-      <c r="G15" s="87">
+      <c r="H14" s="91">
         <v>5</v>
       </c>
-      <c r="H15" s="107">
+      <c r="I14" s="82"/>
+      <c r="J14" s="140"/>
+      <c r="K14" s="97"/>
+      <c r="L14" s="97"/>
+      <c r="M14" s="98"/>
+      <c r="N14" s="104">
+        <v>1</v>
+      </c>
+      <c r="O14" s="104">
+        <v>2</v>
+      </c>
+      <c r="P14" s="113">
+        <v>3</v>
+      </c>
+      <c r="Q14" s="76"/>
+      <c r="R14" s="224"/>
+      <c r="S14" s="224"/>
+      <c r="T14" s="224"/>
+      <c r="U14" s="224"/>
+      <c r="V14" s="224"/>
+      <c r="W14" s="225"/>
+    </row>
+    <row r="15" spans="1:23" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A15" s="75"/>
+      <c r="B15" s="93">
         <v>6</v>
       </c>
-      <c r="I15" s="83"/>
-[...12 lines deleted...]
-      <c r="P15" s="107">
+      <c r="C15" s="100">
+        <v>7</v>
+      </c>
+      <c r="D15" s="94">
+        <v>8</v>
+      </c>
+      <c r="E15" s="92">
+        <v>9</v>
+      </c>
+      <c r="F15" s="92">
+        <v>10</v>
+      </c>
+      <c r="G15" s="92">
+        <v>11</v>
+      </c>
+      <c r="H15" s="91">
+        <v>12</v>
+      </c>
+      <c r="I15" s="82"/>
+      <c r="J15" s="93">
         <v>4</v>
       </c>
-      <c r="Q15" s="77"/>
-[...5 lines deleted...]
-      <c r="W15" s="253"/>
+      <c r="K15" s="94">
+        <v>5</v>
+      </c>
+      <c r="L15" s="94">
+        <v>6</v>
+      </c>
+      <c r="M15" s="94">
+        <v>7</v>
+      </c>
+      <c r="N15" s="94">
+        <v>8</v>
+      </c>
+      <c r="O15" s="92">
+        <v>9</v>
+      </c>
+      <c r="P15" s="91">
+        <v>10</v>
+      </c>
+      <c r="Q15" s="76"/>
+      <c r="R15" s="175"/>
+      <c r="S15" s="175"/>
+      <c r="T15" s="175"/>
+      <c r="U15" s="175"/>
+      <c r="V15" s="175"/>
+      <c r="W15" s="176"/>
     </row>
     <row r="16" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="76"/>
-[...12 lines deleted...]
-      <c r="F16" s="86">
+      <c r="A16" s="75"/>
+      <c r="B16" s="91">
+        <v>13</v>
+      </c>
+      <c r="C16" s="92">
+        <v>14</v>
+      </c>
+      <c r="D16" s="92">
+        <v>15</v>
+      </c>
+      <c r="E16" s="92">
+        <v>16</v>
+      </c>
+      <c r="F16" s="92">
+        <v>17</v>
+      </c>
+      <c r="G16" s="92">
+        <v>18</v>
+      </c>
+      <c r="H16" s="91">
+        <v>19</v>
+      </c>
+      <c r="I16" s="82"/>
+      <c r="J16" s="91">
         <v>11</v>
       </c>
-      <c r="G16" s="86">
+      <c r="K16" s="99">
         <v>12</v>
       </c>
-      <c r="H16" s="107">
+      <c r="L16" s="92">
         <v>13</v>
       </c>
-      <c r="I16" s="83"/>
-[...31 lines deleted...]
-      <c r="B17" s="107">
+      <c r="M16" s="92">
         <v>14</v>
       </c>
-      <c r="C17" s="86">
+      <c r="N16" s="92">
         <v>15</v>
       </c>
-      <c r="D17" s="86">
+      <c r="O16" s="92">
         <v>16</v>
       </c>
-      <c r="E17" s="86">
+      <c r="P16" s="91">
         <v>17</v>
       </c>
-      <c r="F17" s="86">
+      <c r="Q16" s="76"/>
+      <c r="R16" s="228"/>
+      <c r="S16" s="229"/>
+      <c r="T16" s="229"/>
+      <c r="U16" s="229"/>
+      <c r="V16" s="229"/>
+      <c r="W16" s="230"/>
+    </row>
+    <row r="17" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A17" s="75"/>
+      <c r="B17" s="91">
+        <v>20</v>
+      </c>
+      <c r="C17" s="92">
+        <v>21</v>
+      </c>
+      <c r="D17" s="92">
+        <v>22</v>
+      </c>
+      <c r="E17" s="92">
+        <v>23</v>
+      </c>
+      <c r="F17" s="92">
+        <v>24</v>
+      </c>
+      <c r="G17" s="92">
+        <v>25</v>
+      </c>
+      <c r="H17" s="91">
+        <v>26</v>
+      </c>
+      <c r="I17" s="82"/>
+      <c r="J17" s="91">
         <v>18</v>
       </c>
-      <c r="G17" s="86">
+      <c r="K17" s="92">
         <v>19</v>
       </c>
-      <c r="H17" s="107">
+      <c r="L17" s="92">
         <v>20</v>
       </c>
-      <c r="I17" s="83"/>
-[...27 lines deleted...]
-      <c r="W17" s="253"/>
+      <c r="M17" s="92">
+        <v>21</v>
+      </c>
+      <c r="N17" s="92">
+        <v>22</v>
+      </c>
+      <c r="O17" s="92">
+        <v>23</v>
+      </c>
+      <c r="P17" s="91">
+        <v>24</v>
+      </c>
+      <c r="Q17" s="76"/>
+      <c r="R17" s="231"/>
+      <c r="S17" s="229"/>
+      <c r="T17" s="229"/>
+      <c r="U17" s="229"/>
+      <c r="V17" s="229"/>
+      <c r="W17" s="230"/>
     </row>
     <row r="18" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="76"/>
-[...12 lines deleted...]
-      <c r="F18" s="86">
+      <c r="A18" s="75"/>
+      <c r="B18" s="91">
+        <v>27</v>
+      </c>
+      <c r="C18" s="92">
+        <v>28</v>
+      </c>
+      <c r="D18" s="92">
+        <v>29</v>
+      </c>
+      <c r="E18" s="99">
+        <v>30</v>
+      </c>
+      <c r="F18" s="140"/>
+      <c r="G18" s="97"/>
+      <c r="H18" s="98"/>
+      <c r="I18" s="82"/>
+      <c r="J18" s="91">
         <v>25</v>
       </c>
-      <c r="G18" s="86">
+      <c r="K18" s="92">
         <v>26</v>
       </c>
-      <c r="H18" s="107">
+      <c r="L18" s="92">
         <v>27</v>
       </c>
-      <c r="I18" s="83"/>
-[...31 lines deleted...]
-      <c r="B19" s="107">
+      <c r="M18" s="92">
         <v>28</v>
       </c>
-      <c r="C19" s="86">
+      <c r="N18" s="120">
         <v>29</v>
       </c>
-      <c r="D19" s="85">
+      <c r="O18" s="120">
         <v>30</v>
       </c>
-      <c r="E19" s="230"/>
-[...19 lines deleted...]
-      <c r="O19" s="86">
+      <c r="P18" s="162">
         <v>31</v>
       </c>
-      <c r="P19" s="124"/>
-[...8 lines deleted...]
-      <c r="W19" s="271"/>
+      <c r="Q18" s="76"/>
+      <c r="R18" s="231"/>
+      <c r="S18" s="229"/>
+      <c r="T18" s="229"/>
+      <c r="U18" s="229"/>
+      <c r="V18" s="229"/>
+      <c r="W18" s="230"/>
+    </row>
+    <row r="19" spans="1:23" ht="1.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="75"/>
+      <c r="B19" s="4"/>
+      <c r="C19" s="4"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="4"/>
+      <c r="H19" s="4"/>
+      <c r="I19" s="82"/>
+      <c r="J19" s="114"/>
+      <c r="K19" s="114"/>
+      <c r="L19" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="M19" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="N19" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="O19" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="P19" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q19" s="76"/>
+      <c r="R19" s="129"/>
+      <c r="S19" s="130"/>
+      <c r="T19" s="130"/>
+      <c r="U19" s="130"/>
+      <c r="V19" s="130"/>
+      <c r="W19" s="131"/>
     </row>
     <row r="20" spans="1:23" ht="4.8" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="76"/>
+      <c r="A20" s="75"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
-      <c r="Q20" s="77"/>
-[...9 lines deleted...]
-      <c r="B21" s="255" t="s">
+      <c r="Q20" s="76"/>
+      <c r="R20" s="129"/>
+      <c r="S20" s="130"/>
+      <c r="T20" s="130"/>
+      <c r="U20" s="130"/>
+      <c r="V20" s="130"/>
+      <c r="W20" s="131"/>
+    </row>
+    <row r="21" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A21" s="75"/>
+      <c r="B21" s="238" t="s">
         <v>15</v>
       </c>
-      <c r="C21" s="255"/>
-[...6 lines deleted...]
-      <c r="J21" s="255" t="s">
+      <c r="C21" s="239"/>
+      <c r="D21" s="239"/>
+      <c r="E21" s="239"/>
+      <c r="F21" s="239"/>
+      <c r="G21" s="239"/>
+      <c r="H21" s="240"/>
+      <c r="I21" s="82"/>
+      <c r="J21" s="241" t="s">
         <v>16</v>
       </c>
-      <c r="K21" s="255"/>
-[...15 lines deleted...]
-      <c r="B22" s="78" t="s">
+      <c r="K21" s="242"/>
+      <c r="L21" s="242"/>
+      <c r="M21" s="242"/>
+      <c r="N21" s="242"/>
+      <c r="O21" s="242"/>
+      <c r="P21" s="243"/>
+      <c r="Q21" s="76"/>
+      <c r="R21" s="232" t="s">
+        <v>366</v>
+      </c>
+      <c r="W21" s="234"/>
+    </row>
+    <row r="22" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A22" s="75"/>
+      <c r="B22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C22" s="78" t="s">
+      <c r="C22" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D22" s="78" t="s">
+      <c r="D22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E22" s="78" t="s">
+      <c r="E22" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F22" s="78" t="s">
+      <c r="F22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G22" s="78" t="s">
+      <c r="G22" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H22" s="78" t="s">
+      <c r="H22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I22" s="83"/>
-      <c r="J22" s="78" t="s">
+      <c r="I22" s="82"/>
+      <c r="J22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="K22" s="78" t="s">
+      <c r="K22" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="L22" s="78" t="s">
+      <c r="L22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M22" s="78" t="s">
+      <c r="M22" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N22" s="78" t="s">
+      <c r="N22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O22" s="78" t="s">
+      <c r="O22" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P22" s="78" t="s">
+      <c r="P22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q22" s="77"/>
-[...5 lines deleted...]
-      <c r="W22" s="271"/>
+      <c r="Q22" s="76"/>
+      <c r="R22" s="235"/>
+      <c r="W22" s="234"/>
     </row>
     <row r="23" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="76"/>
-[...6 lines deleted...]
-      <c r="H23" s="107">
+      <c r="A23" s="75"/>
+      <c r="B23" s="150">
         <v>1</v>
       </c>
-      <c r="I23" s="83"/>
-[...1 lines deleted...]
-      <c r="K23" s="89">
+      <c r="C23" s="120">
+        <v>2</v>
+      </c>
+      <c r="D23" s="120">
+        <v>3</v>
+      </c>
+      <c r="E23" s="92">
+        <v>4</v>
+      </c>
+      <c r="F23" s="92">
+        <v>5</v>
+      </c>
+      <c r="G23" s="92">
+        <v>6</v>
+      </c>
+      <c r="H23" s="91">
+        <v>7</v>
+      </c>
+      <c r="I23" s="82"/>
+      <c r="J23" s="143"/>
+      <c r="K23" s="144"/>
+      <c r="L23" s="163">
         <v>1</v>
       </c>
-      <c r="L23" s="89">
+      <c r="M23" s="163">
         <v>2</v>
       </c>
-      <c r="M23" s="89">
+      <c r="N23" s="163">
         <v>3</v>
       </c>
-      <c r="N23" s="89">
+      <c r="O23" s="92">
         <v>4</v>
       </c>
-      <c r="O23" s="86">
+      <c r="P23" s="91">
         <v>5</v>
       </c>
-      <c r="P23" s="107">
+      <c r="Q23" s="76"/>
+      <c r="R23" s="235"/>
+      <c r="W23" s="234"/>
+    </row>
+    <row r="24" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A24" s="75"/>
+      <c r="B24" s="91">
+        <v>8</v>
+      </c>
+      <c r="C24" s="92">
+        <v>9</v>
+      </c>
+      <c r="D24" s="92">
+        <v>10</v>
+      </c>
+      <c r="E24" s="99">
+        <v>11</v>
+      </c>
+      <c r="F24" s="92">
+        <v>12</v>
+      </c>
+      <c r="G24" s="92">
+        <v>13</v>
+      </c>
+      <c r="H24" s="113">
+        <v>14</v>
+      </c>
+      <c r="I24" s="82"/>
+      <c r="J24" s="91">
         <v>6</v>
       </c>
-      <c r="Q23" s="77"/>
-[...24 lines deleted...]
-      <c r="G24" s="86">
+      <c r="K24" s="92">
         <v>7</v>
       </c>
-      <c r="H24" s="107">
+      <c r="L24" s="92">
         <v>8</v>
       </c>
-      <c r="I24" s="83"/>
-[...6 lines deleted...]
-      <c r="L24" s="89">
+      <c r="M24" s="92">
         <v>9</v>
       </c>
-      <c r="M24" s="89">
+      <c r="N24" s="92">
         <v>10</v>
       </c>
-      <c r="N24" s="89">
+      <c r="O24" s="92">
         <v>11</v>
       </c>
-      <c r="O24" s="86">
+      <c r="P24" s="91">
         <v>12</v>
       </c>
-      <c r="P24" s="107">
+      <c r="Q24" s="76"/>
+      <c r="R24" s="235"/>
+      <c r="W24" s="234"/>
+    </row>
+    <row r="25" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="75"/>
+      <c r="B25" s="91">
+        <v>15</v>
+      </c>
+      <c r="C25" s="92">
+        <v>16</v>
+      </c>
+      <c r="D25" s="92">
+        <v>17</v>
+      </c>
+      <c r="E25" s="92">
+        <v>18</v>
+      </c>
+      <c r="F25" s="92">
+        <v>19</v>
+      </c>
+      <c r="G25" s="92">
+        <v>20</v>
+      </c>
+      <c r="H25" s="91">
+        <v>21</v>
+      </c>
+      <c r="I25" s="82"/>
+      <c r="J25" s="91">
         <v>13</v>
       </c>
-      <c r="Q24" s="77"/>
-[...24 lines deleted...]
-      <c r="G25" s="86">
+      <c r="K25" s="92">
         <v>14</v>
       </c>
-      <c r="H25" s="107">
+      <c r="L25" s="92">
         <v>15</v>
       </c>
-      <c r="I25" s="83"/>
-[...6 lines deleted...]
-      <c r="L25" s="86">
+      <c r="M25" s="92">
         <v>16</v>
       </c>
-      <c r="M25" s="86">
+      <c r="N25" s="92">
         <v>17</v>
       </c>
-      <c r="N25" s="86">
+      <c r="O25" s="92">
         <v>18</v>
       </c>
-      <c r="O25" s="86">
+      <c r="P25" s="91">
         <v>19</v>
       </c>
-      <c r="P25" s="107">
+      <c r="Q25" s="76"/>
+      <c r="R25" s="235"/>
+      <c r="W25" s="234"/>
+    </row>
+    <row r="26" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="75"/>
+      <c r="B26" s="91">
+        <v>22</v>
+      </c>
+      <c r="C26" s="92">
+        <v>23</v>
+      </c>
+      <c r="D26" s="92">
+        <v>24</v>
+      </c>
+      <c r="E26" s="92">
+        <v>25</v>
+      </c>
+      <c r="F26" s="92">
+        <v>26</v>
+      </c>
+      <c r="G26" s="92">
+        <v>27</v>
+      </c>
+      <c r="H26" s="91">
+        <v>28</v>
+      </c>
+      <c r="I26" s="82"/>
+      <c r="J26" s="91">
         <v>20</v>
       </c>
-      <c r="Q25" s="77"/>
-[...24 lines deleted...]
-      <c r="G26" s="88">
+      <c r="K26" s="92">
         <v>21</v>
       </c>
-      <c r="H26" s="111">
+      <c r="L26" s="92">
         <v>22</v>
       </c>
-      <c r="I26" s="83"/>
-[...6 lines deleted...]
-      <c r="L26" s="86">
+      <c r="M26" s="92">
         <v>23</v>
       </c>
-      <c r="M26" s="86">
+      <c r="N26" s="92">
         <v>24</v>
       </c>
-      <c r="N26" s="85">
+      <c r="O26" s="99">
         <v>25</v>
       </c>
-      <c r="O26" s="88">
+      <c r="P26" s="91">
         <v>26</v>
       </c>
-      <c r="P26" s="111">
+      <c r="Q26" s="76"/>
+      <c r="R26" s="235"/>
+      <c r="W26" s="234"/>
+    </row>
+    <row r="27" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="75"/>
+      <c r="B27" s="91">
+        <v>29</v>
+      </c>
+      <c r="C27" s="92">
+        <v>30</v>
+      </c>
+      <c r="D27" s="140"/>
+      <c r="E27" s="97"/>
+      <c r="F27" s="97"/>
+      <c r="G27" s="244"/>
+      <c r="H27" s="245"/>
+      <c r="I27" s="82"/>
+      <c r="J27" s="113">
         <v>27</v>
       </c>
-      <c r="Q26" s="77"/>
-[...24 lines deleted...]
-      <c r="G27" s="90">
+      <c r="K27" s="92">
         <v>28</v>
       </c>
-      <c r="H27" s="110">
+      <c r="L27" s="92">
         <v>29</v>
       </c>
-      <c r="I27" s="83"/>
-[...6 lines deleted...]
-      <c r="L27" s="86">
+      <c r="M27" s="92">
         <v>30</v>
       </c>
-      <c r="M27" s="86">
+      <c r="N27" s="92">
         <v>31</v>
       </c>
-      <c r="N27" s="129"/>
-[...2418 lines deleted...]
-      <c r="W27" s="271"/>
+      <c r="O27" s="140"/>
+      <c r="P27" s="98"/>
+      <c r="Q27" s="76"/>
+      <c r="R27" s="235"/>
+      <c r="W27" s="234"/>
     </row>
     <row r="28" spans="1:23" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="76"/>
-[...17 lines deleted...]
-      <c r="W28" s="271"/>
+      <c r="A28" s="75"/>
+      <c r="B28" s="80"/>
+      <c r="C28" s="80"/>
+      <c r="D28" s="80"/>
+      <c r="E28" s="80"/>
+      <c r="F28" s="80"/>
+      <c r="G28" s="80"/>
+      <c r="H28" s="80"/>
+      <c r="I28" s="81"/>
+      <c r="J28" s="145"/>
+      <c r="K28" s="246"/>
+      <c r="L28" s="247"/>
+      <c r="M28" s="247"/>
+      <c r="N28" s="247"/>
+      <c r="O28" s="247"/>
+      <c r="P28" s="247"/>
+      <c r="Q28" s="76"/>
+      <c r="R28" s="235"/>
+      <c r="W28" s="234"/>
     </row>
     <row r="29" spans="1:23" ht="1.8" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="76"/>
+      <c r="A29" s="75"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="4"/>
       <c r="J29" s="4"/>
       <c r="K29" s="4"/>
       <c r="L29" s="4"/>
       <c r="M29" s="4"/>
       <c r="N29" s="4"/>
       <c r="O29" s="4"/>
       <c r="P29" s="4"/>
-      <c r="Q29" s="77"/>
-[...1 lines deleted...]
-      <c r="W29" s="271"/>
+      <c r="Q29" s="76"/>
+      <c r="R29" s="235"/>
+      <c r="W29" s="234"/>
     </row>
     <row r="30" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A30" s="76"/>
-      <c r="B30" s="277" t="s">
+      <c r="A30" s="75"/>
+      <c r="B30" s="238" t="s">
         <v>0</v>
       </c>
-      <c r="C30" s="278"/>
-[...6 lines deleted...]
-      <c r="J30" s="283" t="s">
+      <c r="C30" s="239"/>
+      <c r="D30" s="239"/>
+      <c r="E30" s="239"/>
+      <c r="F30" s="239"/>
+      <c r="G30" s="239"/>
+      <c r="H30" s="240"/>
+      <c r="I30" s="82"/>
+      <c r="J30" s="241" t="s">
         <v>1</v>
       </c>
-      <c r="K30" s="284"/>
-[...7 lines deleted...]
-      <c r="W30" s="271"/>
+      <c r="K30" s="242"/>
+      <c r="L30" s="242"/>
+      <c r="M30" s="242"/>
+      <c r="N30" s="242"/>
+      <c r="O30" s="242"/>
+      <c r="P30" s="243"/>
+      <c r="Q30" s="76"/>
+      <c r="R30" s="235"/>
+      <c r="W30" s="234"/>
     </row>
     <row r="31" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A31" s="76"/>
-      <c r="B31" s="78" t="s">
+      <c r="A31" s="75"/>
+      <c r="B31" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C31" s="78" t="s">
+      <c r="C31" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D31" s="78" t="s">
+      <c r="D31" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E31" s="78" t="s">
+      <c r="E31" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F31" s="78" t="s">
+      <c r="F31" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G31" s="78" t="s">
+      <c r="G31" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H31" s="78" t="s">
+      <c r="H31" s="77" t="s">
         <v>2</v>
       </c>
       <c r="I31" s="3"/>
-      <c r="J31" s="78" t="s">
+      <c r="J31" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="K31" s="78" t="s">
+      <c r="K31" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="L31" s="78" t="s">
+      <c r="L31" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M31" s="78" t="s">
+      <c r="M31" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N31" s="78" t="s">
+      <c r="N31" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O31" s="78" t="s">
+      <c r="O31" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P31" s="78" t="s">
+      <c r="P31" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q31" s="77"/>
-[...1 lines deleted...]
-      <c r="W31" s="271"/>
+      <c r="Q31" s="76"/>
+      <c r="R31" s="235"/>
+      <c r="W31" s="234"/>
     </row>
     <row r="32" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="76"/>
-[...5 lines deleted...]
-      <c r="G32" s="101">
+      <c r="A32" s="75"/>
+      <c r="B32" s="140"/>
+      <c r="C32" s="97"/>
+      <c r="D32" s="97"/>
+      <c r="E32" s="97"/>
+      <c r="F32" s="98"/>
+      <c r="G32" s="99">
         <v>1</v>
       </c>
-      <c r="H32" s="93">
+      <c r="H32" s="91">
         <v>2</v>
       </c>
       <c r="I32" s="3"/>
-      <c r="J32" s="150"/>
-      <c r="K32" s="125">
+      <c r="J32" s="140"/>
+      <c r="K32" s="120">
         <v>1</v>
       </c>
-      <c r="L32" s="125">
+      <c r="L32" s="120">
         <v>2</v>
       </c>
-      <c r="M32" s="125">
+      <c r="M32" s="120">
         <v>3</v>
       </c>
-      <c r="N32" s="94">
+      <c r="N32" s="92">
         <v>4</v>
       </c>
-      <c r="O32" s="94">
+      <c r="O32" s="92">
         <v>5</v>
       </c>
-      <c r="P32" s="93">
+      <c r="P32" s="91">
         <v>6</v>
       </c>
-      <c r="Q32" s="77"/>
-[...1 lines deleted...]
-      <c r="W32" s="271"/>
+      <c r="Q32" s="76"/>
+      <c r="R32" s="235"/>
+      <c r="W32" s="234"/>
     </row>
     <row r="33" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A33" s="76"/>
-      <c r="B33" s="93">
+      <c r="A33" s="75"/>
+      <c r="B33" s="91">
         <v>3</v>
       </c>
-      <c r="C33" s="94">
+      <c r="C33" s="92">
         <v>4</v>
       </c>
-      <c r="D33" s="94">
+      <c r="D33" s="92">
         <v>5</v>
       </c>
-      <c r="E33" s="94">
+      <c r="E33" s="92">
         <v>6</v>
       </c>
-      <c r="F33" s="94">
+      <c r="F33" s="92">
         <v>7</v>
       </c>
-      <c r="G33" s="94">
+      <c r="G33" s="92">
         <v>8</v>
       </c>
-      <c r="H33" s="93">
+      <c r="H33" s="91">
         <v>9</v>
       </c>
       <c r="I33" s="3"/>
-      <c r="J33" s="93">
+      <c r="J33" s="91">
         <v>7</v>
       </c>
-      <c r="K33" s="94">
+      <c r="K33" s="92">
         <v>8</v>
       </c>
-      <c r="L33" s="94">
+      <c r="L33" s="92">
         <v>9</v>
       </c>
-      <c r="M33" s="94">
+      <c r="M33" s="92">
         <v>10</v>
       </c>
-      <c r="N33" s="94">
+      <c r="N33" s="92">
         <v>11</v>
       </c>
-      <c r="O33" s="94">
+      <c r="O33" s="92">
         <v>12</v>
       </c>
-      <c r="P33" s="93">
+      <c r="P33" s="91">
         <v>13</v>
       </c>
-      <c r="Q33" s="77"/>
-[...1 lines deleted...]
-      <c r="W33" s="271"/>
+      <c r="Q33" s="76"/>
+      <c r="R33" s="235"/>
+      <c r="W33" s="234"/>
     </row>
     <row r="34" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A34" s="76"/>
-      <c r="B34" s="93">
+      <c r="A34" s="75"/>
+      <c r="B34" s="91">
         <v>10</v>
       </c>
-      <c r="C34" s="94">
+      <c r="C34" s="92">
         <v>11</v>
       </c>
-      <c r="D34" s="94">
+      <c r="D34" s="92">
         <v>12</v>
       </c>
-      <c r="E34" s="94">
+      <c r="E34" s="92">
         <v>13</v>
       </c>
-      <c r="F34" s="94">
+      <c r="F34" s="92">
         <v>14</v>
       </c>
-      <c r="G34" s="94">
+      <c r="G34" s="92">
         <v>15</v>
       </c>
-      <c r="H34" s="93">
+      <c r="H34" s="91">
         <v>16</v>
       </c>
       <c r="I34" s="3"/>
-      <c r="J34" s="93">
+      <c r="J34" s="91">
         <v>14</v>
       </c>
-      <c r="K34" s="101">
+      <c r="K34" s="99">
         <v>15</v>
       </c>
-      <c r="L34" s="94">
+      <c r="L34" s="92">
         <v>16</v>
       </c>
-      <c r="M34" s="94">
+      <c r="M34" s="92">
         <v>17</v>
       </c>
-      <c r="N34" s="94">
+      <c r="N34" s="92">
         <v>18</v>
       </c>
-      <c r="O34" s="94">
+      <c r="O34" s="92">
         <v>19</v>
       </c>
-      <c r="P34" s="93">
+      <c r="P34" s="91">
         <v>20</v>
       </c>
-      <c r="Q34" s="77"/>
-[...1 lines deleted...]
-      <c r="W34" s="271"/>
+      <c r="Q34" s="76"/>
+      <c r="R34" s="235"/>
+      <c r="W34" s="234"/>
     </row>
     <row r="35" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="76"/>
-      <c r="B35" s="93">
+      <c r="A35" s="75"/>
+      <c r="B35" s="91">
         <v>17</v>
       </c>
-      <c r="C35" s="94">
+      <c r="C35" s="92">
         <v>18</v>
       </c>
-      <c r="D35" s="94">
+      <c r="D35" s="92">
         <v>19</v>
       </c>
-      <c r="E35" s="94">
+      <c r="E35" s="92">
         <v>20</v>
       </c>
-      <c r="F35" s="94">
+      <c r="F35" s="92">
         <v>21</v>
       </c>
-      <c r="G35" s="94">
+      <c r="G35" s="92">
         <v>22</v>
       </c>
-      <c r="H35" s="93">
+      <c r="H35" s="91">
         <v>23</v>
       </c>
       <c r="I35" s="3"/>
-      <c r="J35" s="93">
+      <c r="J35" s="91">
         <v>21</v>
       </c>
-      <c r="K35" s="94">
+      <c r="K35" s="92">
         <v>22</v>
       </c>
-      <c r="L35" s="94">
+      <c r="L35" s="92">
         <v>23</v>
       </c>
-      <c r="M35" s="94">
+      <c r="M35" s="92">
         <v>24</v>
       </c>
-      <c r="N35" s="94">
+      <c r="N35" s="92">
         <v>25</v>
       </c>
-      <c r="O35" s="94">
+      <c r="O35" s="92">
         <v>26</v>
       </c>
-      <c r="P35" s="93">
+      <c r="P35" s="91">
         <v>27</v>
       </c>
-      <c r="Q35" s="77"/>
-[...1 lines deleted...]
-      <c r="W35" s="271"/>
+      <c r="Q35" s="76"/>
+      <c r="R35" s="235"/>
+      <c r="W35" s="234"/>
     </row>
     <row r="36" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="76"/>
-      <c r="B36" s="93">
+      <c r="A36" s="75"/>
+      <c r="B36" s="91">
         <v>24</v>
       </c>
-      <c r="C36" s="94">
+      <c r="C36" s="92">
         <v>25</v>
       </c>
-      <c r="D36" s="94">
+      <c r="D36" s="92">
         <v>26</v>
       </c>
-      <c r="E36" s="94">
+      <c r="E36" s="92">
         <v>27</v>
       </c>
-      <c r="F36" s="94">
+      <c r="F36" s="92">
         <v>28</v>
       </c>
-      <c r="G36" s="94">
+      <c r="G36" s="92">
         <v>29</v>
       </c>
-      <c r="H36" s="161">
+      <c r="H36" s="151">
         <v>30</v>
       </c>
       <c r="I36" s="4"/>
-      <c r="J36" s="93">
+      <c r="J36" s="91">
         <v>28</v>
       </c>
-      <c r="K36" s="150"/>
-[...7 lines deleted...]
-      <c r="W36" s="271"/>
+      <c r="K36" s="140"/>
+      <c r="L36" s="97"/>
+      <c r="M36" s="97"/>
+      <c r="N36" s="97"/>
+      <c r="O36" s="244"/>
+      <c r="P36" s="245"/>
+      <c r="Q36" s="76"/>
+      <c r="R36" s="235"/>
+      <c r="W36" s="234"/>
     </row>
     <row r="37" spans="1:23" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="76"/>
-      <c r="B37" s="119">
+      <c r="A37" s="75"/>
+      <c r="B37" s="115">
         <v>31</v>
       </c>
-      <c r="C37" s="159"/>
-[...4 lines deleted...]
-      <c r="H37" s="103"/>
+      <c r="C37" s="149"/>
+      <c r="D37" s="149"/>
+      <c r="E37" s="149"/>
+      <c r="F37" s="149"/>
+      <c r="G37" s="149"/>
+      <c r="H37" s="101"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
-      <c r="Q37" s="77"/>
-[...1 lines deleted...]
-      <c r="W37" s="271"/>
+      <c r="Q37" s="76"/>
+      <c r="R37" s="235"/>
+      <c r="W37" s="234"/>
     </row>
     <row r="38" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="76"/>
-      <c r="B38" s="79"/>
+      <c r="A38" s="75"/>
+      <c r="B38" s="78"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
       <c r="K38" s="2"/>
       <c r="L38" s="2"/>
       <c r="M38" s="2"/>
       <c r="N38" s="2"/>
       <c r="O38" s="2"/>
       <c r="P38" s="2"/>
-      <c r="Q38" s="77"/>
-[...1 lines deleted...]
-      <c r="W38" s="271"/>
+      <c r="Q38" s="76"/>
+      <c r="R38" s="235"/>
+      <c r="W38" s="234"/>
     </row>
     <row r="39" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A39" s="76"/>
-      <c r="B39" s="283" t="s">
+      <c r="A39" s="75"/>
+      <c r="B39" s="241" t="s">
         <v>7</v>
       </c>
-      <c r="C39" s="284"/>
-[...6 lines deleted...]
-      <c r="J39" s="277" t="s">
+      <c r="C39" s="242"/>
+      <c r="D39" s="242"/>
+      <c r="E39" s="242"/>
+      <c r="F39" s="242"/>
+      <c r="G39" s="242"/>
+      <c r="H39" s="243"/>
+      <c r="I39" s="82"/>
+      <c r="J39" s="238" t="s">
         <v>8</v>
       </c>
-      <c r="K39" s="278"/>
-[...7 lines deleted...]
-      <c r="W39" s="271"/>
+      <c r="K39" s="239"/>
+      <c r="L39" s="239"/>
+      <c r="M39" s="239"/>
+      <c r="N39" s="239"/>
+      <c r="O39" s="239"/>
+      <c r="P39" s="240"/>
+      <c r="Q39" s="76"/>
+      <c r="R39" s="235"/>
+      <c r="W39" s="234"/>
     </row>
     <row r="40" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A40" s="76"/>
-      <c r="B40" s="78" t="s">
+      <c r="A40" s="75"/>
+      <c r="B40" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C40" s="78" t="s">
+      <c r="C40" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D40" s="78" t="s">
+      <c r="D40" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E40" s="78" t="s">
+      <c r="E40" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F40" s="78" t="s">
+      <c r="F40" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G40" s="78" t="s">
+      <c r="G40" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H40" s="78" t="s">
+      <c r="H40" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I40" s="83"/>
-      <c r="J40" s="75" t="s">
+      <c r="I40" s="82"/>
+      <c r="J40" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="K40" s="75" t="s">
+      <c r="K40" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="L40" s="75" t="s">
+      <c r="L40" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="M40" s="75" t="s">
+      <c r="M40" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="N40" s="75" t="s">
+      <c r="N40" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="O40" s="78" t="s">
+      <c r="O40" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P40" s="75" t="s">
+      <c r="P40" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="Q40" s="77"/>
-[...1 lines deleted...]
-      <c r="W40" s="271"/>
+      <c r="Q40" s="76"/>
+      <c r="R40" s="235"/>
+      <c r="W40" s="234"/>
     </row>
     <row r="41" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="76"/>
-[...1 lines deleted...]
-      <c r="C41" s="125">
+      <c r="A41" s="75"/>
+      <c r="B41" s="140"/>
+      <c r="C41" s="120">
         <v>1</v>
       </c>
-      <c r="D41" s="125">
+      <c r="D41" s="120">
         <v>2</v>
       </c>
-      <c r="E41" s="125">
+      <c r="E41" s="120">
         <v>3</v>
       </c>
-      <c r="F41" s="125">
+      <c r="F41" s="120">
         <v>4</v>
       </c>
-      <c r="G41" s="94">
+      <c r="G41" s="92">
         <v>5</v>
       </c>
-      <c r="H41" s="93">
+      <c r="H41" s="91">
         <v>6</v>
       </c>
-      <c r="I41" s="83"/>
-[...4 lines deleted...]
-      <c r="N41" s="94">
+      <c r="I41" s="82"/>
+      <c r="J41" s="140"/>
+      <c r="K41" s="97"/>
+      <c r="L41" s="97"/>
+      <c r="M41" s="98"/>
+      <c r="N41" s="92">
         <v>1</v>
       </c>
-      <c r="O41" s="121">
+      <c r="O41" s="117">
         <v>2</v>
       </c>
-      <c r="P41" s="95">
+      <c r="P41" s="93">
         <v>3</v>
       </c>
-      <c r="Q41" s="77"/>
-[...1 lines deleted...]
-      <c r="W41" s="271"/>
+      <c r="Q41" s="76"/>
+      <c r="R41" s="235"/>
+      <c r="W41" s="234"/>
     </row>
     <row r="42" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A42" s="76"/>
-      <c r="B42" s="93">
+      <c r="A42" s="75"/>
+      <c r="B42" s="91">
         <v>7</v>
       </c>
-      <c r="C42" s="94">
+      <c r="C42" s="92">
         <v>8</v>
       </c>
-      <c r="D42" s="94">
+      <c r="D42" s="92">
         <v>9</v>
       </c>
-      <c r="E42" s="94">
+      <c r="E42" s="92">
         <v>10</v>
       </c>
-      <c r="F42" s="94">
+      <c r="F42" s="92">
         <v>11</v>
       </c>
-      <c r="G42" s="94">
+      <c r="G42" s="92">
         <v>12</v>
       </c>
-      <c r="H42" s="93">
+      <c r="H42" s="91">
         <v>13</v>
       </c>
-      <c r="I42" s="83"/>
-      <c r="J42" s="93">
+      <c r="I42" s="82"/>
+      <c r="J42" s="91">
         <v>4</v>
       </c>
-      <c r="K42" s="94">
+      <c r="K42" s="92">
         <v>5</v>
       </c>
-      <c r="L42" s="94">
+      <c r="L42" s="92">
         <v>6</v>
       </c>
-      <c r="M42" s="94">
+      <c r="M42" s="92">
         <v>7</v>
       </c>
-      <c r="N42" s="94">
+      <c r="N42" s="92">
         <v>8</v>
       </c>
-      <c r="O42" s="94">
+      <c r="O42" s="92">
         <v>9</v>
       </c>
-      <c r="P42" s="93">
+      <c r="P42" s="91">
         <v>10</v>
       </c>
-      <c r="Q42" s="77"/>
-[...1 lines deleted...]
-      <c r="W42" s="271"/>
+      <c r="Q42" s="76"/>
+      <c r="R42" s="235"/>
+      <c r="W42" s="234"/>
     </row>
     <row r="43" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A43" s="76"/>
-      <c r="B43" s="93">
+      <c r="A43" s="75"/>
+      <c r="B43" s="91">
         <v>14</v>
       </c>
-      <c r="C43" s="94">
+      <c r="C43" s="92">
         <v>15</v>
       </c>
-      <c r="D43" s="94">
+      <c r="D43" s="92">
         <v>16</v>
       </c>
-      <c r="E43" s="94">
+      <c r="E43" s="92">
         <v>17</v>
       </c>
-      <c r="F43" s="94">
+      <c r="F43" s="92">
         <v>18</v>
       </c>
-      <c r="G43" s="94">
+      <c r="G43" s="92">
         <v>19</v>
       </c>
-      <c r="H43" s="93">
+      <c r="H43" s="91">
         <v>20</v>
       </c>
-      <c r="I43" s="83"/>
-      <c r="J43" s="93">
+      <c r="I43" s="82"/>
+      <c r="J43" s="91">
         <v>11</v>
       </c>
-      <c r="K43" s="94">
+      <c r="K43" s="92">
         <v>12</v>
       </c>
-      <c r="L43" s="94">
+      <c r="L43" s="92">
         <v>13</v>
       </c>
-      <c r="M43" s="94">
+      <c r="M43" s="92">
         <v>14</v>
       </c>
-      <c r="N43" s="94">
+      <c r="N43" s="92">
         <v>15</v>
       </c>
-      <c r="O43" s="94">
+      <c r="O43" s="92">
         <v>16</v>
       </c>
-      <c r="P43" s="93">
+      <c r="P43" s="91">
         <v>17</v>
       </c>
-      <c r="Q43" s="77"/>
-[...1 lines deleted...]
-      <c r="W43" s="271"/>
+      <c r="Q43" s="76"/>
+      <c r="R43" s="235"/>
+      <c r="W43" s="234"/>
     </row>
     <row r="44" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="76"/>
-      <c r="B44" s="93">
+      <c r="A44" s="75"/>
+      <c r="B44" s="91">
         <v>21</v>
       </c>
-      <c r="C44" s="94">
+      <c r="C44" s="92">
         <v>22</v>
       </c>
-      <c r="D44" s="94">
+      <c r="D44" s="92">
         <v>23</v>
       </c>
-      <c r="E44" s="94">
+      <c r="E44" s="92">
         <v>24</v>
       </c>
-      <c r="F44" s="94">
+      <c r="F44" s="92">
         <v>25</v>
       </c>
-      <c r="G44" s="101">
+      <c r="G44" s="99">
         <v>26</v>
       </c>
-      <c r="H44" s="93">
+      <c r="H44" s="91">
         <v>27</v>
       </c>
-      <c r="I44" s="83"/>
-      <c r="J44" s="93">
+      <c r="I44" s="82"/>
+      <c r="J44" s="91">
         <v>18</v>
       </c>
-      <c r="K44" s="94">
+      <c r="K44" s="92">
         <v>19</v>
       </c>
-      <c r="L44" s="94">
+      <c r="L44" s="92">
         <v>20</v>
       </c>
-      <c r="M44" s="94">
+      <c r="M44" s="92">
         <v>21</v>
       </c>
-      <c r="N44" s="94">
+      <c r="N44" s="92">
         <v>22</v>
       </c>
-      <c r="O44" s="94">
+      <c r="O44" s="92">
         <v>23</v>
       </c>
-      <c r="P44" s="93">
+      <c r="P44" s="91">
         <v>24</v>
       </c>
-      <c r="Q44" s="77"/>
-[...1 lines deleted...]
-      <c r="W44" s="271"/>
+      <c r="Q44" s="76"/>
+      <c r="R44" s="235"/>
+      <c r="W44" s="234"/>
     </row>
     <row r="45" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="76"/>
-      <c r="B45" s="93">
+      <c r="A45" s="75"/>
+      <c r="B45" s="91">
         <v>28</v>
       </c>
-      <c r="C45" s="94">
+      <c r="C45" s="92">
         <v>29</v>
       </c>
-      <c r="D45" s="94">
+      <c r="D45" s="92">
         <v>30</v>
       </c>
-      <c r="E45" s="94">
+      <c r="E45" s="92">
         <v>31</v>
       </c>
-      <c r="F45" s="150"/>
-[...3 lines deleted...]
-      <c r="J45" s="93">
+      <c r="F45" s="140"/>
+      <c r="G45" s="97"/>
+      <c r="H45" s="98"/>
+      <c r="I45" s="82"/>
+      <c r="J45" s="91">
         <v>25</v>
       </c>
-      <c r="K45" s="94">
+      <c r="K45" s="92">
         <v>26</v>
       </c>
-      <c r="L45" s="94">
+      <c r="L45" s="92">
         <v>27</v>
       </c>
-      <c r="M45" s="94">
+      <c r="M45" s="92">
         <v>28</v>
       </c>
-      <c r="N45" s="125">
+      <c r="N45" s="120">
         <v>29</v>
       </c>
-      <c r="O45" s="125">
+      <c r="O45" s="120">
         <v>30</v>
       </c>
-      <c r="P45" s="152"/>
-[...2 lines deleted...]
-      <c r="W45" s="271"/>
+      <c r="P45" s="142"/>
+      <c r="Q45" s="76"/>
+      <c r="R45" s="235"/>
+      <c r="W45" s="234"/>
     </row>
     <row r="46" spans="1:23" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="76"/>
-[...6 lines deleted...]
-      <c r="H46" s="287"/>
+      <c r="A46" s="75"/>
+      <c r="B46" s="152"/>
+      <c r="C46" s="226"/>
+      <c r="D46" s="227"/>
+      <c r="E46" s="227"/>
+      <c r="F46" s="227"/>
+      <c r="G46" s="227"/>
+      <c r="H46" s="227"/>
       <c r="I46" s="2"/>
-      <c r="J46" s="122"/>
+      <c r="J46" s="118"/>
       <c r="K46" s="19"/>
       <c r="L46" s="19"/>
       <c r="M46" s="19"/>
       <c r="N46" s="19"/>
       <c r="O46" s="19"/>
-      <c r="P46" s="123"/>
-[...2 lines deleted...]
-      <c r="W46" s="271"/>
+      <c r="P46" s="119"/>
+      <c r="Q46" s="76"/>
+      <c r="R46" s="235"/>
+      <c r="W46" s="234"/>
     </row>
     <row r="47" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A47" s="76"/>
-      <c r="B47" s="283" t="s">
+      <c r="A47" s="75"/>
+      <c r="B47" s="241" t="s">
         <v>9</v>
       </c>
-      <c r="C47" s="284"/>
-[...6 lines deleted...]
-      <c r="J47" s="277" t="s">
+      <c r="C47" s="242"/>
+      <c r="D47" s="242"/>
+      <c r="E47" s="242"/>
+      <c r="F47" s="242"/>
+      <c r="G47" s="242"/>
+      <c r="H47" s="243"/>
+      <c r="I47" s="82"/>
+      <c r="J47" s="238" t="s">
         <v>10</v>
       </c>
-      <c r="K47" s="278"/>
-[...7 lines deleted...]
-      <c r="W47" s="271"/>
+      <c r="K47" s="239"/>
+      <c r="L47" s="239"/>
+      <c r="M47" s="239"/>
+      <c r="N47" s="239"/>
+      <c r="O47" s="239"/>
+      <c r="P47" s="240"/>
+      <c r="Q47" s="76"/>
+      <c r="R47" s="235"/>
+      <c r="W47" s="234"/>
     </row>
     <row r="48" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A48" s="76"/>
-      <c r="B48" s="78" t="s">
+      <c r="A48" s="75"/>
+      <c r="B48" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C48" s="78" t="s">
+      <c r="C48" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D48" s="78" t="s">
+      <c r="D48" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E48" s="78" t="s">
+      <c r="E48" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F48" s="78" t="s">
+      <c r="F48" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G48" s="78" t="s">
+      <c r="G48" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H48" s="78" t="s">
+      <c r="H48" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I48" s="83"/>
-      <c r="J48" s="78" t="s">
+      <c r="I48" s="82"/>
+      <c r="J48" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="K48" s="78" t="s">
+      <c r="K48" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="L48" s="78" t="s">
+      <c r="L48" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M48" s="78" t="s">
+      <c r="M48" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N48" s="78" t="s">
+      <c r="N48" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O48" s="78" t="s">
+      <c r="O48" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P48" s="78" t="s">
+      <c r="P48" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q48" s="77"/>
-[...1 lines deleted...]
-      <c r="W48" s="271"/>
+      <c r="Q48" s="76"/>
+      <c r="R48" s="235"/>
+      <c r="W48" s="234"/>
     </row>
     <row r="49" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A49" s="76"/>
-[...6 lines deleted...]
-      <c r="H49" s="93">
+      <c r="A49" s="75"/>
+      <c r="B49" s="236"/>
+      <c r="C49" s="237"/>
+      <c r="D49" s="237"/>
+      <c r="E49" s="97"/>
+      <c r="F49" s="97"/>
+      <c r="G49" s="98"/>
+      <c r="H49" s="91">
         <v>1</v>
       </c>
-      <c r="I49" s="83"/>
-[...2 lines deleted...]
-      <c r="L49" s="125">
+      <c r="I49" s="82"/>
+      <c r="J49" s="140"/>
+      <c r="K49" s="141"/>
+      <c r="L49" s="120">
         <v>1</v>
       </c>
-      <c r="M49" s="125">
+      <c r="M49" s="120">
         <v>2</v>
       </c>
-      <c r="N49" s="125">
+      <c r="N49" s="120">
         <v>3</v>
       </c>
-      <c r="O49" s="125">
+      <c r="O49" s="120">
         <v>4</v>
       </c>
-      <c r="P49" s="93">
+      <c r="P49" s="91">
         <v>5</v>
       </c>
-      <c r="Q49" s="77"/>
-[...1 lines deleted...]
-      <c r="W49" s="271"/>
+      <c r="Q49" s="76"/>
+      <c r="R49" s="235"/>
+      <c r="W49" s="234"/>
     </row>
     <row r="50" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A50" s="76"/>
-      <c r="B50" s="93">
+      <c r="A50" s="75"/>
+      <c r="B50" s="91">
         <v>2</v>
       </c>
-      <c r="C50" s="94">
+      <c r="C50" s="92">
         <v>3</v>
       </c>
-      <c r="D50" s="94">
+      <c r="D50" s="92">
         <v>4</v>
       </c>
-      <c r="E50" s="94">
+      <c r="E50" s="92">
         <v>5</v>
       </c>
-      <c r="F50" s="94">
+      <c r="F50" s="92">
         <v>6</v>
       </c>
-      <c r="G50" s="94">
+      <c r="G50" s="92">
         <v>7</v>
       </c>
-      <c r="H50" s="93">
+      <c r="H50" s="91">
         <v>8</v>
       </c>
-      <c r="I50" s="83"/>
-      <c r="J50" s="93">
+      <c r="I50" s="82"/>
+      <c r="J50" s="91">
         <v>6</v>
       </c>
-      <c r="K50" s="94">
+      <c r="K50" s="92">
         <v>7</v>
       </c>
-      <c r="L50" s="94">
+      <c r="L50" s="92">
         <v>8</v>
       </c>
-      <c r="M50" s="94">
+      <c r="M50" s="92">
         <v>9</v>
       </c>
-      <c r="N50" s="94">
+      <c r="N50" s="92">
         <v>10</v>
       </c>
-      <c r="O50" s="94">
+      <c r="O50" s="92">
         <v>11</v>
       </c>
-      <c r="P50" s="93">
+      <c r="P50" s="91">
         <v>12</v>
       </c>
-      <c r="Q50" s="77"/>
-[...1 lines deleted...]
-      <c r="W50" s="271"/>
+      <c r="Q50" s="76"/>
+      <c r="R50" s="235"/>
+      <c r="W50" s="234"/>
     </row>
     <row r="51" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A51" s="76"/>
-      <c r="B51" s="93">
+      <c r="A51" s="75"/>
+      <c r="B51" s="91">
         <v>9</v>
       </c>
-      <c r="C51" s="94">
+      <c r="C51" s="92">
         <v>10</v>
       </c>
-      <c r="D51" s="94">
+      <c r="D51" s="92">
         <v>11</v>
       </c>
-      <c r="E51" s="94">
+      <c r="E51" s="92">
         <v>12</v>
       </c>
-      <c r="F51" s="94">
+      <c r="F51" s="92">
         <v>13</v>
       </c>
-      <c r="G51" s="94">
+      <c r="G51" s="92">
         <v>14</v>
       </c>
-      <c r="H51" s="93">
+      <c r="H51" s="91">
         <v>15</v>
       </c>
-      <c r="I51" s="83"/>
-      <c r="J51" s="93">
+      <c r="I51" s="82"/>
+      <c r="J51" s="91">
         <v>13</v>
       </c>
-      <c r="K51" s="94">
+      <c r="K51" s="92">
         <v>14</v>
       </c>
-      <c r="L51" s="94">
+      <c r="L51" s="92">
         <v>15</v>
       </c>
-      <c r="M51" s="94">
+      <c r="M51" s="92">
         <v>16</v>
       </c>
-      <c r="N51" s="94">
+      <c r="N51" s="92">
         <v>17</v>
       </c>
-      <c r="O51" s="94">
+      <c r="O51" s="92">
         <v>18</v>
       </c>
-      <c r="P51" s="93">
+      <c r="P51" s="91">
         <v>19</v>
       </c>
-      <c r="Q51" s="77"/>
-[...1 lines deleted...]
-      <c r="W51" s="271"/>
+      <c r="Q51" s="76"/>
+      <c r="R51" s="235"/>
+      <c r="W51" s="234"/>
     </row>
     <row r="52" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="76"/>
-      <c r="B52" s="93">
+      <c r="A52" s="75"/>
+      <c r="B52" s="91">
         <v>16</v>
       </c>
-      <c r="C52" s="94">
+      <c r="C52" s="92">
         <v>17</v>
       </c>
-      <c r="D52" s="94">
+      <c r="D52" s="92">
         <v>18</v>
       </c>
-      <c r="E52" s="94">
+      <c r="E52" s="92">
         <v>19</v>
       </c>
-      <c r="F52" s="94">
+      <c r="F52" s="92">
         <v>20</v>
       </c>
-      <c r="G52" s="94">
+      <c r="G52" s="92">
         <v>21</v>
       </c>
-      <c r="H52" s="93">
+      <c r="H52" s="91">
         <v>22</v>
       </c>
-      <c r="I52" s="83"/>
-      <c r="J52" s="93">
+      <c r="I52" s="82"/>
+      <c r="J52" s="91">
         <v>20</v>
       </c>
-      <c r="K52" s="94">
+      <c r="K52" s="92">
         <v>21</v>
       </c>
-      <c r="L52" s="94">
+      <c r="L52" s="92">
         <v>22</v>
       </c>
-      <c r="M52" s="94">
+      <c r="M52" s="92">
         <v>23</v>
       </c>
-      <c r="N52" s="94">
+      <c r="N52" s="92">
         <v>24</v>
       </c>
-      <c r="O52" s="98">
+      <c r="O52" s="96">
         <v>25</v>
       </c>
-      <c r="P52" s="97">
+      <c r="P52" s="95">
         <v>26</v>
       </c>
-      <c r="Q52" s="77"/>
-[...1 lines deleted...]
-      <c r="W52" s="271"/>
+      <c r="Q52" s="76"/>
+      <c r="R52" s="235"/>
+      <c r="W52" s="234"/>
     </row>
     <row r="53" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="76"/>
-      <c r="B53" s="93">
+      <c r="A53" s="75"/>
+      <c r="B53" s="91">
         <v>23</v>
       </c>
-      <c r="C53" s="101">
+      <c r="C53" s="99">
         <v>24</v>
       </c>
-      <c r="D53" s="94">
+      <c r="D53" s="92">
         <v>25</v>
       </c>
-      <c r="E53" s="94">
+      <c r="E53" s="92">
         <v>26</v>
       </c>
-      <c r="F53" s="94">
+      <c r="F53" s="92">
         <v>27</v>
       </c>
-      <c r="G53" s="94">
+      <c r="G53" s="92">
         <v>28</v>
       </c>
-      <c r="H53" s="161">
+      <c r="H53" s="151">
         <v>29</v>
       </c>
-      <c r="I53" s="83"/>
-      <c r="J53" s="93">
+      <c r="I53" s="82"/>
+      <c r="J53" s="91">
         <v>27</v>
       </c>
-      <c r="K53" s="94">
+      <c r="K53" s="92">
         <v>28</v>
       </c>
-      <c r="L53" s="94">
+      <c r="L53" s="92">
         <v>29</v>
       </c>
-      <c r="M53" s="94">
+      <c r="M53" s="92">
         <v>30</v>
       </c>
-      <c r="N53" s="150"/>
-[...4 lines deleted...]
-      <c r="W53" s="271"/>
+      <c r="N53" s="140"/>
+      <c r="O53" s="97"/>
+      <c r="P53" s="98"/>
+      <c r="Q53" s="76"/>
+      <c r="R53" s="235"/>
+      <c r="W53" s="234"/>
     </row>
     <row r="54" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A54" s="76"/>
-      <c r="B54" s="120">
+      <c r="A54" s="75"/>
+      <c r="B54" s="116">
         <v>30</v>
       </c>
-      <c r="C54" s="174">
+      <c r="C54" s="164">
         <v>31</v>
       </c>
-      <c r="D54" s="164"/>
-[...14 lines deleted...]
-      <c r="W54" s="271"/>
+      <c r="D54" s="154"/>
+      <c r="E54" s="155"/>
+      <c r="F54" s="155"/>
+      <c r="G54" s="155"/>
+      <c r="H54" s="156"/>
+      <c r="I54" s="79"/>
+      <c r="J54" s="147"/>
+      <c r="K54" s="146"/>
+      <c r="L54" s="153"/>
+      <c r="M54" s="153"/>
+      <c r="N54" s="138"/>
+      <c r="O54" s="138"/>
+      <c r="P54" s="138"/>
+      <c r="Q54" s="76"/>
+      <c r="R54" s="235"/>
+      <c r="W54" s="234"/>
     </row>
     <row r="55" spans="1:23" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B55" s="79"/>
-[...14 lines deleted...]
-      <c r="W55" s="271"/>
+      <c r="B55" s="78"/>
+      <c r="C55" s="78"/>
+      <c r="D55" s="78"/>
+      <c r="E55" s="78"/>
+      <c r="F55" s="78"/>
+      <c r="G55" s="78"/>
+      <c r="H55" s="78"/>
+      <c r="J55" s="78"/>
+      <c r="K55" s="78"/>
+      <c r="L55" s="78"/>
+      <c r="M55" s="78"/>
+      <c r="N55" s="78"/>
+      <c r="O55" s="78"/>
+      <c r="P55" s="78"/>
+      <c r="R55" s="235"/>
+      <c r="W55" s="234"/>
     </row>
     <row r="56" spans="1:23" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="R56" s="272"/>
-      <c r="W56" s="271"/>
+      <c r="R56" s="235"/>
+      <c r="W56" s="234"/>
     </row>
     <row r="57" spans="1:23" ht="1.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="R57" s="272"/>
-      <c r="W57" s="271"/>
+      <c r="R57" s="235"/>
+      <c r="W57" s="234"/>
     </row>
     <row r="58" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="R58" s="272"/>
-      <c r="W58" s="271"/>
+      <c r="R58" s="235"/>
+      <c r="W58" s="234"/>
     </row>
     <row r="59" spans="1:23" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="R59" s="272"/>
-      <c r="W59" s="271"/>
+      <c r="R59" s="235"/>
+      <c r="W59" s="234"/>
     </row>
     <row r="60" spans="1:23" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="R60" s="272"/>
-      <c r="W60" s="271"/>
+      <c r="R60" s="235"/>
+      <c r="W60" s="234"/>
     </row>
     <row r="61" spans="1:23" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="R61" s="272"/>
-      <c r="W61" s="271"/>
+      <c r="R61" s="235"/>
+      <c r="W61" s="234"/>
     </row>
     <row r="62" spans="1:23" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="R62" s="272"/>
-      <c r="W62" s="271"/>
+      <c r="R62" s="235"/>
+      <c r="W62" s="234"/>
     </row>
     <row r="63" spans="1:23" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="R63" s="272"/>
-      <c r="W63" s="271"/>
+      <c r="R63" s="235"/>
+      <c r="W63" s="234"/>
     </row>
   </sheetData>
   <mergeCells count="32">
+    <mergeCell ref="B21:H21"/>
+    <mergeCell ref="J21:P21"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="B1:P1"/>
+    <mergeCell ref="R1:W3"/>
+    <mergeCell ref="B2:D2"/>
+    <mergeCell ref="E2:H2"/>
+    <mergeCell ref="J2:M2"/>
+    <mergeCell ref="N2:P2"/>
+    <mergeCell ref="B3:P3"/>
+    <mergeCell ref="B4:H4"/>
+    <mergeCell ref="J4:P4"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="J6:K6"/>
     <mergeCell ref="R12:W14"/>
     <mergeCell ref="C46:H46"/>
     <mergeCell ref="R16:W18"/>
     <mergeCell ref="R21:W1048576"/>
     <mergeCell ref="B49:D49"/>
     <mergeCell ref="B30:H30"/>
     <mergeCell ref="J30:P30"/>
     <mergeCell ref="B39:H39"/>
     <mergeCell ref="J39:P39"/>
     <mergeCell ref="B47:H47"/>
     <mergeCell ref="J47:P47"/>
     <mergeCell ref="O36:P36"/>
     <mergeCell ref="B12:H12"/>
     <mergeCell ref="J12:P12"/>
     <mergeCell ref="G27:H27"/>
     <mergeCell ref="K28:P28"/>
-    <mergeCell ref="B21:H21"/>
-[...14 lines deleted...]
-    <mergeCell ref="J6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64C4C815-AE1B-4223-B72B-F5F2DA80D1BA}">
   <dimension ref="A1:XFC58"/>
   <sheetViews>
-    <sheetView topLeftCell="A8" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="R21" sqref="R21:W1048576"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.33203125" style="1" customWidth="1"/>
     <col min="2" max="8" width="5.109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="5.6640625" style="1" customWidth="1"/>
     <col min="10" max="16" width="5.109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="3.6640625" style="1" customWidth="1"/>
-    <col min="18" max="18" width="5.6640625" style="270" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="23" max="23" width="18.77734375" style="270" customWidth="1"/>
+    <col min="18" max="18" width="5.6640625" style="233" customWidth="1"/>
+    <col min="19" max="19" width="1.44140625" style="233" customWidth="1"/>
+    <col min="20" max="20" width="2.109375" style="233" customWidth="1"/>
+    <col min="21" max="21" width="9.109375" style="233" customWidth="1"/>
+    <col min="22" max="22" width="1.44140625" style="233" customWidth="1"/>
+    <col min="23" max="23" width="18.77734375" style="233" customWidth="1"/>
     <col min="24" max="24" width="2.6640625" style="1" hidden="1"/>
     <col min="25" max="16383" width="9.109375" style="1" hidden="1"/>
     <col min="16384" max="16384" width="0.109375" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="26.4" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="76"/>
-      <c r="B1" s="231" t="s">
+      <c r="A1" s="75"/>
+      <c r="B1" s="250" t="s">
         <v>350</v>
       </c>
-      <c r="C1" s="232"/>
-[...20 lines deleted...]
-      <c r="W1" s="236"/>
+      <c r="C1" s="251"/>
+      <c r="D1" s="251"/>
+      <c r="E1" s="251"/>
+      <c r="F1" s="251"/>
+      <c r="G1" s="251"/>
+      <c r="H1" s="251"/>
+      <c r="I1" s="251"/>
+      <c r="J1" s="251"/>
+      <c r="K1" s="251"/>
+      <c r="L1" s="251"/>
+      <c r="M1" s="251"/>
+      <c r="N1" s="251"/>
+      <c r="O1" s="251"/>
+      <c r="P1" s="252"/>
+      <c r="R1" s="253" t="s">
+        <v>351</v>
+      </c>
+      <c r="S1" s="254"/>
+      <c r="T1" s="254"/>
+      <c r="U1" s="254"/>
+      <c r="V1" s="254"/>
+      <c r="W1" s="255"/>
     </row>
     <row r="2" spans="1:23" ht="7.8" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="76"/>
-[...6 lines deleted...]
-      <c r="H2" s="241"/>
+      <c r="A2" s="75"/>
+      <c r="B2" s="259"/>
+      <c r="C2" s="259"/>
+      <c r="D2" s="259"/>
+      <c r="E2" s="260"/>
+      <c r="F2" s="260"/>
+      <c r="G2" s="260"/>
+      <c r="H2" s="260"/>
       <c r="I2" s="2"/>
-      <c r="J2" s="242"/>
-[...12 lines deleted...]
-      <c r="W2" s="239"/>
+      <c r="J2" s="261"/>
+      <c r="K2" s="262"/>
+      <c r="L2" s="262"/>
+      <c r="M2" s="262"/>
+      <c r="N2" s="263"/>
+      <c r="O2" s="263"/>
+      <c r="P2" s="263"/>
+      <c r="Q2" s="76"/>
+      <c r="R2" s="256"/>
+      <c r="S2" s="257"/>
+      <c r="T2" s="257"/>
+      <c r="U2" s="257"/>
+      <c r="V2" s="257"/>
+      <c r="W2" s="258"/>
     </row>
     <row r="3" spans="1:23" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="76"/>
-[...23 lines deleted...]
-      <c r="W3" s="239"/>
+      <c r="A3" s="75"/>
+      <c r="B3" s="264" t="s">
+        <v>565</v>
+      </c>
+      <c r="C3" s="265"/>
+      <c r="D3" s="265"/>
+      <c r="E3" s="265"/>
+      <c r="F3" s="265"/>
+      <c r="G3" s="265"/>
+      <c r="H3" s="265"/>
+      <c r="I3" s="265"/>
+      <c r="J3" s="265"/>
+      <c r="K3" s="265"/>
+      <c r="L3" s="265"/>
+      <c r="M3" s="265"/>
+      <c r="N3" s="265"/>
+      <c r="O3" s="265"/>
+      <c r="P3" s="265"/>
+      <c r="Q3" s="76"/>
+      <c r="R3" s="256"/>
+      <c r="S3" s="257"/>
+      <c r="T3" s="257"/>
+      <c r="U3" s="257"/>
+      <c r="V3" s="257"/>
+      <c r="W3" s="258"/>
     </row>
     <row r="4" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A4" s="76"/>
-      <c r="B4" s="255" t="s">
+      <c r="A4" s="75"/>
+      <c r="B4" s="278" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="255"/>
-[...6 lines deleted...]
-      <c r="J4" s="255" t="s">
+      <c r="C4" s="278"/>
+      <c r="D4" s="278"/>
+      <c r="E4" s="278"/>
+      <c r="F4" s="278"/>
+      <c r="G4" s="278"/>
+      <c r="H4" s="278"/>
+      <c r="I4" s="82"/>
+      <c r="J4" s="278" t="s">
         <v>12</v>
       </c>
-      <c r="K4" s="255"/>
-[...7 lines deleted...]
-      <c r="S4" s="77"/>
+      <c r="K4" s="278"/>
+      <c r="L4" s="278"/>
+      <c r="M4" s="278"/>
+      <c r="N4" s="278"/>
+      <c r="O4" s="278"/>
+      <c r="P4" s="278"/>
+      <c r="Q4" s="79"/>
+      <c r="R4" s="85"/>
+      <c r="S4" s="76"/>
       <c r="T4" s="1" t="s">
         <v>276</v>
       </c>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A5" s="76"/>
-      <c r="B5" s="75" t="s">
+      <c r="A5" s="75"/>
+      <c r="B5" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="75" t="s">
+      <c r="C5" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="75" t="s">
+      <c r="D5" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="75" t="s">
+      <c r="E5" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="F5" s="78" t="s">
+      <c r="F5" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="78" t="s">
+      <c r="G5" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H5" s="78" t="s">
+      <c r="H5" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I5" s="83"/>
-      <c r="J5" s="78" t="s">
+      <c r="I5" s="82"/>
+      <c r="J5" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="K5" s="78" t="s">
+      <c r="K5" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="L5" s="78" t="s">
+      <c r="L5" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M5" s="78" t="s">
+      <c r="M5" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N5" s="78" t="s">
+      <c r="N5" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O5" s="78" t="s">
+      <c r="O5" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P5" s="75" t="s">
+      <c r="P5" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="Q5" s="77"/>
+      <c r="Q5" s="76"/>
       <c r="R5" s="15"/>
       <c r="S5" s="1"/>
-      <c r="T5" s="256"/>
-      <c r="U5" s="257"/>
+      <c r="T5" s="266"/>
+      <c r="U5" s="267"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A6" s="76"/>
-[...4 lines deleted...]
-      <c r="F6" s="127">
+      <c r="A6" s="75"/>
+      <c r="B6" s="236"/>
+      <c r="C6" s="289"/>
+      <c r="D6" s="289"/>
+      <c r="E6" s="290"/>
+      <c r="F6" s="122">
         <v>1</v>
       </c>
-      <c r="G6" s="126">
+      <c r="G6" s="121">
         <v>2</v>
       </c>
-      <c r="H6" s="93">
+      <c r="H6" s="91">
         <v>3</v>
       </c>
-      <c r="I6" s="83"/>
-      <c r="J6" s="117">
+      <c r="I6" s="82"/>
+      <c r="J6" s="113">
         <v>1</v>
       </c>
-      <c r="K6" s="127">
+      <c r="K6" s="122">
         <v>2</v>
       </c>
-      <c r="L6" s="125">
+      <c r="L6" s="120">
         <v>3</v>
       </c>
-      <c r="M6" s="125">
+      <c r="M6" s="120">
         <v>4</v>
       </c>
-      <c r="N6" s="96">
+      <c r="N6" s="94">
         <v>5</v>
       </c>
-      <c r="O6" s="96">
+      <c r="O6" s="94">
         <v>6</v>
       </c>
-      <c r="P6" s="93">
+      <c r="P6" s="91">
         <v>7</v>
       </c>
-      <c r="Q6" s="80"/>
-[...1 lines deleted...]
-      <c r="S6" s="77"/>
+      <c r="Q6" s="79"/>
+      <c r="R6" s="73"/>
+      <c r="S6" s="76"/>
       <c r="T6" s="1" t="s">
         <v>275</v>
       </c>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A7" s="76"/>
-      <c r="B7" s="95">
+      <c r="A7" s="75"/>
+      <c r="B7" s="93">
         <v>4</v>
       </c>
-      <c r="C7" s="96">
+      <c r="C7" s="94">
         <v>5</v>
       </c>
-      <c r="D7" s="96">
+      <c r="D7" s="94">
         <v>6</v>
       </c>
-      <c r="E7" s="96">
+      <c r="E7" s="94">
         <v>7</v>
       </c>
-      <c r="F7" s="94">
+      <c r="F7" s="92">
         <v>8</v>
       </c>
-      <c r="G7" s="94">
+      <c r="G7" s="92">
         <v>9</v>
       </c>
-      <c r="H7" s="93">
+      <c r="H7" s="91">
         <v>10</v>
       </c>
-      <c r="I7" s="83"/>
-      <c r="J7" s="93">
+      <c r="I7" s="82"/>
+      <c r="J7" s="91">
         <v>8</v>
       </c>
-      <c r="K7" s="94">
+      <c r="K7" s="92">
         <v>9</v>
       </c>
-      <c r="L7" s="94">
+      <c r="L7" s="92">
         <v>10</v>
       </c>
-      <c r="M7" s="94">
+      <c r="M7" s="92">
         <v>11</v>
       </c>
-      <c r="N7" s="94">
+      <c r="N7" s="92">
         <v>12</v>
       </c>
-      <c r="O7" s="94">
+      <c r="O7" s="92">
         <v>13</v>
       </c>
-      <c r="P7" s="93">
+      <c r="P7" s="91">
         <v>14</v>
       </c>
-      <c r="Q7" s="77"/>
+      <c r="Q7" s="76"/>
       <c r="R7" s="15"/>
       <c r="S7" s="1"/>
-      <c r="T7" s="258"/>
-      <c r="U7" s="259"/>
+      <c r="T7" s="248"/>
+      <c r="U7" s="249"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="76"/>
-      <c r="B8" s="93">
+      <c r="A8" s="75"/>
+      <c r="B8" s="91">
         <v>11</v>
       </c>
-      <c r="C8" s="94">
+      <c r="C8" s="92">
         <v>12</v>
       </c>
-      <c r="D8" s="94">
+      <c r="D8" s="92">
         <v>13</v>
       </c>
-      <c r="E8" s="94">
+      <c r="E8" s="92">
         <v>14</v>
       </c>
-      <c r="F8" s="94">
+      <c r="F8" s="92">
         <v>15</v>
       </c>
-      <c r="G8" s="94">
+      <c r="G8" s="92">
         <v>16</v>
       </c>
-      <c r="H8" s="93">
+      <c r="H8" s="91">
         <v>17</v>
       </c>
-      <c r="I8" s="83"/>
-      <c r="J8" s="93">
+      <c r="I8" s="82"/>
+      <c r="J8" s="91">
         <v>15</v>
       </c>
-      <c r="K8" s="94">
+      <c r="K8" s="92">
         <v>16</v>
       </c>
-      <c r="L8" s="94">
+      <c r="L8" s="92">
         <v>17</v>
       </c>
-      <c r="M8" s="94">
+      <c r="M8" s="92">
         <v>18</v>
       </c>
-      <c r="N8" s="94">
+      <c r="N8" s="92">
         <v>19</v>
       </c>
-      <c r="O8" s="94">
+      <c r="O8" s="92">
         <v>20</v>
       </c>
-      <c r="P8" s="93">
+      <c r="P8" s="91">
         <v>21</v>
       </c>
-      <c r="Q8" s="80"/>
-[...1 lines deleted...]
-      <c r="S8" s="77"/>
+      <c r="Q8" s="79"/>
+      <c r="R8" s="133"/>
+      <c r="S8" s="76"/>
       <c r="T8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="76"/>
-      <c r="B9" s="93">
+      <c r="A9" s="75"/>
+      <c r="B9" s="91">
         <v>18</v>
       </c>
-      <c r="C9" s="94">
+      <c r="C9" s="92">
         <v>19</v>
       </c>
-      <c r="D9" s="94">
+      <c r="D9" s="92">
         <v>20</v>
       </c>
-      <c r="E9" s="94">
+      <c r="E9" s="92">
         <v>21</v>
       </c>
-      <c r="F9" s="94">
+      <c r="F9" s="92">
         <v>22</v>
       </c>
-      <c r="G9" s="94">
+      <c r="G9" s="92">
         <v>23</v>
       </c>
-      <c r="H9" s="93">
+      <c r="H9" s="91">
         <v>24</v>
       </c>
-      <c r="I9" s="83"/>
-      <c r="J9" s="93">
+      <c r="I9" s="82"/>
+      <c r="J9" s="91">
         <v>22</v>
       </c>
-      <c r="K9" s="94">
+      <c r="K9" s="92">
         <v>23</v>
       </c>
-      <c r="L9" s="94">
+      <c r="L9" s="92">
         <v>24</v>
       </c>
-      <c r="M9" s="94">
+      <c r="M9" s="92">
         <v>25</v>
       </c>
-      <c r="N9" s="94">
+      <c r="N9" s="92">
         <v>26</v>
       </c>
-      <c r="O9" s="94">
+      <c r="O9" s="92">
         <v>27</v>
       </c>
-      <c r="P9" s="93">
+      <c r="P9" s="91">
         <v>28</v>
       </c>
-      <c r="Q9" s="77"/>
+      <c r="Q9" s="76"/>
       <c r="R9" s="15"/>
       <c r="S9" s="1"/>
-      <c r="T9" s="258"/>
-      <c r="U9" s="259"/>
+      <c r="T9" s="248"/>
+      <c r="U9" s="249"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A10" s="76"/>
-      <c r="B10" s="93">
+      <c r="A10" s="75"/>
+      <c r="B10" s="91">
         <v>25</v>
       </c>
-      <c r="C10" s="94">
+      <c r="C10" s="92">
         <v>26</v>
       </c>
-      <c r="D10" s="94">
+      <c r="D10" s="92">
         <v>27</v>
       </c>
-      <c r="E10" s="94">
+      <c r="E10" s="92">
         <v>28</v>
       </c>
-      <c r="F10" s="94">
+      <c r="F10" s="92">
         <v>29</v>
       </c>
-      <c r="G10" s="125">
+      <c r="G10" s="120">
         <v>30</v>
       </c>
-      <c r="H10" s="184">
+      <c r="H10" s="174">
         <v>31</v>
       </c>
-      <c r="I10" s="83"/>
-      <c r="J10" s="93">
+      <c r="I10" s="82"/>
+      <c r="J10" s="91">
         <v>29</v>
       </c>
-      <c r="K10" s="94">
+      <c r="K10" s="92">
         <v>30</v>
       </c>
-      <c r="L10" s="106">
+      <c r="L10" s="104">
         <v>31</v>
       </c>
-      <c r="M10" s="280"/>
-[...5 lines deleted...]
-      <c r="S10" s="77"/>
+      <c r="M10" s="236"/>
+      <c r="N10" s="293"/>
+      <c r="O10" s="293"/>
+      <c r="P10" s="294"/>
+      <c r="Q10" s="79"/>
+      <c r="R10" s="70"/>
+      <c r="S10" s="76"/>
       <c r="T10" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23" ht="2.4" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="76"/>
-[...6 lines deleted...]
-      <c r="H11" s="294"/>
+      <c r="A11" s="75"/>
+      <c r="B11" s="114"/>
+      <c r="C11" s="114"/>
+      <c r="D11" s="291"/>
+      <c r="E11" s="292"/>
+      <c r="F11" s="292"/>
+      <c r="G11" s="292"/>
+      <c r="H11" s="292"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
       <c r="P11" s="2"/>
-      <c r="Q11" s="77"/>
-      <c r="R11" s="79"/>
+      <c r="Q11" s="76"/>
+      <c r="R11" s="78"/>
       <c r="S11" s="1"/>
-      <c r="T11" s="258"/>
-      <c r="U11" s="259"/>
+      <c r="T11" s="248"/>
+      <c r="U11" s="249"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23" ht="7.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="76"/>
+      <c r="A12" s="75"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
       <c r="P12" s="2"/>
-      <c r="Q12" s="77"/>
-      <c r="R12" s="140"/>
+      <c r="Q12" s="76"/>
+      <c r="R12" s="132"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A13" s="76"/>
-      <c r="B13" s="255" t="s">
+      <c r="A13" s="75"/>
+      <c r="B13" s="278" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="255"/>
-[...6 lines deleted...]
-      <c r="J13" s="262" t="s">
+      <c r="C13" s="278"/>
+      <c r="D13" s="278"/>
+      <c r="E13" s="278"/>
+      <c r="F13" s="278"/>
+      <c r="G13" s="278"/>
+      <c r="H13" s="278"/>
+      <c r="I13" s="82"/>
+      <c r="J13" s="288" t="s">
         <v>14</v>
       </c>
-      <c r="K13" s="262"/>
-[...13 lines deleted...]
-      <c r="W13" s="319"/>
+      <c r="K13" s="288"/>
+      <c r="L13" s="288"/>
+      <c r="M13" s="288"/>
+      <c r="N13" s="288"/>
+      <c r="O13" s="288"/>
+      <c r="P13" s="288"/>
+      <c r="Q13" s="79"/>
+      <c r="R13" s="268" t="s">
+        <v>562</v>
+      </c>
+      <c r="S13" s="269"/>
+      <c r="T13" s="269"/>
+      <c r="U13" s="269"/>
+      <c r="V13" s="269"/>
+      <c r="W13" s="270"/>
     </row>
     <row r="14" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A14" s="76"/>
-      <c r="B14" s="75" t="s">
+      <c r="A14" s="75"/>
+      <c r="B14" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="75" t="s">
+      <c r="C14" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="D14" s="75" t="s">
+      <c r="D14" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="E14" s="78" t="s">
+      <c r="E14" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F14" s="78" t="s">
+      <c r="F14" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G14" s="78" t="s">
+      <c r="G14" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H14" s="78" t="s">
+      <c r="H14" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I14" s="83"/>
-      <c r="J14" s="75" t="s">
+      <c r="I14" s="82"/>
+      <c r="J14" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="K14" s="75" t="s">
+      <c r="K14" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="L14" s="75" t="s">
+      <c r="L14" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="M14" s="75" t="s">
+      <c r="M14" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="N14" s="75" t="s">
+      <c r="N14" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="O14" s="78" t="s">
+      <c r="O14" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P14" s="78" t="s">
+      <c r="P14" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q14" s="77"/>
-[...5 lines deleted...]
-      <c r="W14" s="319"/>
+      <c r="Q14" s="76"/>
+      <c r="R14" s="269"/>
+      <c r="S14" s="269"/>
+      <c r="T14" s="269"/>
+      <c r="U14" s="269"/>
+      <c r="V14" s="269"/>
+      <c r="W14" s="270"/>
     </row>
     <row r="15" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A15" s="76"/>
-[...3 lines deleted...]
-      <c r="E15" s="86">
+      <c r="A15" s="75"/>
+      <c r="B15" s="279"/>
+      <c r="C15" s="280"/>
+      <c r="D15" s="281"/>
+      <c r="E15" s="85">
         <v>1</v>
       </c>
-      <c r="F15" s="87">
+      <c r="F15" s="86">
         <v>2</v>
       </c>
-      <c r="G15" s="84">
+      <c r="G15" s="83">
         <v>3</v>
       </c>
-      <c r="H15" s="107">
+      <c r="H15" s="105">
         <v>4</v>
       </c>
-      <c r="I15" s="83"/>
-[...5 lines deleted...]
-      <c r="O15" s="87">
+      <c r="I15" s="82"/>
+      <c r="J15" s="298"/>
+      <c r="K15" s="299"/>
+      <c r="L15" s="300"/>
+      <c r="M15" s="300"/>
+      <c r="N15" s="301"/>
+      <c r="O15" s="86">
         <v>1</v>
       </c>
-      <c r="P15" s="107">
+      <c r="P15" s="105">
         <v>2</v>
       </c>
-      <c r="Q15" s="77"/>
-[...5 lines deleted...]
-      <c r="W15" s="319"/>
+      <c r="Q15" s="76"/>
+      <c r="R15" s="269"/>
+      <c r="S15" s="269"/>
+      <c r="T15" s="269"/>
+      <c r="U15" s="269"/>
+      <c r="V15" s="269"/>
+      <c r="W15" s="270"/>
     </row>
     <row r="16" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="76"/>
-      <c r="B16" s="109">
+      <c r="A16" s="75"/>
+      <c r="B16" s="107">
         <v>5</v>
       </c>
-      <c r="C16" s="190">
+      <c r="C16" s="180">
         <v>6</v>
       </c>
-      <c r="D16" s="89">
+      <c r="D16" s="88">
         <v>7</v>
       </c>
-      <c r="E16" s="86">
+      <c r="E16" s="85">
         <v>8</v>
       </c>
-      <c r="F16" s="86">
+      <c r="F16" s="85">
         <v>9</v>
       </c>
-      <c r="G16" s="86">
+      <c r="G16" s="85">
         <v>10</v>
       </c>
-      <c r="H16" s="107">
+      <c r="H16" s="105">
         <v>11</v>
       </c>
-      <c r="I16" s="83"/>
-      <c r="J16" s="109">
+      <c r="I16" s="82"/>
+      <c r="J16" s="107">
         <v>3</v>
       </c>
-      <c r="K16" s="89">
+      <c r="K16" s="88">
         <v>4</v>
       </c>
-      <c r="L16" s="89">
+      <c r="L16" s="88">
         <v>5</v>
       </c>
-      <c r="M16" s="89">
+      <c r="M16" s="88">
         <v>6</v>
       </c>
-      <c r="N16" s="89">
+      <c r="N16" s="88">
         <v>7</v>
       </c>
-      <c r="O16" s="86">
+      <c r="O16" s="85">
         <v>8</v>
       </c>
-      <c r="P16" s="107">
+      <c r="P16" s="105">
         <v>9</v>
       </c>
-      <c r="Q16" s="77"/>
-[...5 lines deleted...]
-      <c r="W16" s="136"/>
+      <c r="Q16" s="76"/>
+      <c r="R16" s="126"/>
+      <c r="S16" s="127"/>
+      <c r="T16" s="127"/>
+      <c r="U16" s="127"/>
+      <c r="V16" s="127"/>
+      <c r="W16" s="128"/>
     </row>
     <row r="17" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A17" s="76"/>
-      <c r="B17" s="107">
+      <c r="A17" s="75"/>
+      <c r="B17" s="105">
         <v>12</v>
       </c>
-      <c r="C17" s="86">
+      <c r="C17" s="85">
         <v>13</v>
       </c>
-      <c r="D17" s="86">
+      <c r="D17" s="85">
         <v>14</v>
       </c>
-      <c r="E17" s="86">
+      <c r="E17" s="85">
         <v>15</v>
       </c>
-      <c r="F17" s="86">
+      <c r="F17" s="85">
         <v>16</v>
       </c>
-      <c r="G17" s="86">
+      <c r="G17" s="85">
         <v>17</v>
       </c>
-      <c r="H17" s="107">
+      <c r="H17" s="105">
         <v>18</v>
       </c>
-      <c r="I17" s="83"/>
-      <c r="J17" s="107">
+      <c r="I17" s="82"/>
+      <c r="J17" s="105">
         <v>10</v>
       </c>
-      <c r="K17" s="85">
+      <c r="K17" s="84">
         <v>11</v>
       </c>
-      <c r="L17" s="86">
+      <c r="L17" s="85">
         <v>12</v>
       </c>
-      <c r="M17" s="86">
+      <c r="M17" s="85">
         <v>13</v>
       </c>
-      <c r="N17" s="86">
+      <c r="N17" s="85">
         <v>14</v>
       </c>
-      <c r="O17" s="86">
+      <c r="O17" s="85">
         <v>15</v>
       </c>
-      <c r="P17" s="107">
+      <c r="P17" s="105">
         <v>16</v>
       </c>
-      <c r="Q17" s="77"/>
-[...5 lines deleted...]
-      <c r="W17" s="322"/>
+      <c r="Q17" s="76"/>
+      <c r="R17" s="271"/>
+      <c r="S17" s="272"/>
+      <c r="T17" s="272"/>
+      <c r="U17" s="272"/>
+      <c r="V17" s="272"/>
+      <c r="W17" s="273"/>
     </row>
     <row r="18" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="76"/>
-      <c r="B18" s="107">
+      <c r="A18" s="75"/>
+      <c r="B18" s="105">
         <v>19</v>
       </c>
-      <c r="C18" s="86">
+      <c r="C18" s="85">
         <v>20</v>
       </c>
-      <c r="D18" s="86">
+      <c r="D18" s="85">
         <v>21</v>
       </c>
-      <c r="E18" s="86">
+      <c r="E18" s="85">
         <v>22</v>
       </c>
-      <c r="F18" s="86">
+      <c r="F18" s="85">
         <v>23</v>
       </c>
-      <c r="G18" s="86">
+      <c r="G18" s="85">
         <v>24</v>
       </c>
-      <c r="H18" s="107">
+      <c r="H18" s="105">
         <v>25</v>
       </c>
-      <c r="I18" s="83"/>
-      <c r="J18" s="107">
+      <c r="I18" s="82"/>
+      <c r="J18" s="105">
         <v>17</v>
       </c>
-      <c r="K18" s="86">
+      <c r="K18" s="85">
         <v>18</v>
       </c>
-      <c r="L18" s="86">
+      <c r="L18" s="85">
         <v>19</v>
       </c>
-      <c r="M18" s="86">
+      <c r="M18" s="85">
         <v>20</v>
       </c>
-      <c r="N18" s="86">
+      <c r="N18" s="85">
         <v>21</v>
       </c>
-      <c r="O18" s="86">
+      <c r="O18" s="85">
         <v>22</v>
       </c>
-      <c r="P18" s="107">
+      <c r="P18" s="105">
         <v>23</v>
       </c>
-      <c r="Q18" s="77"/>
-[...5 lines deleted...]
-      <c r="W18" s="325"/>
+      <c r="Q18" s="76"/>
+      <c r="R18" s="274"/>
+      <c r="S18" s="275"/>
+      <c r="T18" s="275"/>
+      <c r="U18" s="275"/>
+      <c r="V18" s="275"/>
+      <c r="W18" s="276"/>
     </row>
     <row r="19" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A19" s="76"/>
-      <c r="B19" s="107">
+      <c r="A19" s="75"/>
+      <c r="B19" s="105">
         <v>26</v>
       </c>
-      <c r="C19" s="86">
+      <c r="C19" s="85">
         <v>27</v>
       </c>
-      <c r="D19" s="86">
+      <c r="D19" s="85">
         <v>28</v>
       </c>
-      <c r="E19" s="86">
+      <c r="E19" s="85">
         <v>29</v>
       </c>
-      <c r="F19" s="85">
+      <c r="F19" s="84">
         <v>30</v>
       </c>
-      <c r="G19" s="187"/>
-[...2 lines deleted...]
-      <c r="J19" s="107">
+      <c r="G19" s="177"/>
+      <c r="H19" s="179"/>
+      <c r="I19" s="82"/>
+      <c r="J19" s="105">
         <v>24</v>
       </c>
-      <c r="K19" s="86">
+      <c r="K19" s="85">
         <v>25</v>
       </c>
-      <c r="L19" s="86">
+      <c r="L19" s="85">
         <v>26</v>
       </c>
-      <c r="M19" s="86">
+      <c r="M19" s="85">
         <v>27</v>
       </c>
-      <c r="N19" s="86">
+      <c r="N19" s="85">
         <v>28</v>
       </c>
-      <c r="O19" s="86">
+      <c r="O19" s="85">
         <v>29</v>
       </c>
-      <c r="P19" s="130">
+      <c r="P19" s="124">
         <v>30</v>
       </c>
-      <c r="Q19" s="77"/>
-[...5 lines deleted...]
-      <c r="W19" s="325"/>
+      <c r="Q19" s="76"/>
+      <c r="R19" s="274"/>
+      <c r="S19" s="275"/>
+      <c r="T19" s="275"/>
+      <c r="U19" s="275"/>
+      <c r="V19" s="275"/>
+      <c r="W19" s="276"/>
     </row>
     <row r="20" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="76"/>
+      <c r="A20" s="75"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
-      <c r="J20" s="119">
+      <c r="J20" s="115">
         <v>31</v>
       </c>
-      <c r="K20" s="297"/>
-[...11 lines deleted...]
-      <c r="W20" s="145"/>
+      <c r="K20" s="295"/>
+      <c r="L20" s="296"/>
+      <c r="M20" s="296"/>
+      <c r="N20" s="296"/>
+      <c r="O20" s="296"/>
+      <c r="P20" s="297"/>
+      <c r="Q20" s="76"/>
+      <c r="R20" s="135"/>
+      <c r="S20" s="136"/>
+      <c r="T20" s="136"/>
+      <c r="U20" s="136"/>
+      <c r="V20" s="136"/>
+      <c r="W20" s="137"/>
     </row>
     <row r="21" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A21" s="76"/>
-      <c r="B21" s="255" t="s">
+      <c r="A21" s="75"/>
+      <c r="B21" s="278" t="s">
         <v>15</v>
       </c>
-      <c r="C21" s="255"/>
-[...6 lines deleted...]
-      <c r="J21" s="255" t="s">
+      <c r="C21" s="278"/>
+      <c r="D21" s="278"/>
+      <c r="E21" s="278"/>
+      <c r="F21" s="278"/>
+      <c r="G21" s="278"/>
+      <c r="H21" s="278"/>
+      <c r="I21" s="82"/>
+      <c r="J21" s="278" t="s">
         <v>16</v>
       </c>
-      <c r="K21" s="255"/>
-[...9 lines deleted...]
-      <c r="W21" s="271"/>
+      <c r="K21" s="278"/>
+      <c r="L21" s="278"/>
+      <c r="M21" s="278"/>
+      <c r="N21" s="278"/>
+      <c r="O21" s="278"/>
+      <c r="P21" s="278"/>
+      <c r="Q21" s="76"/>
+      <c r="R21" s="277" t="s">
+        <v>367</v>
+      </c>
+      <c r="W21" s="234"/>
     </row>
     <row r="22" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A22" s="76"/>
-      <c r="B22" s="78" t="s">
+      <c r="A22" s="75"/>
+      <c r="B22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C22" s="78" t="s">
+      <c r="C22" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D22" s="78" t="s">
+      <c r="D22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E22" s="78" t="s">
+      <c r="E22" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F22" s="78" t="s">
+      <c r="F22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G22" s="78" t="s">
+      <c r="G22" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H22" s="78" t="s">
+      <c r="H22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I22" s="83"/>
-      <c r="J22" s="78" t="s">
+      <c r="I22" s="82"/>
+      <c r="J22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="K22" s="78" t="s">
+      <c r="K22" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="L22" s="78" t="s">
+      <c r="L22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M22" s="78" t="s">
+      <c r="M22" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N22" s="78" t="s">
+      <c r="N22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O22" s="78" t="s">
+      <c r="O22" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P22" s="78" t="s">
+      <c r="P22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q22" s="77"/>
-[...1 lines deleted...]
-      <c r="W22" s="271"/>
+      <c r="Q22" s="76"/>
+      <c r="R22" s="235"/>
+      <c r="W22" s="234"/>
     </row>
     <row r="23" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="76"/>
-[...1 lines deleted...]
-      <c r="C23" s="86">
+      <c r="A23" s="75"/>
+      <c r="B23" s="178"/>
+      <c r="C23" s="85">
         <v>1</v>
       </c>
-      <c r="D23" s="86">
+      <c r="D23" s="85">
         <v>2</v>
       </c>
-      <c r="E23" s="86">
+      <c r="E23" s="85">
         <v>3</v>
       </c>
-      <c r="F23" s="86">
+      <c r="F23" s="85">
         <v>4</v>
       </c>
-      <c r="G23" s="84">
+      <c r="G23" s="83">
         <v>5</v>
       </c>
-      <c r="H23" s="107">
+      <c r="H23" s="105">
         <v>6</v>
       </c>
-      <c r="I23" s="83"/>
-[...3 lines deleted...]
-      <c r="M23" s="86">
+      <c r="I23" s="82"/>
+      <c r="J23" s="279"/>
+      <c r="K23" s="280"/>
+      <c r="L23" s="281"/>
+      <c r="M23" s="85">
         <v>1</v>
       </c>
-      <c r="N23" s="87">
+      <c r="N23" s="86">
         <v>2</v>
       </c>
-      <c r="O23" s="86">
+      <c r="O23" s="85">
         <v>3</v>
       </c>
-      <c r="P23" s="107">
+      <c r="P23" s="105">
         <v>4</v>
       </c>
-      <c r="Q23" s="77"/>
-[...1 lines deleted...]
-      <c r="W23" s="271"/>
+      <c r="Q23" s="76"/>
+      <c r="R23" s="235"/>
+      <c r="W23" s="234"/>
     </row>
     <row r="24" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A24" s="76"/>
-      <c r="B24" s="107">
+      <c r="A24" s="75"/>
+      <c r="B24" s="105">
         <v>7</v>
       </c>
-      <c r="C24" s="86">
+      <c r="C24" s="85">
         <v>8</v>
       </c>
-      <c r="D24" s="86">
+      <c r="D24" s="85">
         <v>9</v>
       </c>
-      <c r="E24" s="86">
+      <c r="E24" s="85">
         <v>10</v>
       </c>
-      <c r="F24" s="85">
+      <c r="F24" s="84">
         <v>11</v>
       </c>
-      <c r="G24" s="86">
+      <c r="G24" s="85">
         <v>12</v>
       </c>
-      <c r="H24" s="107">
+      <c r="H24" s="105">
         <v>13</v>
       </c>
-      <c r="I24" s="83"/>
-      <c r="J24" s="109">
+      <c r="I24" s="82"/>
+      <c r="J24" s="107">
         <v>5</v>
       </c>
-      <c r="K24" s="89">
+      <c r="K24" s="88">
         <v>6</v>
       </c>
-      <c r="L24" s="89">
+      <c r="L24" s="88">
         <v>7</v>
       </c>
-      <c r="M24" s="89">
+      <c r="M24" s="88">
         <v>8</v>
       </c>
-      <c r="N24" s="89">
+      <c r="N24" s="88">
         <v>9</v>
       </c>
-      <c r="O24" s="86">
+      <c r="O24" s="85">
         <v>10</v>
       </c>
-      <c r="P24" s="107">
+      <c r="P24" s="105">
         <v>11</v>
       </c>
-      <c r="Q24" s="77"/>
-[...1 lines deleted...]
-      <c r="W24" s="271"/>
+      <c r="Q24" s="76"/>
+      <c r="R24" s="235"/>
+      <c r="W24" s="234"/>
     </row>
     <row r="25" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="76"/>
-      <c r="B25" s="107">
+      <c r="A25" s="75"/>
+      <c r="B25" s="105">
         <v>14</v>
       </c>
-      <c r="C25" s="86">
+      <c r="C25" s="85">
         <v>15</v>
       </c>
-      <c r="D25" s="86">
+      <c r="D25" s="85">
         <v>16</v>
       </c>
-      <c r="E25" s="86">
+      <c r="E25" s="85">
         <v>17</v>
       </c>
-      <c r="F25" s="86">
+      <c r="F25" s="85">
         <v>18</v>
       </c>
-      <c r="G25" s="86">
+      <c r="G25" s="85">
         <v>19</v>
       </c>
-      <c r="H25" s="107">
+      <c r="H25" s="105">
         <v>20</v>
       </c>
-      <c r="I25" s="83"/>
-      <c r="J25" s="107">
+      <c r="I25" s="82"/>
+      <c r="J25" s="105">
         <v>12</v>
       </c>
-      <c r="K25" s="86">
+      <c r="K25" s="85">
         <v>13</v>
       </c>
-      <c r="L25" s="86">
+      <c r="L25" s="85">
         <v>14</v>
       </c>
-      <c r="M25" s="86">
+      <c r="M25" s="85">
         <v>15</v>
       </c>
-      <c r="N25" s="86">
+      <c r="N25" s="85">
         <v>16</v>
       </c>
-      <c r="O25" s="86">
+      <c r="O25" s="85">
         <v>17</v>
       </c>
-      <c r="P25" s="107">
+      <c r="P25" s="105">
         <v>18</v>
       </c>
-      <c r="Q25" s="77"/>
-[...1 lines deleted...]
-      <c r="W25" s="271"/>
+      <c r="Q25" s="76"/>
+      <c r="R25" s="235"/>
+      <c r="W25" s="234"/>
     </row>
     <row r="26" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="76"/>
-      <c r="B26" s="107">
+      <c r="A26" s="75"/>
+      <c r="B26" s="105">
         <v>21</v>
       </c>
-      <c r="C26" s="86">
+      <c r="C26" s="85">
         <v>22</v>
       </c>
-      <c r="D26" s="88">
+      <c r="D26" s="87">
         <v>23</v>
       </c>
-      <c r="E26" s="88">
+      <c r="E26" s="87">
         <v>24</v>
       </c>
-      <c r="F26" s="88">
+      <c r="F26" s="87">
         <v>25</v>
       </c>
-      <c r="G26" s="88">
+      <c r="G26" s="87">
         <v>26</v>
       </c>
-      <c r="H26" s="111">
+      <c r="H26" s="109">
         <v>27</v>
       </c>
-      <c r="I26" s="83"/>
-      <c r="J26" s="107">
+      <c r="I26" s="82"/>
+      <c r="J26" s="105">
         <v>19</v>
       </c>
-      <c r="K26" s="86">
+      <c r="K26" s="85">
         <v>20</v>
       </c>
-      <c r="L26" s="86">
+      <c r="L26" s="85">
         <v>21</v>
       </c>
-      <c r="M26" s="86">
+      <c r="M26" s="85">
         <v>22</v>
       </c>
-      <c r="N26" s="86">
+      <c r="N26" s="85">
         <v>23</v>
       </c>
-      <c r="O26" s="88">
+      <c r="O26" s="87">
         <v>24</v>
       </c>
-      <c r="P26" s="92">
+      <c r="P26" s="90">
         <v>25</v>
       </c>
-      <c r="Q26" s="77"/>
-[...1 lines deleted...]
-      <c r="W26" s="271"/>
+      <c r="Q26" s="76"/>
+      <c r="R26" s="235"/>
+      <c r="W26" s="234"/>
     </row>
     <row r="27" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="76"/>
-      <c r="B27" s="107">
+      <c r="A27" s="75"/>
+      <c r="B27" s="105">
         <v>28</v>
       </c>
-      <c r="C27" s="88">
+      <c r="C27" s="87">
         <v>29</v>
       </c>
-      <c r="D27" s="88">
+      <c r="D27" s="87">
         <v>30</v>
       </c>
-      <c r="E27" s="304"/>
-[...4 lines deleted...]
-      <c r="J27" s="107">
+      <c r="E27" s="302"/>
+      <c r="F27" s="303"/>
+      <c r="G27" s="303"/>
+      <c r="H27" s="304"/>
+      <c r="I27" s="82"/>
+      <c r="J27" s="105">
         <v>26</v>
       </c>
-      <c r="K27" s="86">
+      <c r="K27" s="85">
         <v>27</v>
       </c>
-      <c r="L27" s="86">
+      <c r="L27" s="85">
         <v>28</v>
       </c>
-      <c r="M27" s="86">
+      <c r="M27" s="85">
         <v>29</v>
       </c>
-      <c r="N27" s="86">
+      <c r="N27" s="85">
         <v>30</v>
       </c>
-      <c r="O27" s="86">
+      <c r="O27" s="85">
         <v>31</v>
       </c>
-      <c r="P27" s="189"/>
-[...2 lines deleted...]
-      <c r="W27" s="271"/>
+      <c r="P27" s="179"/>
+      <c r="Q27" s="76"/>
+      <c r="R27" s="235"/>
+      <c r="W27" s="234"/>
     </row>
     <row r="28" spans="1:23" ht="6.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="76"/>
+      <c r="A28" s="75"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
-      <c r="I28" s="113"/>
-      <c r="J28" s="114">
+      <c r="I28" s="110"/>
+      <c r="J28" s="111">
         <v>31</v>
       </c>
-      <c r="K28" s="314"/>
-[...7 lines deleted...]
-      <c r="W28" s="271"/>
+      <c r="K28" s="284"/>
+      <c r="L28" s="285"/>
+      <c r="M28" s="285"/>
+      <c r="N28" s="285"/>
+      <c r="O28" s="285"/>
+      <c r="P28" s="286"/>
+      <c r="Q28" s="76"/>
+      <c r="R28" s="235"/>
+      <c r="W28" s="234"/>
     </row>
     <row r="29" spans="1:23" ht="7.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="76"/>
-[...17 lines deleted...]
-      <c r="W29" s="271"/>
+      <c r="A29" s="75"/>
+      <c r="B29" s="287"/>
+      <c r="C29" s="287"/>
+      <c r="D29" s="287"/>
+      <c r="E29" s="287"/>
+      <c r="F29" s="287"/>
+      <c r="G29" s="287"/>
+      <c r="H29" s="287"/>
+      <c r="I29" s="287"/>
+      <c r="J29" s="287"/>
+      <c r="K29" s="287"/>
+      <c r="L29" s="287"/>
+      <c r="M29" s="287"/>
+      <c r="N29" s="287"/>
+      <c r="O29" s="287"/>
+      <c r="P29" s="287"/>
+      <c r="Q29" s="76"/>
+      <c r="R29" s="235"/>
+      <c r="W29" s="234"/>
     </row>
     <row r="30" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A30" s="76"/>
-      <c r="B30" s="262" t="s">
+      <c r="A30" s="75"/>
+      <c r="B30" s="288" t="s">
         <v>312</v>
       </c>
-      <c r="C30" s="262"/>
-[...6 lines deleted...]
-      <c r="J30" s="255" t="s">
+      <c r="C30" s="288"/>
+      <c r="D30" s="288"/>
+      <c r="E30" s="288"/>
+      <c r="F30" s="288"/>
+      <c r="G30" s="288"/>
+      <c r="H30" s="288"/>
+      <c r="I30" s="82"/>
+      <c r="J30" s="278" t="s">
         <v>313</v>
       </c>
-      <c r="K30" s="255"/>
-[...7 lines deleted...]
-      <c r="W30" s="271"/>
+      <c r="K30" s="278"/>
+      <c r="L30" s="278"/>
+      <c r="M30" s="278"/>
+      <c r="N30" s="278"/>
+      <c r="O30" s="278"/>
+      <c r="P30" s="278"/>
+      <c r="Q30" s="76"/>
+      <c r="R30" s="235"/>
+      <c r="W30" s="234"/>
     </row>
     <row r="31" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A31" s="76"/>
-      <c r="B31" s="78" t="s">
+      <c r="A31" s="75"/>
+      <c r="B31" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C31" s="78" t="s">
+      <c r="C31" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D31" s="78" t="s">
+      <c r="D31" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E31" s="78" t="s">
+      <c r="E31" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F31" s="78" t="s">
+      <c r="F31" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G31" s="78" t="s">
+      <c r="G31" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H31" s="78" t="s">
+      <c r="H31" s="77" t="s">
         <v>2</v>
       </c>
       <c r="I31" s="3"/>
-      <c r="J31" s="78" t="s">
+      <c r="J31" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="K31" s="78" t="s">
+      <c r="K31" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="L31" s="78" t="s">
+      <c r="L31" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M31" s="78" t="s">
+      <c r="M31" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N31" s="78" t="s">
+      <c r="N31" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O31" s="78" t="s">
+      <c r="O31" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P31" s="78" t="s">
+      <c r="P31" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q31" s="77"/>
-[...1 lines deleted...]
-      <c r="W31" s="271"/>
+      <c r="Q31" s="76"/>
+      <c r="R31" s="235"/>
+      <c r="W31" s="234"/>
     </row>
     <row r="32" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="76"/>
-[...6 lines deleted...]
-      <c r="H32" s="85">
+      <c r="A32" s="75"/>
+      <c r="B32" s="279"/>
+      <c r="C32" s="280"/>
+      <c r="D32" s="280"/>
+      <c r="E32" s="305"/>
+      <c r="F32" s="305"/>
+      <c r="G32" s="306"/>
+      <c r="H32" s="84">
         <v>1</v>
       </c>
       <c r="I32" s="3"/>
-      <c r="J32" s="104"/>
-[...1 lines deleted...]
-      <c r="L32" s="86">
+      <c r="J32" s="102"/>
+      <c r="K32" s="177"/>
+      <c r="L32" s="85">
         <v>1</v>
       </c>
-      <c r="M32" s="86">
+      <c r="M32" s="85">
         <v>2</v>
       </c>
-      <c r="N32" s="86">
+      <c r="N32" s="85">
         <v>3</v>
       </c>
-      <c r="O32" s="86">
+      <c r="O32" s="85">
         <v>4</v>
       </c>
-      <c r="P32" s="107">
+      <c r="P32" s="105">
         <v>5</v>
       </c>
-      <c r="Q32" s="77"/>
-[...1 lines deleted...]
-      <c r="W32" s="271"/>
+      <c r="Q32" s="76"/>
+      <c r="R32" s="235"/>
+      <c r="W32" s="234"/>
     </row>
     <row r="33" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A33" s="76"/>
-      <c r="B33" s="107">
+      <c r="A33" s="75"/>
+      <c r="B33" s="105">
         <v>2</v>
       </c>
-      <c r="C33" s="86">
+      <c r="C33" s="85">
         <v>3</v>
       </c>
-      <c r="D33" s="86">
+      <c r="D33" s="85">
         <v>4</v>
       </c>
-      <c r="E33" s="86">
+      <c r="E33" s="85">
         <v>5</v>
       </c>
-      <c r="F33" s="86">
+      <c r="F33" s="85">
         <v>6</v>
       </c>
-      <c r="G33" s="86">
+      <c r="G33" s="85">
         <v>7</v>
       </c>
-      <c r="H33" s="107">
+      <c r="H33" s="105">
         <v>8</v>
       </c>
       <c r="I33" s="3"/>
-      <c r="J33" s="107">
+      <c r="J33" s="105">
         <v>6</v>
       </c>
-      <c r="K33" s="86">
+      <c r="K33" s="85">
         <v>7</v>
       </c>
-      <c r="L33" s="86">
+      <c r="L33" s="85">
         <v>8</v>
       </c>
-      <c r="M33" s="86">
+      <c r="M33" s="85">
         <v>9</v>
       </c>
-      <c r="N33" s="86">
+      <c r="N33" s="85">
         <v>10</v>
       </c>
-      <c r="O33" s="86">
+      <c r="O33" s="85">
         <v>11</v>
       </c>
-      <c r="P33" s="107">
+      <c r="P33" s="105">
         <v>12</v>
       </c>
-      <c r="Q33" s="77"/>
-[...1 lines deleted...]
-      <c r="W33" s="271"/>
+      <c r="Q33" s="76"/>
+      <c r="R33" s="235"/>
+      <c r="W33" s="234"/>
     </row>
     <row r="34" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A34" s="76"/>
-      <c r="B34" s="107">
+      <c r="A34" s="75"/>
+      <c r="B34" s="105">
         <v>9</v>
       </c>
-      <c r="C34" s="86">
+      <c r="C34" s="85">
         <v>10</v>
       </c>
-      <c r="D34" s="86">
+      <c r="D34" s="85">
         <v>11</v>
       </c>
-      <c r="E34" s="86">
+      <c r="E34" s="85">
         <v>12</v>
       </c>
-      <c r="F34" s="86">
+      <c r="F34" s="85">
         <v>13</v>
       </c>
-      <c r="G34" s="86">
+      <c r="G34" s="85">
         <v>14</v>
       </c>
-      <c r="H34" s="107">
+      <c r="H34" s="105">
         <v>15</v>
       </c>
       <c r="I34" s="3"/>
-      <c r="J34" s="107">
+      <c r="J34" s="105">
         <v>13</v>
       </c>
-      <c r="K34" s="86">
+      <c r="K34" s="85">
         <v>14</v>
       </c>
-      <c r="L34" s="86">
+      <c r="L34" s="85">
         <v>15</v>
       </c>
-      <c r="M34" s="86">
+      <c r="M34" s="85">
         <v>16</v>
       </c>
-      <c r="N34" s="86">
+      <c r="N34" s="85">
         <v>17</v>
       </c>
-      <c r="O34" s="86">
+      <c r="O34" s="85">
         <v>18</v>
       </c>
-      <c r="P34" s="107">
+      <c r="P34" s="105">
         <v>19</v>
       </c>
-      <c r="Q34" s="77"/>
-[...1 lines deleted...]
-      <c r="W34" s="271"/>
+      <c r="Q34" s="76"/>
+      <c r="R34" s="235"/>
+      <c r="W34" s="234"/>
     </row>
     <row r="35" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="76"/>
-      <c r="B35" s="107">
+      <c r="A35" s="75"/>
+      <c r="B35" s="105">
         <v>16</v>
       </c>
-      <c r="C35" s="86">
+      <c r="C35" s="85">
         <v>17</v>
       </c>
-      <c r="D35" s="86">
+      <c r="D35" s="85">
         <v>18</v>
       </c>
-      <c r="E35" s="86">
+      <c r="E35" s="85">
         <v>19</v>
       </c>
-      <c r="F35" s="86">
+      <c r="F35" s="85">
         <v>20</v>
       </c>
-      <c r="G35" s="86">
+      <c r="G35" s="85">
         <v>21</v>
       </c>
-      <c r="H35" s="107">
+      <c r="H35" s="105">
         <v>22</v>
       </c>
       <c r="I35" s="3"/>
-      <c r="J35" s="107">
+      <c r="J35" s="105">
         <v>20</v>
       </c>
-      <c r="K35" s="92">
+      <c r="K35" s="90">
         <v>21</v>
       </c>
-      <c r="L35" s="88">
+      <c r="L35" s="87">
         <v>22</v>
       </c>
-      <c r="M35" s="88">
+      <c r="M35" s="87">
         <v>23</v>
       </c>
-      <c r="N35" s="88">
+      <c r="N35" s="87">
         <v>24</v>
       </c>
-      <c r="O35" s="88">
+      <c r="O35" s="87">
         <v>25</v>
       </c>
-      <c r="P35" s="111">
+      <c r="P35" s="109">
         <v>26</v>
       </c>
-      <c r="Q35" s="77"/>
-[...1 lines deleted...]
-      <c r="W35" s="271"/>
+      <c r="Q35" s="76"/>
+      <c r="R35" s="235"/>
+      <c r="W35" s="234"/>
     </row>
     <row r="36" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="76"/>
-      <c r="B36" s="107">
+      <c r="A36" s="75"/>
+      <c r="B36" s="105">
         <v>23</v>
       </c>
-      <c r="C36" s="88">
+      <c r="C36" s="87">
         <v>24</v>
       </c>
-      <c r="D36" s="88">
+      <c r="D36" s="87">
         <v>25</v>
       </c>
-      <c r="E36" s="86">
+      <c r="E36" s="85">
         <v>26</v>
       </c>
-      <c r="F36" s="86">
+      <c r="F36" s="85">
         <v>27</v>
       </c>
-      <c r="G36" s="87">
+      <c r="G36" s="86">
         <v>28</v>
       </c>
-      <c r="H36" s="128">
+      <c r="H36" s="123">
         <v>29</v>
       </c>
       <c r="I36" s="4"/>
-      <c r="J36" s="108">
+      <c r="J36" s="106">
         <v>27</v>
       </c>
-      <c r="K36" s="86">
+      <c r="K36" s="85">
         <v>28</v>
       </c>
-      <c r="L36" s="86">
+      <c r="L36" s="85">
         <v>29</v>
       </c>
-      <c r="M36" s="221"/>
-[...5 lines deleted...]
-      <c r="W36" s="271"/>
+      <c r="M36" s="279"/>
+      <c r="N36" s="280"/>
+      <c r="O36" s="280"/>
+      <c r="P36" s="281"/>
+      <c r="Q36" s="76"/>
+      <c r="R36" s="235"/>
+      <c r="W36" s="234"/>
     </row>
     <row r="37" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="76"/>
-      <c r="B37" s="107">
+      <c r="A37" s="75"/>
+      <c r="B37" s="105">
         <v>30</v>
       </c>
-      <c r="C37" s="88">
+      <c r="C37" s="87">
         <v>31</v>
       </c>
-      <c r="D37" s="304"/>
-[...3 lines deleted...]
-      <c r="H37" s="306"/>
+      <c r="D37" s="302"/>
+      <c r="E37" s="303"/>
+      <c r="F37" s="303"/>
+      <c r="G37" s="303"/>
+      <c r="H37" s="304"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
-      <c r="Q37" s="77"/>
-[...1 lines deleted...]
-      <c r="W37" s="271"/>
+      <c r="Q37" s="76"/>
+      <c r="R37" s="235"/>
+      <c r="W37" s="234"/>
     </row>
     <row r="38" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="76"/>
+      <c r="A38" s="75"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
       <c r="K38" s="2"/>
       <c r="L38" s="2"/>
       <c r="M38" s="2"/>
       <c r="N38" s="2"/>
       <c r="O38" s="2"/>
       <c r="P38" s="2"/>
-      <c r="Q38" s="77"/>
-[...1 lines deleted...]
-      <c r="W38" s="271"/>
+      <c r="Q38" s="76"/>
+      <c r="R38" s="235"/>
+      <c r="W38" s="234"/>
     </row>
     <row r="39" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A39" s="76"/>
-      <c r="B39" s="255" t="s">
+      <c r="A39" s="75"/>
+      <c r="B39" s="278" t="s">
         <v>314</v>
       </c>
-      <c r="C39" s="262"/>
-[...6 lines deleted...]
-      <c r="J39" s="255" t="s">
+      <c r="C39" s="288"/>
+      <c r="D39" s="278"/>
+      <c r="E39" s="278"/>
+      <c r="F39" s="278"/>
+      <c r="G39" s="278"/>
+      <c r="H39" s="278"/>
+      <c r="I39" s="82"/>
+      <c r="J39" s="278" t="s">
         <v>315</v>
       </c>
-      <c r="K39" s="255"/>
-[...7 lines deleted...]
-      <c r="W39" s="271"/>
+      <c r="K39" s="278"/>
+      <c r="L39" s="278"/>
+      <c r="M39" s="278"/>
+      <c r="N39" s="278"/>
+      <c r="O39" s="278"/>
+      <c r="P39" s="278"/>
+      <c r="Q39" s="76"/>
+      <c r="R39" s="235"/>
+      <c r="W39" s="234"/>
     </row>
     <row r="40" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A40" s="76"/>
-      <c r="B40" s="78" t="s">
+      <c r="A40" s="75"/>
+      <c r="B40" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C40" s="78" t="s">
+      <c r="C40" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D40" s="78" t="s">
+      <c r="D40" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E40" s="78" t="s">
+      <c r="E40" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F40" s="78" t="s">
+      <c r="F40" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G40" s="78" t="s">
+      <c r="G40" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H40" s="78" t="s">
+      <c r="H40" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I40" s="83"/>
-      <c r="J40" s="78" t="s">
+      <c r="I40" s="82"/>
+      <c r="J40" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="K40" s="78" t="s">
+      <c r="K40" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="L40" s="78" t="s">
+      <c r="L40" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M40" s="78" t="s">
+      <c r="M40" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N40" s="78" t="s">
+      <c r="N40" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O40" s="78" t="s">
+      <c r="O40" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P40" s="78" t="s">
+      <c r="P40" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q40" s="77"/>
-[...1 lines deleted...]
-      <c r="W40" s="271"/>
+      <c r="Q40" s="76"/>
+      <c r="R40" s="235"/>
+      <c r="W40" s="234"/>
     </row>
     <row r="41" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="76"/>
-[...3 lines deleted...]
-      <c r="E41" s="86">
+      <c r="A41" s="75"/>
+      <c r="B41" s="102"/>
+      <c r="C41" s="177"/>
+      <c r="D41" s="177"/>
+      <c r="E41" s="85">
         <v>1</v>
       </c>
-      <c r="F41" s="86">
+      <c r="F41" s="85">
         <v>2</v>
       </c>
-      <c r="G41" s="84">
+      <c r="G41" s="83">
         <v>3</v>
       </c>
-      <c r="H41" s="107">
+      <c r="H41" s="105">
         <v>4</v>
       </c>
-      <c r="I41" s="83"/>
-[...6 lines deleted...]
-      <c r="P41" s="107">
+      <c r="I41" s="82"/>
+      <c r="J41" s="279"/>
+      <c r="K41" s="280"/>
+      <c r="L41" s="282"/>
+      <c r="M41" s="282"/>
+      <c r="N41" s="282"/>
+      <c r="O41" s="283"/>
+      <c r="P41" s="105">
         <v>1</v>
       </c>
-      <c r="Q41" s="77"/>
-[...1 lines deleted...]
-      <c r="W41" s="271"/>
+      <c r="Q41" s="76"/>
+      <c r="R41" s="235"/>
+      <c r="W41" s="234"/>
     </row>
     <row r="42" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A42" s="76"/>
-      <c r="B42" s="107">
+      <c r="A42" s="75"/>
+      <c r="B42" s="105">
         <v>5</v>
       </c>
-      <c r="C42" s="86">
+      <c r="C42" s="85">
         <v>6</v>
       </c>
-      <c r="D42" s="86">
+      <c r="D42" s="85">
         <v>7</v>
       </c>
-      <c r="E42" s="86">
+      <c r="E42" s="85">
         <v>8</v>
       </c>
-      <c r="F42" s="86">
+      <c r="F42" s="85">
         <v>9</v>
       </c>
-      <c r="G42" s="86">
+      <c r="G42" s="85">
         <v>10</v>
       </c>
-      <c r="H42" s="107">
+      <c r="H42" s="105">
         <v>11</v>
       </c>
-      <c r="I42" s="83"/>
-      <c r="J42" s="107">
+      <c r="I42" s="82"/>
+      <c r="J42" s="105">
         <v>2</v>
       </c>
-      <c r="K42" s="86">
+      <c r="K42" s="85">
         <v>3</v>
       </c>
-      <c r="L42" s="86">
+      <c r="L42" s="85">
         <v>4</v>
       </c>
-      <c r="M42" s="86">
+      <c r="M42" s="85">
         <v>5</v>
       </c>
-      <c r="N42" s="86">
+      <c r="N42" s="85">
         <v>6</v>
       </c>
-      <c r="O42" s="86">
+      <c r="O42" s="85">
         <v>7</v>
       </c>
-      <c r="P42" s="107">
+      <c r="P42" s="105">
         <v>8</v>
       </c>
-      <c r="Q42" s="77"/>
-[...1 lines deleted...]
-      <c r="W42" s="271"/>
+      <c r="Q42" s="76"/>
+      <c r="R42" s="235"/>
+      <c r="W42" s="234"/>
     </row>
     <row r="43" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A43" s="76"/>
-      <c r="B43" s="107">
+      <c r="A43" s="75"/>
+      <c r="B43" s="105">
         <v>12</v>
       </c>
-      <c r="C43" s="86">
+      <c r="C43" s="85">
         <v>13</v>
       </c>
-      <c r="D43" s="86">
+      <c r="D43" s="85">
         <v>14</v>
       </c>
-      <c r="E43" s="86">
+      <c r="E43" s="85">
         <v>15</v>
       </c>
-      <c r="F43" s="86">
+      <c r="F43" s="85">
         <v>16</v>
       </c>
-      <c r="G43" s="86">
+      <c r="G43" s="85">
         <v>17</v>
       </c>
-      <c r="H43" s="107">
+      <c r="H43" s="105">
         <v>18</v>
       </c>
-      <c r="I43" s="83"/>
-      <c r="J43" s="107">
+      <c r="I43" s="82"/>
+      <c r="J43" s="105">
         <v>9</v>
       </c>
-      <c r="K43" s="86">
+      <c r="K43" s="85">
         <v>10</v>
       </c>
-      <c r="L43" s="86">
+      <c r="L43" s="85">
         <v>11</v>
       </c>
-      <c r="M43" s="86">
+      <c r="M43" s="85">
         <v>12</v>
       </c>
-      <c r="N43" s="86">
+      <c r="N43" s="85">
         <v>13</v>
       </c>
-      <c r="O43" s="85">
+      <c r="O43" s="84">
         <v>14</v>
       </c>
-      <c r="P43" s="107">
+      <c r="P43" s="105">
         <v>15</v>
       </c>
-      <c r="Q43" s="77"/>
-[...1 lines deleted...]
-      <c r="W43" s="271"/>
+      <c r="Q43" s="76"/>
+      <c r="R43" s="235"/>
+      <c r="W43" s="234"/>
     </row>
     <row r="44" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="76"/>
-      <c r="B44" s="107">
+      <c r="A44" s="75"/>
+      <c r="B44" s="105">
         <v>19</v>
       </c>
-      <c r="C44" s="86">
+      <c r="C44" s="85">
         <v>20</v>
       </c>
-      <c r="D44" s="86">
+      <c r="D44" s="85">
         <v>21</v>
       </c>
-      <c r="E44" s="86">
+      <c r="E44" s="85">
         <v>22</v>
       </c>
-      <c r="F44" s="86">
+      <c r="F44" s="85">
         <v>23</v>
       </c>
-      <c r="G44" s="86">
+      <c r="G44" s="85">
         <v>24</v>
       </c>
-      <c r="H44" s="107">
+      <c r="H44" s="105">
         <v>25</v>
       </c>
-      <c r="I44" s="83"/>
-      <c r="J44" s="107">
+      <c r="I44" s="82"/>
+      <c r="J44" s="105">
         <v>16</v>
       </c>
-      <c r="K44" s="86">
+      <c r="K44" s="85">
         <v>17</v>
       </c>
-      <c r="L44" s="86">
+      <c r="L44" s="85">
         <v>18</v>
       </c>
-      <c r="M44" s="86">
+      <c r="M44" s="85">
         <v>19</v>
       </c>
-      <c r="N44" s="86">
+      <c r="N44" s="85">
         <v>20</v>
       </c>
-      <c r="O44" s="86">
+      <c r="O44" s="85">
         <v>21</v>
       </c>
-      <c r="P44" s="107">
+      <c r="P44" s="105">
         <v>22</v>
       </c>
-      <c r="Q44" s="77"/>
-[...1 lines deleted...]
-      <c r="W44" s="271"/>
+      <c r="Q44" s="76"/>
+      <c r="R44" s="235"/>
+      <c r="W44" s="234"/>
     </row>
     <row r="45" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="76"/>
-      <c r="B45" s="107">
+      <c r="A45" s="75"/>
+      <c r="B45" s="105">
         <v>26</v>
       </c>
-      <c r="C45" s="86">
+      <c r="C45" s="85">
         <v>27</v>
       </c>
-      <c r="D45" s="86">
+      <c r="D45" s="85">
         <v>28</v>
       </c>
-      <c r="E45" s="86">
+      <c r="E45" s="85">
         <v>29</v>
       </c>
-      <c r="F45" s="86">
+      <c r="F45" s="85">
         <v>30</v>
       </c>
-      <c r="G45" s="90">
+      <c r="G45" s="89">
         <v>31</v>
       </c>
-      <c r="H45" s="110"/>
-[...1 lines deleted...]
-      <c r="J45" s="107">
+      <c r="H45" s="108"/>
+      <c r="I45" s="82"/>
+      <c r="J45" s="105">
         <v>23</v>
       </c>
-      <c r="K45" s="86">
+      <c r="K45" s="85">
         <v>24</v>
       </c>
-      <c r="L45" s="86">
+      <c r="L45" s="85">
         <v>25</v>
       </c>
-      <c r="M45" s="86">
+      <c r="M45" s="85">
         <v>26</v>
       </c>
-      <c r="N45" s="86">
+      <c r="N45" s="85">
         <v>27</v>
       </c>
-      <c r="O45" s="86">
+      <c r="O45" s="85">
         <v>28</v>
       </c>
-      <c r="P45" s="128">
+      <c r="P45" s="123">
         <v>29</v>
       </c>
-      <c r="Q45" s="77"/>
-[...1 lines deleted...]
-      <c r="W45" s="271"/>
+      <c r="Q45" s="76"/>
+      <c r="R45" s="235"/>
+      <c r="W45" s="234"/>
     </row>
     <row r="46" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="76"/>
-[...6 lines deleted...]
-      <c r="H46" s="228"/>
+      <c r="A46" s="75"/>
+      <c r="B46" s="145"/>
+      <c r="C46" s="145"/>
+      <c r="D46" s="247"/>
+      <c r="E46" s="247"/>
+      <c r="F46" s="247"/>
+      <c r="G46" s="247"/>
+      <c r="H46" s="247"/>
       <c r="I46" s="2"/>
-      <c r="J46" s="107">
+      <c r="J46" s="105">
         <v>30</v>
       </c>
-      <c r="K46" s="221"/>
-[...7 lines deleted...]
-      <c r="W46" s="271"/>
+      <c r="K46" s="279"/>
+      <c r="L46" s="280"/>
+      <c r="M46" s="280"/>
+      <c r="N46" s="280"/>
+      <c r="O46" s="280"/>
+      <c r="P46" s="281"/>
+      <c r="Q46" s="76"/>
+      <c r="R46" s="235"/>
+      <c r="W46" s="234"/>
     </row>
     <row r="47" spans="1:23" ht="4.8" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="76"/>
+      <c r="A47" s="75"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
       <c r="K47" s="2"/>
       <c r="L47" s="2"/>
       <c r="M47" s="2"/>
       <c r="N47" s="2"/>
       <c r="O47" s="2"/>
       <c r="P47" s="2"/>
-      <c r="Q47" s="77"/>
-[...1 lines deleted...]
-      <c r="W47" s="271"/>
+      <c r="Q47" s="76"/>
+      <c r="R47" s="235"/>
+      <c r="W47" s="234"/>
     </row>
     <row r="48" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A48" s="76"/>
-      <c r="B48" s="255" t="s">
+      <c r="A48" s="75"/>
+      <c r="B48" s="278" t="s">
         <v>9</v>
       </c>
-      <c r="C48" s="255"/>
-[...6 lines deleted...]
-      <c r="J48" s="255" t="s">
+      <c r="C48" s="278"/>
+      <c r="D48" s="278"/>
+      <c r="E48" s="278"/>
+      <c r="F48" s="278"/>
+      <c r="G48" s="278"/>
+      <c r="H48" s="278"/>
+      <c r="I48" s="82"/>
+      <c r="J48" s="278" t="s">
         <v>10</v>
       </c>
-      <c r="K48" s="255"/>
-[...7 lines deleted...]
-      <c r="W48" s="271"/>
+      <c r="K48" s="278"/>
+      <c r="L48" s="278"/>
+      <c r="M48" s="278"/>
+      <c r="N48" s="278"/>
+      <c r="O48" s="278"/>
+      <c r="P48" s="278"/>
+      <c r="Q48" s="76"/>
+      <c r="R48" s="235"/>
+      <c r="W48" s="234"/>
     </row>
     <row r="49" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A49" s="76"/>
-      <c r="B49" s="78" t="s">
+      <c r="A49" s="75"/>
+      <c r="B49" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C49" s="78" t="s">
+      <c r="C49" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D49" s="78" t="s">
+      <c r="D49" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E49" s="78" t="s">
+      <c r="E49" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F49" s="78" t="s">
+      <c r="F49" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G49" s="78" t="s">
+      <c r="G49" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H49" s="78" t="s">
+      <c r="H49" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I49" s="83"/>
-      <c r="J49" s="75" t="s">
+      <c r="I49" s="82"/>
+      <c r="J49" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="K49" s="75" t="s">
+      <c r="K49" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="L49" s="78" t="s">
+      <c r="L49" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M49" s="78" t="s">
+      <c r="M49" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N49" s="78" t="s">
+      <c r="N49" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O49" s="78" t="s">
+      <c r="O49" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P49" s="78" t="s">
+      <c r="P49" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q49" s="77"/>
-[...1 lines deleted...]
-      <c r="W49" s="271"/>
+      <c r="Q49" s="76"/>
+      <c r="R49" s="235"/>
+      <c r="W49" s="234"/>
     </row>
     <row r="50" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A50" s="76"/>
-[...1 lines deleted...]
-      <c r="C50" s="86">
+      <c r="A50" s="75"/>
+      <c r="B50" s="102"/>
+      <c r="C50" s="85">
         <v>1</v>
       </c>
-      <c r="D50" s="86">
+      <c r="D50" s="85">
         <v>2</v>
       </c>
-      <c r="E50" s="86">
+      <c r="E50" s="85">
         <v>3</v>
       </c>
-      <c r="F50" s="86">
+      <c r="F50" s="85">
         <v>4</v>
       </c>
-      <c r="G50" s="86">
+      <c r="G50" s="85">
         <v>5</v>
       </c>
-      <c r="H50" s="107">
+      <c r="H50" s="105">
         <v>6</v>
       </c>
-      <c r="I50" s="83"/>
-[...4 lines deleted...]
-      <c r="N50" s="86">
+      <c r="I50" s="82"/>
+      <c r="J50" s="279"/>
+      <c r="K50" s="280"/>
+      <c r="L50" s="280"/>
+      <c r="M50" s="281"/>
+      <c r="N50" s="85">
         <v>1</v>
       </c>
-      <c r="O50" s="87">
+      <c r="O50" s="86">
         <v>2</v>
       </c>
-      <c r="P50" s="107">
+      <c r="P50" s="105">
         <v>3</v>
       </c>
-      <c r="Q50" s="77"/>
-[...1 lines deleted...]
-      <c r="W50" s="271"/>
+      <c r="Q50" s="76"/>
+      <c r="R50" s="235"/>
+      <c r="W50" s="234"/>
     </row>
     <row r="51" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A51" s="76"/>
-      <c r="B51" s="107">
+      <c r="A51" s="75"/>
+      <c r="B51" s="105">
         <v>7</v>
       </c>
-      <c r="C51" s="86">
+      <c r="C51" s="85">
         <v>8</v>
       </c>
-      <c r="D51" s="86">
+      <c r="D51" s="85">
         <v>9</v>
       </c>
-      <c r="E51" s="86">
+      <c r="E51" s="85">
         <v>10</v>
       </c>
-      <c r="F51" s="86">
+      <c r="F51" s="85">
         <v>11</v>
       </c>
-      <c r="G51" s="86">
+      <c r="G51" s="85">
         <v>12</v>
       </c>
-      <c r="H51" s="107">
+      <c r="H51" s="105">
         <v>13</v>
       </c>
-      <c r="I51" s="83"/>
-      <c r="J51" s="109">
+      <c r="I51" s="82"/>
+      <c r="J51" s="107">
         <v>4</v>
       </c>
-      <c r="K51" s="89">
+      <c r="K51" s="88">
         <v>5</v>
       </c>
-      <c r="L51" s="86">
+      <c r="L51" s="85">
         <v>6</v>
       </c>
-      <c r="M51" s="86">
+      <c r="M51" s="85">
         <v>7</v>
       </c>
-      <c r="N51" s="86">
+      <c r="N51" s="85">
         <v>8</v>
       </c>
-      <c r="O51" s="86">
+      <c r="O51" s="85">
         <v>9</v>
       </c>
-      <c r="P51" s="107">
+      <c r="P51" s="105">
         <v>10</v>
       </c>
-      <c r="Q51" s="77"/>
-[...1 lines deleted...]
-      <c r="W51" s="271"/>
+      <c r="Q51" s="76"/>
+      <c r="R51" s="235"/>
+      <c r="W51" s="234"/>
     </row>
     <row r="52" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="76"/>
-      <c r="B52" s="107">
+      <c r="A52" s="75"/>
+      <c r="B52" s="105">
         <v>14</v>
       </c>
-      <c r="C52" s="86">
+      <c r="C52" s="85">
         <v>15</v>
       </c>
-      <c r="D52" s="86">
+      <c r="D52" s="85">
         <v>16</v>
       </c>
-      <c r="E52" s="86">
+      <c r="E52" s="85">
         <v>17</v>
       </c>
-      <c r="F52" s="86">
+      <c r="F52" s="85">
         <v>18</v>
       </c>
-      <c r="G52" s="86">
+      <c r="G52" s="85">
         <v>19</v>
       </c>
-      <c r="H52" s="107">
+      <c r="H52" s="105">
         <v>20</v>
       </c>
-      <c r="I52" s="83"/>
-      <c r="J52" s="107">
+      <c r="I52" s="82"/>
+      <c r="J52" s="105">
         <v>11</v>
       </c>
-      <c r="K52" s="86">
+      <c r="K52" s="85">
         <v>12</v>
       </c>
-      <c r="L52" s="86">
+      <c r="L52" s="85">
         <v>13</v>
       </c>
-      <c r="M52" s="86">
+      <c r="M52" s="85">
         <v>14</v>
       </c>
-      <c r="N52" s="86">
+      <c r="N52" s="85">
         <v>15</v>
       </c>
-      <c r="O52" s="86">
+      <c r="O52" s="85">
         <v>16</v>
       </c>
-      <c r="P52" s="107">
+      <c r="P52" s="105">
         <v>17</v>
       </c>
-      <c r="Q52" s="77"/>
-[...1 lines deleted...]
-      <c r="W52" s="271"/>
+      <c r="Q52" s="76"/>
+      <c r="R52" s="235"/>
+      <c r="W52" s="234"/>
     </row>
     <row r="53" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="76"/>
-      <c r="B53" s="107">
+      <c r="A53" s="75"/>
+      <c r="B53" s="105">
         <v>21</v>
       </c>
-      <c r="C53" s="86">
+      <c r="C53" s="84">
         <v>22</v>
       </c>
-      <c r="D53" s="86">
+      <c r="D53" s="85">
         <v>23</v>
       </c>
-      <c r="E53" s="86">
+      <c r="E53" s="85">
         <v>24</v>
       </c>
-      <c r="F53" s="86">
+      <c r="F53" s="85">
         <v>25</v>
       </c>
-      <c r="G53" s="86">
+      <c r="G53" s="85">
         <v>26</v>
       </c>
-      <c r="H53" s="107">
+      <c r="H53" s="105">
         <v>27</v>
       </c>
-      <c r="I53" s="83"/>
-      <c r="J53" s="107">
+      <c r="I53" s="82"/>
+      <c r="J53" s="105">
         <v>18</v>
       </c>
-      <c r="K53" s="86">
+      <c r="K53" s="85">
         <v>19</v>
       </c>
-      <c r="L53" s="86">
+      <c r="L53" s="85">
         <v>20</v>
       </c>
-      <c r="M53" s="86">
+      <c r="M53" s="85">
         <v>21</v>
       </c>
-      <c r="N53" s="88">
+      <c r="N53" s="87">
         <v>22</v>
       </c>
-      <c r="O53" s="88">
+      <c r="O53" s="87">
         <v>23</v>
       </c>
-      <c r="P53" s="107">
+      <c r="P53" s="105">
         <v>24</v>
       </c>
-      <c r="Q53" s="77"/>
-[...1 lines deleted...]
-      <c r="W53" s="271"/>
+      <c r="Q53" s="76"/>
+      <c r="R53" s="235"/>
+      <c r="W53" s="234"/>
     </row>
     <row r="54" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A54" s="76"/>
-      <c r="B54" s="116">
+      <c r="A54" s="75"/>
+      <c r="B54" s="112">
         <v>28</v>
       </c>
-      <c r="C54" s="86">
+      <c r="C54" s="85">
         <v>29</v>
       </c>
-      <c r="D54" s="86">
+      <c r="D54" s="85">
         <v>30</v>
       </c>
-      <c r="E54" s="86">
+      <c r="E54" s="85">
         <v>31</v>
       </c>
-      <c r="F54" s="221"/>
-[...3 lines deleted...]
-      <c r="J54" s="107">
+      <c r="F54" s="279"/>
+      <c r="G54" s="280"/>
+      <c r="H54" s="281"/>
+      <c r="I54" s="82"/>
+      <c r="J54" s="105">
         <v>25</v>
       </c>
-      <c r="K54" s="86">
+      <c r="K54" s="85">
         <v>26</v>
       </c>
-      <c r="L54" s="86">
+      <c r="L54" s="85">
         <v>27</v>
       </c>
-      <c r="M54" s="86">
+      <c r="M54" s="85">
         <v>28</v>
       </c>
-      <c r="N54" s="86">
+      <c r="N54" s="85">
         <v>29</v>
       </c>
-      <c r="O54" s="86">
+      <c r="O54" s="85">
         <v>30</v>
       </c>
-      <c r="P54" s="189"/>
-[...2 lines deleted...]
-      <c r="W54" s="271"/>
+      <c r="P54" s="179"/>
+      <c r="Q54" s="76"/>
+      <c r="R54" s="235"/>
+      <c r="W54" s="234"/>
     </row>
     <row r="55" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="B55" s="79"/>
-[...16 lines deleted...]
-      <c r="W55" s="271"/>
+      <c r="B55" s="78"/>
+      <c r="C55" s="78"/>
+      <c r="D55" s="78"/>
+      <c r="E55" s="78"/>
+      <c r="F55" s="78"/>
+      <c r="G55" s="78"/>
+      <c r="H55" s="78"/>
+      <c r="I55" s="82"/>
+      <c r="J55" s="78"/>
+      <c r="K55" s="78"/>
+      <c r="L55" s="78"/>
+      <c r="M55" s="78"/>
+      <c r="N55" s="78"/>
+      <c r="O55" s="78"/>
+      <c r="P55" s="78"/>
+      <c r="Q55" s="76"/>
+      <c r="R55" s="235"/>
+      <c r="W55" s="234"/>
     </row>
     <row r="56" spans="1:23" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="J56" s="79"/>
-[...7 lines deleted...]
-      <c r="W56" s="271"/>
+      <c r="J56" s="78"/>
+      <c r="K56" s="78"/>
+      <c r="L56" s="78"/>
+      <c r="M56" s="78"/>
+      <c r="N56" s="78"/>
+      <c r="O56" s="78"/>
+      <c r="P56" s="78"/>
+      <c r="R56" s="235"/>
+      <c r="W56" s="234"/>
     </row>
     <row r="57" spans="1:23" ht="28.8" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="R57" s="272"/>
-      <c r="W57" s="271"/>
+      <c r="R57" s="235"/>
+      <c r="W57" s="234"/>
     </row>
     <row r="58" spans="1:23" ht="26.4" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="R58" s="272"/>
-      <c r="W58" s="271"/>
+      <c r="R58" s="235"/>
+      <c r="W58" s="234"/>
     </row>
   </sheetData>
   <mergeCells count="44">
-    <mergeCell ref="R13:W15"/>
-[...3 lines deleted...]
-    <mergeCell ref="J48:P48"/>
+    <mergeCell ref="D11:H11"/>
+    <mergeCell ref="M10:P10"/>
+    <mergeCell ref="K20:P20"/>
+    <mergeCell ref="J15:N15"/>
+    <mergeCell ref="B39:H39"/>
+    <mergeCell ref="E27:H27"/>
+    <mergeCell ref="J23:L23"/>
+    <mergeCell ref="B32:G32"/>
+    <mergeCell ref="D37:H37"/>
+    <mergeCell ref="B13:H13"/>
+    <mergeCell ref="J13:P13"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="B6:E6"/>
+    <mergeCell ref="B1:P1"/>
+    <mergeCell ref="R1:W3"/>
+    <mergeCell ref="B2:D2"/>
+    <mergeCell ref="E2:H2"/>
+    <mergeCell ref="J2:M2"/>
+    <mergeCell ref="N2:P2"/>
+    <mergeCell ref="B3:P3"/>
+    <mergeCell ref="B4:H4"/>
+    <mergeCell ref="J4:P4"/>
     <mergeCell ref="F54:H54"/>
     <mergeCell ref="J50:M50"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="J41:O41"/>
     <mergeCell ref="K28:P28"/>
     <mergeCell ref="B29:P29"/>
     <mergeCell ref="J39:P39"/>
     <mergeCell ref="M36:P36"/>
     <mergeCell ref="B30:H30"/>
     <mergeCell ref="J30:P30"/>
     <mergeCell ref="D46:H46"/>
     <mergeCell ref="B48:H48"/>
     <mergeCell ref="B21:H21"/>
     <mergeCell ref="J21:P21"/>
     <mergeCell ref="K46:P46"/>
-    <mergeCell ref="T5:U5"/>
-[...22 lines deleted...]
-    <mergeCell ref="J13:P13"/>
+    <mergeCell ref="R13:W15"/>
+    <mergeCell ref="R17:W19"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="R21:W1048576"/>
+    <mergeCell ref="J48:P48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B43A8447-4608-4204-8BC0-549F99DCD3B6}">
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D322945-D47A-4B86-ABC5-7287ABAE8A72}">
   <dimension ref="A1:XFC58"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="R19" sqref="R19:W58"/>
+      <selection activeCell="B1" sqref="B1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.33203125" style="1" customWidth="1"/>
     <col min="2" max="8" width="5.109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="5.6640625" style="1" customWidth="1"/>
     <col min="10" max="16" width="5.109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="3.6640625" style="1" customWidth="1"/>
-    <col min="18" max="18" width="5.6640625" style="138" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="23" max="23" width="18.109375" style="138" customWidth="1"/>
+    <col min="18" max="18" width="5.6640625" style="277" customWidth="1"/>
+    <col min="19" max="19" width="1.44140625" style="277" customWidth="1"/>
+    <col min="20" max="20" width="2.109375" style="277" customWidth="1"/>
+    <col min="21" max="21" width="9.109375" style="277" customWidth="1"/>
+    <col min="22" max="22" width="1.44140625" style="277" customWidth="1"/>
+    <col min="23" max="23" width="18.77734375" style="277" customWidth="1"/>
     <col min="24" max="24" width="2.6640625" style="1" hidden="1"/>
     <col min="25" max="16383" width="9.109375" style="1" hidden="1"/>
     <col min="16384" max="16384" width="0.109375" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="26.4" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="76"/>
-[...24 lines deleted...]
-      <c r="W1" s="236"/>
+      <c r="A1" s="75"/>
+      <c r="B1" s="250" t="s">
+        <v>350</v>
+      </c>
+      <c r="C1" s="251"/>
+      <c r="D1" s="251"/>
+      <c r="E1" s="251"/>
+      <c r="F1" s="251"/>
+      <c r="G1" s="251"/>
+      <c r="H1" s="251"/>
+      <c r="I1" s="251"/>
+      <c r="J1" s="251"/>
+      <c r="K1" s="251"/>
+      <c r="L1" s="251"/>
+      <c r="M1" s="251"/>
+      <c r="N1" s="251"/>
+      <c r="O1" s="251"/>
+      <c r="P1" s="252"/>
+      <c r="R1" s="253" t="s">
+        <v>351</v>
+      </c>
+      <c r="S1" s="254"/>
+      <c r="T1" s="254"/>
+      <c r="U1" s="254"/>
+      <c r="V1" s="254"/>
+      <c r="W1" s="255"/>
     </row>
     <row r="2" spans="1:23" ht="7.8" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="76"/>
-[...6 lines deleted...]
-      <c r="H2" s="241"/>
+      <c r="A2" s="75"/>
+      <c r="B2" s="259"/>
+      <c r="C2" s="259"/>
+      <c r="D2" s="259"/>
+      <c r="E2" s="260"/>
+      <c r="F2" s="260"/>
+      <c r="G2" s="260"/>
+      <c r="H2" s="260"/>
       <c r="I2" s="2"/>
-      <c r="J2" s="242"/>
-[...39 lines deleted...]
-      <c r="W3" s="239"/>
+      <c r="J2" s="261"/>
+      <c r="K2" s="262"/>
+      <c r="L2" s="262"/>
+      <c r="M2" s="262"/>
+      <c r="N2" s="263"/>
+      <c r="O2" s="263"/>
+      <c r="P2" s="263"/>
+      <c r="Q2" s="76"/>
+      <c r="R2" s="256"/>
+      <c r="S2" s="257"/>
+      <c r="T2" s="257"/>
+      <c r="U2" s="257"/>
+      <c r="V2" s="257"/>
+      <c r="W2" s="258"/>
+    </row>
+    <row r="3" spans="1:23" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="75"/>
+      <c r="B3" s="264" t="s">
+        <v>635</v>
+      </c>
+      <c r="C3" s="265"/>
+      <c r="D3" s="265"/>
+      <c r="E3" s="265"/>
+      <c r="F3" s="265"/>
+      <c r="G3" s="265"/>
+      <c r="H3" s="265"/>
+      <c r="I3" s="265"/>
+      <c r="J3" s="265"/>
+      <c r="K3" s="265"/>
+      <c r="L3" s="265"/>
+      <c r="M3" s="265"/>
+      <c r="N3" s="265"/>
+      <c r="O3" s="265"/>
+      <c r="P3" s="265"/>
+      <c r="Q3" s="76"/>
+      <c r="R3" s="256"/>
+      <c r="S3" s="257"/>
+      <c r="T3" s="257"/>
+      <c r="U3" s="257"/>
+      <c r="V3" s="257"/>
+      <c r="W3" s="258"/>
     </row>
     <row r="4" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A4" s="76"/>
-      <c r="B4" s="255" t="s">
+      <c r="A4" s="75"/>
+      <c r="B4" s="278" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="255"/>
-[...6 lines deleted...]
-      <c r="J4" s="255" t="s">
+      <c r="C4" s="278"/>
+      <c r="D4" s="278"/>
+      <c r="E4" s="278"/>
+      <c r="F4" s="278"/>
+      <c r="G4" s="278"/>
+      <c r="H4" s="278"/>
+      <c r="I4" s="82"/>
+      <c r="J4" s="278" t="s">
         <v>12</v>
       </c>
-      <c r="K4" s="255"/>
-[...7 lines deleted...]
-      <c r="S4" s="1"/>
+      <c r="K4" s="278"/>
+      <c r="L4" s="278"/>
+      <c r="M4" s="278"/>
+      <c r="N4" s="278"/>
+      <c r="O4" s="278"/>
+      <c r="P4" s="278"/>
+      <c r="Q4" s="79"/>
+      <c r="R4" s="85"/>
+      <c r="S4" s="76"/>
       <c r="T4" s="1" t="s">
         <v>276</v>
       </c>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A5" s="76"/>
-      <c r="B5" s="75" t="s">
+      <c r="A5" s="75"/>
+      <c r="B5" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="75" t="s">
+      <c r="C5" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="75" t="s">
+      <c r="D5" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="75" t="s">
+      <c r="E5" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="F5" s="78" t="s">
+      <c r="F5" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="78" t="s">
+      <c r="G5" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H5" s="78" t="s">
+      <c r="H5" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I5" s="83"/>
-      <c r="J5" s="78" t="s">
+      <c r="I5" s="82"/>
+      <c r="J5" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="K5" s="78" t="s">
+      <c r="K5" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="L5" s="78" t="s">
+      <c r="L5" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M5" s="78" t="s">
+      <c r="M5" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N5" s="78" t="s">
+      <c r="N5" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O5" s="78" t="s">
+      <c r="O5" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P5" s="75" t="s">
+      <c r="P5" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="Q5" s="77"/>
-      <c r="R5" s="9"/>
+      <c r="Q5" s="76"/>
+      <c r="R5" s="15"/>
       <c r="S5" s="1"/>
-      <c r="T5" s="256"/>
-      <c r="U5" s="257"/>
+      <c r="T5" s="266"/>
+      <c r="U5" s="267"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A6" s="76"/>
-[...2 lines deleted...]
-      <c r="D6" s="102">
+      <c r="A6" s="75"/>
+      <c r="B6" s="236"/>
+      <c r="C6" s="237"/>
+      <c r="D6" s="237"/>
+      <c r="E6" s="237"/>
+      <c r="F6" s="237"/>
+      <c r="G6" s="245"/>
+      <c r="H6" s="99">
         <v>1</v>
       </c>
-      <c r="E6" s="175">
+      <c r="I6" s="82"/>
+      <c r="J6" s="307"/>
+      <c r="K6" s="308"/>
+      <c r="L6" s="120">
+        <v>1</v>
+      </c>
+      <c r="M6" s="120">
         <v>2</v>
       </c>
-      <c r="F6" s="149">
+      <c r="N6" s="94">
         <v>3</v>
       </c>
-      <c r="G6" s="149">
+      <c r="O6" s="94">
         <v>4</v>
       </c>
-      <c r="H6" s="93">
+      <c r="P6" s="91">
         <v>5</v>
       </c>
-      <c r="I6" s="83"/>
-[...13 lines deleted...]
-      <c r="S6" s="1"/>
+      <c r="Q6" s="79"/>
+      <c r="R6" s="73"/>
+      <c r="S6" s="76"/>
       <c r="T6" s="1" t="s">
         <v>275</v>
       </c>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A7" s="76"/>
-      <c r="B7" s="95">
+      <c r="A7" s="75"/>
+      <c r="B7" s="93">
+        <v>2</v>
+      </c>
+      <c r="C7" s="94">
+        <v>3</v>
+      </c>
+      <c r="D7" s="94">
+        <v>4</v>
+      </c>
+      <c r="E7" s="94">
+        <v>5</v>
+      </c>
+      <c r="F7" s="92">
         <v>6</v>
       </c>
-      <c r="C7" s="175">
+      <c r="G7" s="92">
         <v>7</v>
       </c>
-      <c r="D7" s="175">
+      <c r="H7" s="91">
         <v>8</v>
       </c>
-      <c r="E7" s="175">
+      <c r="I7" s="82"/>
+      <c r="J7" s="91">
+        <v>6</v>
+      </c>
+      <c r="K7" s="99">
+        <v>7</v>
+      </c>
+      <c r="L7" s="92">
+        <v>8</v>
+      </c>
+      <c r="M7" s="92">
         <v>9</v>
       </c>
-      <c r="F7" s="149">
+      <c r="N7" s="92">
         <v>10</v>
       </c>
-      <c r="G7" s="149">
+      <c r="O7" s="92">
         <v>11</v>
       </c>
-      <c r="H7" s="93">
+      <c r="P7" s="91">
         <v>12</v>
       </c>
-      <c r="I7" s="83"/>
-[...22 lines deleted...]
-      <c r="R7" s="9"/>
+      <c r="Q7" s="76"/>
+      <c r="R7" s="15"/>
       <c r="S7" s="1"/>
-      <c r="T7" s="258"/>
-      <c r="U7" s="259"/>
+      <c r="T7" s="248"/>
+      <c r="U7" s="249"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="76"/>
-      <c r="B8" s="93">
+      <c r="A8" s="75"/>
+      <c r="B8" s="91">
+        <v>9</v>
+      </c>
+      <c r="C8" s="92">
+        <v>10</v>
+      </c>
+      <c r="D8" s="92">
+        <v>11</v>
+      </c>
+      <c r="E8" s="92">
+        <v>12</v>
+      </c>
+      <c r="F8" s="92">
         <v>13</v>
       </c>
-      <c r="C8" s="149">
+      <c r="G8" s="92">
         <v>14</v>
       </c>
-      <c r="D8" s="149">
+      <c r="H8" s="91">
         <v>15</v>
       </c>
-      <c r="E8" s="149">
+      <c r="I8" s="82"/>
+      <c r="J8" s="91">
+        <v>13</v>
+      </c>
+      <c r="K8" s="92">
+        <v>14</v>
+      </c>
+      <c r="L8" s="92">
+        <v>15</v>
+      </c>
+      <c r="M8" s="92">
         <v>16</v>
       </c>
-      <c r="F8" s="149">
+      <c r="N8" s="92">
         <v>17</v>
       </c>
-      <c r="G8" s="149">
+      <c r="O8" s="92">
         <v>18</v>
       </c>
-      <c r="H8" s="93">
+      <c r="P8" s="91">
         <v>19</v>
       </c>
-      <c r="I8" s="83"/>
-[...23 lines deleted...]
-      <c r="S8" s="1"/>
+      <c r="Q8" s="79"/>
+      <c r="R8" s="133"/>
+      <c r="S8" s="76"/>
       <c r="T8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="76"/>
-      <c r="B9" s="93">
+      <c r="A9" s="75"/>
+      <c r="B9" s="91">
+        <v>16</v>
+      </c>
+      <c r="C9" s="92">
+        <v>17</v>
+      </c>
+      <c r="D9" s="92">
+        <v>18</v>
+      </c>
+      <c r="E9" s="92">
+        <v>19</v>
+      </c>
+      <c r="F9" s="92">
         <v>20</v>
       </c>
-      <c r="C9" s="149">
+      <c r="G9" s="92">
         <v>21</v>
       </c>
-      <c r="D9" s="149">
+      <c r="H9" s="91">
         <v>22</v>
       </c>
-      <c r="E9" s="149">
+      <c r="I9" s="82"/>
+      <c r="J9" s="91">
+        <v>20</v>
+      </c>
+      <c r="K9" s="92">
+        <v>21</v>
+      </c>
+      <c r="L9" s="92">
+        <v>22</v>
+      </c>
+      <c r="M9" s="92">
         <v>23</v>
       </c>
-      <c r="F9" s="149">
+      <c r="N9" s="92">
         <v>24</v>
       </c>
-      <c r="G9" s="149">
+      <c r="O9" s="92">
         <v>25</v>
       </c>
-      <c r="H9" s="93">
+      <c r="P9" s="91">
         <v>26</v>
       </c>
-      <c r="I9" s="83"/>
-[...21 lines deleted...]
-      <c r="Q9" s="77"/>
+      <c r="Q9" s="76"/>
       <c r="R9" s="15"/>
       <c r="S9" s="1"/>
-      <c r="T9" s="258"/>
-      <c r="U9" s="259"/>
+      <c r="T9" s="248"/>
+      <c r="U9" s="249"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
-    <row r="10" spans="1:23" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B10" s="93">
+    <row r="10" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A10" s="75"/>
+      <c r="B10" s="91">
+        <v>23</v>
+      </c>
+      <c r="C10" s="92">
+        <v>24</v>
+      </c>
+      <c r="D10" s="92">
+        <v>25</v>
+      </c>
+      <c r="E10" s="92">
+        <v>26</v>
+      </c>
+      <c r="F10" s="92">
         <v>27</v>
       </c>
-      <c r="C10" s="149">
+      <c r="G10" s="120">
         <v>28</v>
       </c>
-      <c r="D10" s="149">
+      <c r="H10" s="174">
         <v>29</v>
       </c>
-      <c r="E10" s="149">
+      <c r="I10" s="82"/>
+      <c r="J10" s="91">
+        <v>27</v>
+      </c>
+      <c r="K10" s="92">
+        <v>28</v>
+      </c>
+      <c r="L10" s="104">
+        <v>29</v>
+      </c>
+      <c r="M10" s="92">
         <v>30</v>
       </c>
-      <c r="F10" s="191">
+      <c r="N10" s="120">
         <v>31</v>
       </c>
-      <c r="G10" s="250"/>
-[...25 lines deleted...]
-      <c r="S10" s="77"/>
+      <c r="O10" s="182"/>
+      <c r="P10" s="183"/>
+      <c r="Q10" s="79"/>
+      <c r="R10" s="70"/>
+      <c r="S10" s="76"/>
       <c r="T10" s="1" t="s">
         <v>21</v>
       </c>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
-    <row r="11" spans="1:23" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="H11" s="2"/>
+    <row r="11" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="75"/>
+      <c r="B11" s="91">
+        <v>30</v>
+      </c>
+      <c r="C11" s="92">
+        <v>31</v>
+      </c>
+      <c r="D11" s="236"/>
+      <c r="E11" s="237"/>
+      <c r="F11" s="237"/>
+      <c r="G11" s="237"/>
+      <c r="H11" s="245"/>
       <c r="I11" s="2"/>
-      <c r="J11" s="119">
-[...9 lines deleted...]
-      <c r="R11" s="142"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="2"/>
+      <c r="N11" s="2"/>
+      <c r="O11" s="2"/>
+      <c r="P11" s="2"/>
+      <c r="Q11" s="76"/>
+      <c r="R11" s="78"/>
       <c r="S11" s="1"/>
-      <c r="T11" s="258"/>
-      <c r="U11" s="259"/>
+      <c r="T11" s="248"/>
+      <c r="U11" s="249"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
-    <row r="12" spans="1:23" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="76"/>
+    <row r="12" spans="1:23" ht="7.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="75"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
       <c r="P12" s="2"/>
-      <c r="Q12" s="80"/>
-[...7 lines deleted...]
-      <c r="W12" s="268"/>
+      <c r="Q12" s="76"/>
+      <c r="R12" s="132"/>
+      <c r="S12" s="1"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A13" s="76"/>
-      <c r="B13" s="255" t="s">
+      <c r="A13" s="75"/>
+      <c r="B13" s="278" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="255"/>
-[...6 lines deleted...]
-      <c r="J13" s="262" t="s">
+      <c r="C13" s="278"/>
+      <c r="D13" s="278"/>
+      <c r="E13" s="278"/>
+      <c r="F13" s="278"/>
+      <c r="G13" s="278"/>
+      <c r="H13" s="278"/>
+      <c r="I13" s="82"/>
+      <c r="J13" s="288" t="s">
         <v>14</v>
       </c>
-      <c r="K13" s="262"/>
-[...11 lines deleted...]
-      <c r="W13" s="268"/>
+      <c r="K13" s="288"/>
+      <c r="L13" s="288"/>
+      <c r="M13" s="288"/>
+      <c r="N13" s="288"/>
+      <c r="O13" s="288"/>
+      <c r="P13" s="288"/>
+      <c r="Q13" s="79"/>
+      <c r="R13" s="268" t="s">
+        <v>562</v>
+      </c>
+      <c r="S13" s="269"/>
+      <c r="T13" s="269"/>
+      <c r="U13" s="269"/>
+      <c r="V13" s="269"/>
+      <c r="W13" s="270"/>
     </row>
     <row r="14" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A14" s="76"/>
-      <c r="B14" s="75" t="s">
+      <c r="A14" s="75"/>
+      <c r="B14" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="75" t="s">
+      <c r="C14" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="D14" s="75" t="s">
+      <c r="D14" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="E14" s="78" t="s">
+      <c r="E14" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F14" s="78" t="s">
+      <c r="F14" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G14" s="78" t="s">
+      <c r="G14" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H14" s="78" t="s">
+      <c r="H14" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I14" s="83"/>
-      <c r="J14" s="75" t="s">
+      <c r="I14" s="82"/>
+      <c r="J14" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="K14" s="75" t="s">
+      <c r="K14" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="L14" s="75" t="s">
+      <c r="L14" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="M14" s="75" t="s">
+      <c r="M14" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="N14" s="75" t="s">
+      <c r="N14" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="O14" s="78" t="s">
+      <c r="O14" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P14" s="78" t="s">
+      <c r="P14" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q14" s="77"/>
-[...5 lines deleted...]
-      <c r="W14" s="268"/>
+      <c r="Q14" s="76"/>
+      <c r="R14" s="269"/>
+      <c r="S14" s="269"/>
+      <c r="T14" s="269"/>
+      <c r="U14" s="269"/>
+      <c r="V14" s="269"/>
+      <c r="W14" s="270"/>
     </row>
     <row r="15" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A15" s="76"/>
-[...1 lines deleted...]
-      <c r="C15" s="102">
+      <c r="A15" s="75"/>
+      <c r="B15" s="279"/>
+      <c r="C15" s="280"/>
+      <c r="D15" s="280"/>
+      <c r="E15" s="309"/>
+      <c r="F15" s="310"/>
+      <c r="G15" s="83">
         <v>1</v>
       </c>
-      <c r="D15" s="96">
+      <c r="H15" s="105">
         <v>2</v>
       </c>
-      <c r="E15" s="96">
+      <c r="I15" s="82"/>
+      <c r="J15" s="124">
+        <v>1</v>
+      </c>
+      <c r="K15" s="120">
+        <v>2</v>
+      </c>
+      <c r="L15" s="120">
         <v>3</v>
       </c>
-      <c r="F15" s="91">
+      <c r="M15" s="120">
         <v>4</v>
       </c>
-      <c r="G15" s="87">
+      <c r="N15" s="120">
         <v>5</v>
       </c>
-      <c r="H15" s="107">
+      <c r="O15" s="86">
         <v>6</v>
       </c>
-      <c r="I15" s="83"/>
-[...3 lines deleted...]
-      <c r="M15" s="96">
+      <c r="P15" s="105">
+        <v>7</v>
+      </c>
+      <c r="Q15" s="76"/>
+      <c r="R15" s="269"/>
+      <c r="S15" s="269"/>
+      <c r="T15" s="269"/>
+      <c r="U15" s="269"/>
+      <c r="V15" s="269"/>
+      <c r="W15" s="270"/>
+    </row>
+    <row r="16" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="75"/>
+      <c r="B16" s="107">
+        <v>3</v>
+      </c>
+      <c r="C16" s="180">
+        <v>4</v>
+      </c>
+      <c r="D16" s="88">
+        <v>5</v>
+      </c>
+      <c r="E16" s="85">
+        <v>6</v>
+      </c>
+      <c r="F16" s="85">
+        <v>7</v>
+      </c>
+      <c r="G16" s="85">
+        <v>8</v>
+      </c>
+      <c r="H16" s="105">
+        <v>9</v>
+      </c>
+      <c r="I16" s="82"/>
+      <c r="J16" s="107">
+        <v>8</v>
+      </c>
+      <c r="K16" s="180">
+        <v>9</v>
+      </c>
+      <c r="L16" s="88">
+        <v>10</v>
+      </c>
+      <c r="M16" s="88">
+        <v>11</v>
+      </c>
+      <c r="N16" s="88">
+        <v>12</v>
+      </c>
+      <c r="O16" s="85">
+        <v>13</v>
+      </c>
+      <c r="P16" s="105">
+        <v>14</v>
+      </c>
+      <c r="Q16" s="76"/>
+      <c r="R16" s="126"/>
+      <c r="S16" s="127"/>
+      <c r="T16" s="127"/>
+      <c r="U16" s="127"/>
+      <c r="V16" s="127"/>
+      <c r="W16" s="128"/>
+    </row>
+    <row r="17" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A17" s="75"/>
+      <c r="B17" s="105">
+        <v>10</v>
+      </c>
+      <c r="C17" s="85">
+        <v>11</v>
+      </c>
+      <c r="D17" s="85">
+        <v>12</v>
+      </c>
+      <c r="E17" s="85">
+        <v>13</v>
+      </c>
+      <c r="F17" s="85">
+        <v>14</v>
+      </c>
+      <c r="G17" s="85">
+        <v>15</v>
+      </c>
+      <c r="H17" s="105">
+        <v>16</v>
+      </c>
+      <c r="I17" s="82"/>
+      <c r="J17" s="105">
+        <v>15</v>
+      </c>
+      <c r="K17" s="85">
+        <v>16</v>
+      </c>
+      <c r="L17" s="85">
+        <v>17</v>
+      </c>
+      <c r="M17" s="85">
+        <v>18</v>
+      </c>
+      <c r="N17" s="85">
+        <v>19</v>
+      </c>
+      <c r="O17" s="85">
+        <v>20</v>
+      </c>
+      <c r="P17" s="105">
+        <v>21</v>
+      </c>
+      <c r="Q17" s="76"/>
+      <c r="R17" s="271"/>
+      <c r="S17" s="272"/>
+      <c r="T17" s="272"/>
+      <c r="U17" s="272"/>
+      <c r="V17" s="272"/>
+      <c r="W17" s="273"/>
+    </row>
+    <row r="18" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="75"/>
+      <c r="B18" s="105">
+        <v>17</v>
+      </c>
+      <c r="C18" s="85">
+        <v>18</v>
+      </c>
+      <c r="D18" s="85">
+        <v>19</v>
+      </c>
+      <c r="E18" s="85">
+        <v>20</v>
+      </c>
+      <c r="F18" s="85">
+        <v>21</v>
+      </c>
+      <c r="G18" s="85">
+        <v>22</v>
+      </c>
+      <c r="H18" s="105">
+        <v>23</v>
+      </c>
+      <c r="I18" s="82"/>
+      <c r="J18" s="105">
+        <v>22</v>
+      </c>
+      <c r="K18" s="85">
+        <v>23</v>
+      </c>
+      <c r="L18" s="85">
+        <v>24</v>
+      </c>
+      <c r="M18" s="85">
+        <v>25</v>
+      </c>
+      <c r="N18" s="85">
+        <v>26</v>
+      </c>
+      <c r="O18" s="85">
+        <v>27</v>
+      </c>
+      <c r="P18" s="105">
+        <v>28</v>
+      </c>
+      <c r="Q18" s="76"/>
+      <c r="R18" s="274"/>
+      <c r="S18" s="275"/>
+      <c r="T18" s="275"/>
+      <c r="U18" s="275"/>
+      <c r="V18" s="275"/>
+      <c r="W18" s="276"/>
+    </row>
+    <row r="19" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A19" s="75"/>
+      <c r="B19" s="105">
+        <v>24</v>
+      </c>
+      <c r="C19" s="85">
+        <v>25</v>
+      </c>
+      <c r="D19" s="85">
+        <v>26</v>
+      </c>
+      <c r="E19" s="85">
+        <v>27</v>
+      </c>
+      <c r="F19" s="85">
+        <v>28</v>
+      </c>
+      <c r="G19" s="85">
+        <v>29</v>
+      </c>
+      <c r="H19" s="195">
+        <v>30</v>
+      </c>
+      <c r="I19" s="82"/>
+      <c r="J19" s="105">
+        <v>29</v>
+      </c>
+      <c r="K19" s="85">
+        <v>30</v>
+      </c>
+      <c r="L19" s="85">
+        <v>31</v>
+      </c>
+      <c r="M19" s="279"/>
+      <c r="N19" s="309"/>
+      <c r="O19" s="309"/>
+      <c r="P19" s="310"/>
+      <c r="Q19" s="76"/>
+      <c r="R19" s="274"/>
+      <c r="S19" s="275"/>
+      <c r="T19" s="275"/>
+      <c r="U19" s="275"/>
+      <c r="V19" s="275"/>
+      <c r="W19" s="276"/>
+    </row>
+    <row r="20" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="75"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="196"/>
+      <c r="K20" s="135"/>
+      <c r="L20" s="136"/>
+      <c r="M20" s="136"/>
+      <c r="N20" s="136"/>
+      <c r="O20" s="136"/>
+      <c r="P20" s="137"/>
+      <c r="R20" s="1"/>
+      <c r="S20" s="1"/>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
+    </row>
+    <row r="21" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="75"/>
+      <c r="B21" s="278" t="s">
+        <v>15</v>
+      </c>
+      <c r="C21" s="278"/>
+      <c r="D21" s="278"/>
+      <c r="E21" s="278"/>
+      <c r="F21" s="278"/>
+      <c r="G21" s="278"/>
+      <c r="H21" s="278"/>
+      <c r="I21" s="82"/>
+      <c r="J21" s="278" t="s">
+        <v>16</v>
+      </c>
+      <c r="K21" s="278"/>
+      <c r="L21" s="278"/>
+      <c r="M21" s="278"/>
+      <c r="N21" s="278"/>
+      <c r="O21" s="278"/>
+      <c r="P21" s="278"/>
+      <c r="Q21" s="76"/>
+      <c r="R21" s="271" t="s">
+        <v>367</v>
+      </c>
+      <c r="S21" s="311"/>
+      <c r="T21" s="311"/>
+      <c r="U21" s="311"/>
+      <c r="V21" s="311"/>
+      <c r="W21" s="312"/>
+    </row>
+    <row r="22" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A22" s="75"/>
+      <c r="B22" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="C22" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="D22" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="E22" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="F22" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="G22" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="H22" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="I22" s="82"/>
+      <c r="J22" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="K22" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="L22" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="M22" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="N22" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="O22" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="P22" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q22" s="76"/>
+      <c r="S22" s="313"/>
+      <c r="T22" s="313"/>
+      <c r="U22" s="313"/>
+      <c r="V22" s="313"/>
+      <c r="W22" s="314"/>
+    </row>
+    <row r="23" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="75"/>
+      <c r="B23" s="279"/>
+      <c r="C23" s="309"/>
+      <c r="D23" s="310"/>
+      <c r="E23" s="85">
         <v>1</v>
       </c>
-      <c r="N15" s="91">
+      <c r="F23" s="85">
         <v>2</v>
       </c>
-      <c r="O15" s="87">
+      <c r="G23" s="83">
         <v>3</v>
       </c>
-      <c r="P15" s="107">
+      <c r="H23" s="105">
         <v>4</v>
       </c>
-      <c r="Q15" s="77"/>
-[...5 lines deleted...]
-      <c r="W15" s="253"/>
+      <c r="I23" s="82"/>
+      <c r="J23" s="279"/>
+      <c r="K23" s="280"/>
+      <c r="L23" s="280"/>
+      <c r="M23" s="309"/>
+      <c r="N23" s="310"/>
+      <c r="O23" s="85">
+        <v>1</v>
+      </c>
+      <c r="P23" s="105">
+        <v>2</v>
+      </c>
+      <c r="Q23" s="76"/>
+      <c r="S23" s="313"/>
+      <c r="T23" s="313"/>
+      <c r="U23" s="313"/>
+      <c r="V23" s="313"/>
+      <c r="W23" s="314"/>
+    </row>
+    <row r="24" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A24" s="75"/>
+      <c r="B24" s="105">
+        <v>5</v>
+      </c>
+      <c r="C24" s="85">
+        <v>6</v>
+      </c>
+      <c r="D24" s="85">
+        <v>7</v>
+      </c>
+      <c r="E24" s="85">
+        <v>8</v>
+      </c>
+      <c r="F24" s="85">
+        <v>9</v>
+      </c>
+      <c r="G24" s="85">
+        <v>10</v>
+      </c>
+      <c r="H24" s="84">
+        <v>11</v>
+      </c>
+      <c r="I24" s="82"/>
+      <c r="J24" s="107">
+        <v>3</v>
+      </c>
+      <c r="K24" s="88">
+        <v>4</v>
+      </c>
+      <c r="L24" s="88">
+        <v>5</v>
+      </c>
+      <c r="M24" s="88">
+        <v>6</v>
+      </c>
+      <c r="N24" s="88">
+        <v>7</v>
+      </c>
+      <c r="O24" s="85">
+        <v>8</v>
+      </c>
+      <c r="P24" s="105">
+        <v>9</v>
+      </c>
+      <c r="Q24" s="76"/>
+      <c r="S24" s="313"/>
+      <c r="T24" s="313"/>
+      <c r="U24" s="313"/>
+      <c r="V24" s="313"/>
+      <c r="W24" s="314"/>
+    </row>
+    <row r="25" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="75"/>
+      <c r="B25" s="105">
+        <v>12</v>
+      </c>
+      <c r="C25" s="85">
+        <v>13</v>
+      </c>
+      <c r="D25" s="85">
+        <v>14</v>
+      </c>
+      <c r="E25" s="85">
+        <v>15</v>
+      </c>
+      <c r="F25" s="85">
+        <v>16</v>
+      </c>
+      <c r="G25" s="85">
+        <v>17</v>
+      </c>
+      <c r="H25" s="105">
+        <v>18</v>
+      </c>
+      <c r="I25" s="82"/>
+      <c r="J25" s="105">
+        <v>10</v>
+      </c>
+      <c r="K25" s="85">
+        <v>11</v>
+      </c>
+      <c r="L25" s="85">
+        <v>12</v>
+      </c>
+      <c r="M25" s="85">
+        <v>13</v>
+      </c>
+      <c r="N25" s="85">
+        <v>14</v>
+      </c>
+      <c r="O25" s="85">
+        <v>15</v>
+      </c>
+      <c r="P25" s="105">
+        <v>16</v>
+      </c>
+      <c r="Q25" s="76"/>
+      <c r="S25" s="313"/>
+      <c r="T25" s="313"/>
+      <c r="U25" s="313"/>
+      <c r="V25" s="313"/>
+      <c r="W25" s="314"/>
+    </row>
+    <row r="26" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="75"/>
+      <c r="B26" s="105">
+        <v>19</v>
+      </c>
+      <c r="C26" s="85">
+        <v>20</v>
+      </c>
+      <c r="D26" s="87">
+        <v>21</v>
+      </c>
+      <c r="E26" s="87">
+        <v>22</v>
+      </c>
+      <c r="F26" s="87">
+        <v>23</v>
+      </c>
+      <c r="G26" s="87">
+        <v>24</v>
+      </c>
+      <c r="H26" s="109">
+        <v>25</v>
+      </c>
+      <c r="I26" s="82"/>
+      <c r="J26" s="105">
+        <v>17</v>
+      </c>
+      <c r="K26" s="85">
+        <v>18</v>
+      </c>
+      <c r="L26" s="85">
+        <v>19</v>
+      </c>
+      <c r="M26" s="85">
+        <v>20</v>
+      </c>
+      <c r="N26" s="85">
+        <v>21</v>
+      </c>
+      <c r="O26" s="87">
+        <v>22</v>
+      </c>
+      <c r="P26" s="197">
+        <v>23</v>
+      </c>
+      <c r="Q26" s="76"/>
+      <c r="S26" s="313"/>
+      <c r="T26" s="313"/>
+      <c r="U26" s="313"/>
+      <c r="V26" s="313"/>
+      <c r="W26" s="314"/>
+    </row>
+    <row r="27" spans="1:23" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="75"/>
+      <c r="B27" s="105">
+        <v>26</v>
+      </c>
+      <c r="C27" s="87">
+        <v>27</v>
+      </c>
+      <c r="D27" s="87">
+        <v>28</v>
+      </c>
+      <c r="E27" s="85">
+        <v>29</v>
+      </c>
+      <c r="F27" s="85">
+        <v>30</v>
+      </c>
+      <c r="G27" s="279"/>
+      <c r="H27" s="283"/>
+      <c r="I27" s="82"/>
+      <c r="J27" s="105">
+        <v>24</v>
+      </c>
+      <c r="K27" s="84">
+        <v>25</v>
+      </c>
+      <c r="L27" s="85">
+        <v>26</v>
+      </c>
+      <c r="M27" s="85">
+        <v>27</v>
+      </c>
+      <c r="N27" s="85">
+        <v>28</v>
+      </c>
+      <c r="O27" s="85">
+        <v>29</v>
+      </c>
+      <c r="P27" s="123">
+        <v>30</v>
+      </c>
+      <c r="Q27" s="76"/>
+      <c r="S27" s="313"/>
+      <c r="T27" s="313"/>
+      <c r="U27" s="313"/>
+      <c r="V27" s="313"/>
+      <c r="W27" s="314"/>
+    </row>
+    <row r="28" spans="1:23" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="75"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="110"/>
+      <c r="J28" s="111">
+        <v>31</v>
+      </c>
+      <c r="K28" s="284"/>
+      <c r="L28" s="285"/>
+      <c r="M28" s="285"/>
+      <c r="N28" s="285"/>
+      <c r="O28" s="285"/>
+      <c r="P28" s="286"/>
+      <c r="Q28" s="76"/>
+      <c r="S28" s="313"/>
+      <c r="T28" s="313"/>
+      <c r="U28" s="313"/>
+      <c r="V28" s="313"/>
+      <c r="W28" s="314"/>
+    </row>
+    <row r="29" spans="1:23" ht="6.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="75"/>
+      <c r="B29" s="287"/>
+      <c r="C29" s="287"/>
+      <c r="D29" s="287"/>
+      <c r="E29" s="287"/>
+      <c r="F29" s="287"/>
+      <c r="G29" s="287"/>
+      <c r="H29" s="287"/>
+      <c r="I29" s="287"/>
+      <c r="J29" s="287"/>
+      <c r="K29" s="287"/>
+      <c r="L29" s="287"/>
+      <c r="M29" s="287"/>
+      <c r="N29" s="287"/>
+      <c r="O29" s="287"/>
+      <c r="P29" s="287"/>
+      <c r="Q29" s="76"/>
+      <c r="S29" s="313"/>
+      <c r="T29" s="313"/>
+      <c r="U29" s="313"/>
+      <c r="V29" s="313"/>
+      <c r="W29" s="314"/>
+    </row>
+    <row r="30" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A30" s="75"/>
+      <c r="B30" s="288" t="s">
+        <v>312</v>
+      </c>
+      <c r="C30" s="288"/>
+      <c r="D30" s="288"/>
+      <c r="E30" s="288"/>
+      <c r="F30" s="288"/>
+      <c r="G30" s="288"/>
+      <c r="H30" s="288"/>
+      <c r="I30" s="82"/>
+      <c r="J30" s="278" t="s">
+        <v>313</v>
+      </c>
+      <c r="K30" s="278"/>
+      <c r="L30" s="278"/>
+      <c r="M30" s="278"/>
+      <c r="N30" s="278"/>
+      <c r="O30" s="278"/>
+      <c r="P30" s="278"/>
+      <c r="Q30" s="76"/>
+      <c r="S30" s="313"/>
+      <c r="T30" s="313"/>
+      <c r="U30" s="313"/>
+      <c r="V30" s="313"/>
+      <c r="W30" s="314"/>
+    </row>
+    <row r="31" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A31" s="75"/>
+      <c r="B31" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="C31" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="D31" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="E31" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="F31" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="G31" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="H31" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="I31" s="3"/>
+      <c r="J31" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="K31" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="L31" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="M31" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="N31" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="O31" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="P31" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q31" s="76"/>
+      <c r="S31" s="313"/>
+      <c r="T31" s="313"/>
+      <c r="U31" s="313"/>
+      <c r="V31" s="313"/>
+      <c r="W31" s="314"/>
+    </row>
+    <row r="32" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="75"/>
+      <c r="B32" s="198"/>
+      <c r="C32" s="84">
+        <v>1</v>
+      </c>
+      <c r="D32" s="85">
+        <v>2</v>
+      </c>
+      <c r="E32" s="83">
+        <v>3</v>
+      </c>
+      <c r="F32" s="83">
+        <v>4</v>
+      </c>
+      <c r="G32" s="83">
+        <v>5</v>
+      </c>
+      <c r="H32" s="124">
+        <v>6</v>
+      </c>
+      <c r="I32" s="3"/>
+      <c r="J32" s="279"/>
+      <c r="K32" s="309"/>
+      <c r="L32" s="309"/>
+      <c r="M32" s="310"/>
+      <c r="N32" s="85">
+        <v>1</v>
+      </c>
+      <c r="O32" s="85">
+        <v>2</v>
+      </c>
+      <c r="P32" s="105">
+        <v>3</v>
+      </c>
+      <c r="Q32" s="76"/>
+      <c r="S32" s="313"/>
+      <c r="T32" s="313"/>
+      <c r="U32" s="313"/>
+      <c r="V32" s="313"/>
+      <c r="W32" s="314"/>
+    </row>
+    <row r="33" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A33" s="75"/>
+      <c r="B33" s="105">
+        <v>7</v>
+      </c>
+      <c r="C33" s="85">
+        <v>8</v>
+      </c>
+      <c r="D33" s="85">
+        <v>9</v>
+      </c>
+      <c r="E33" s="85">
+        <v>10</v>
+      </c>
+      <c r="F33" s="85">
+        <v>11</v>
+      </c>
+      <c r="G33" s="85">
+        <v>12</v>
+      </c>
+      <c r="H33" s="105">
+        <v>13</v>
+      </c>
+      <c r="I33" s="3"/>
+      <c r="J33" s="105">
+        <v>4</v>
+      </c>
+      <c r="K33" s="85">
+        <v>5</v>
+      </c>
+      <c r="L33" s="85">
+        <v>6</v>
+      </c>
+      <c r="M33" s="85">
+        <v>7</v>
+      </c>
+      <c r="N33" s="85">
+        <v>8</v>
+      </c>
+      <c r="O33" s="85">
+        <v>9</v>
+      </c>
+      <c r="P33" s="105">
+        <v>10</v>
+      </c>
+      <c r="Q33" s="76"/>
+      <c r="S33" s="313"/>
+      <c r="T33" s="313"/>
+      <c r="U33" s="313"/>
+      <c r="V33" s="313"/>
+      <c r="W33" s="314"/>
+    </row>
+    <row r="34" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A34" s="75"/>
+      <c r="B34" s="105">
+        <v>14</v>
+      </c>
+      <c r="C34" s="85">
+        <v>15</v>
+      </c>
+      <c r="D34" s="85">
+        <v>16</v>
+      </c>
+      <c r="E34" s="85">
+        <v>17</v>
+      </c>
+      <c r="F34" s="85">
+        <v>18</v>
+      </c>
+      <c r="G34" s="85">
+        <v>19</v>
+      </c>
+      <c r="H34" s="105">
+        <v>20</v>
+      </c>
+      <c r="I34" s="3"/>
+      <c r="J34" s="105">
+        <v>11</v>
+      </c>
+      <c r="K34" s="85">
+        <v>12</v>
+      </c>
+      <c r="L34" s="85">
+        <v>13</v>
+      </c>
+      <c r="M34" s="85">
+        <v>14</v>
+      </c>
+      <c r="N34" s="85">
+        <v>15</v>
+      </c>
+      <c r="O34" s="85">
+        <v>16</v>
+      </c>
+      <c r="P34" s="105">
+        <v>17</v>
+      </c>
+      <c r="Q34" s="76"/>
+      <c r="S34" s="313"/>
+      <c r="T34" s="313"/>
+      <c r="U34" s="313"/>
+      <c r="V34" s="313"/>
+      <c r="W34" s="314"/>
+    </row>
+    <row r="35" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="75"/>
+      <c r="B35" s="105">
+        <v>21</v>
+      </c>
+      <c r="C35" s="85">
+        <v>22</v>
+      </c>
+      <c r="D35" s="85">
+        <v>23</v>
+      </c>
+      <c r="E35" s="85">
+        <v>24</v>
+      </c>
+      <c r="F35" s="85">
+        <v>25</v>
+      </c>
+      <c r="G35" s="85">
+        <v>26</v>
+      </c>
+      <c r="H35" s="105">
+        <v>27</v>
+      </c>
+      <c r="I35" s="3"/>
+      <c r="J35" s="105">
+        <v>18</v>
+      </c>
+      <c r="K35" s="90">
+        <v>19</v>
+      </c>
+      <c r="L35" s="87">
+        <v>20</v>
+      </c>
+      <c r="M35" s="87">
+        <v>21</v>
+      </c>
+      <c r="N35" s="87">
+        <v>22</v>
+      </c>
+      <c r="O35" s="87">
+        <v>23</v>
+      </c>
+      <c r="P35" s="109">
+        <v>24</v>
+      </c>
+      <c r="Q35" s="76"/>
+      <c r="S35" s="313"/>
+      <c r="T35" s="313"/>
+      <c r="U35" s="313"/>
+      <c r="V35" s="313"/>
+      <c r="W35" s="314"/>
+    </row>
+    <row r="36" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="75"/>
+      <c r="B36" s="105">
+        <v>28</v>
+      </c>
+      <c r="C36" s="87">
+        <v>29</v>
+      </c>
+      <c r="D36" s="87">
+        <v>30</v>
+      </c>
+      <c r="E36" s="85">
+        <v>31</v>
+      </c>
+      <c r="F36" s="315"/>
+      <c r="G36" s="316"/>
+      <c r="H36" s="317"/>
+      <c r="I36" s="4"/>
+      <c r="J36" s="106">
+        <v>25</v>
+      </c>
+      <c r="K36" s="85">
+        <v>26</v>
+      </c>
+      <c r="L36" s="85">
+        <v>27</v>
+      </c>
+      <c r="M36" s="85">
+        <v>28</v>
+      </c>
+      <c r="N36" s="279"/>
+      <c r="O36" s="309"/>
+      <c r="P36" s="310"/>
+      <c r="Q36" s="76"/>
+      <c r="S36" s="313"/>
+      <c r="T36" s="313"/>
+      <c r="U36" s="313"/>
+      <c r="V36" s="313"/>
+      <c r="W36" s="314"/>
+    </row>
+    <row r="37" spans="1:23" ht="1.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="75"/>
+      <c r="B37" s="145"/>
+      <c r="C37" s="145"/>
+      <c r="D37" s="246"/>
+      <c r="E37" s="246"/>
+      <c r="F37" s="246"/>
+      <c r="G37" s="246"/>
+      <c r="H37" s="246"/>
+      <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+      <c r="K37" s="2"/>
+      <c r="L37" s="2"/>
+      <c r="M37" s="2"/>
+      <c r="N37" s="2"/>
+      <c r="O37" s="2"/>
+      <c r="P37" s="2"/>
+      <c r="Q37" s="76"/>
+      <c r="S37" s="313"/>
+      <c r="T37" s="313"/>
+      <c r="U37" s="313"/>
+      <c r="V37" s="313"/>
+      <c r="W37" s="314"/>
+    </row>
+    <row r="38" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="75"/>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+      <c r="J38" s="2"/>
+      <c r="K38" s="2"/>
+      <c r="L38" s="2"/>
+      <c r="M38" s="2"/>
+      <c r="N38" s="2"/>
+      <c r="O38" s="2"/>
+      <c r="P38" s="2"/>
+      <c r="Q38" s="76"/>
+      <c r="S38" s="313"/>
+      <c r="T38" s="313"/>
+      <c r="U38" s="313"/>
+      <c r="V38" s="313"/>
+      <c r="W38" s="314"/>
+    </row>
+    <row r="39" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A39" s="75"/>
+      <c r="B39" s="278" t="s">
+        <v>314</v>
+      </c>
+      <c r="C39" s="288"/>
+      <c r="D39" s="278"/>
+      <c r="E39" s="278"/>
+      <c r="F39" s="278"/>
+      <c r="G39" s="278"/>
+      <c r="H39" s="278"/>
+      <c r="I39" s="82"/>
+      <c r="J39" s="278" t="s">
+        <v>315</v>
+      </c>
+      <c r="K39" s="278"/>
+      <c r="L39" s="278"/>
+      <c r="M39" s="278"/>
+      <c r="N39" s="278"/>
+      <c r="O39" s="278"/>
+      <c r="P39" s="278"/>
+      <c r="Q39" s="76"/>
+      <c r="S39" s="313"/>
+      <c r="T39" s="313"/>
+      <c r="U39" s="313"/>
+      <c r="V39" s="313"/>
+      <c r="W39" s="314"/>
+    </row>
+    <row r="40" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A40" s="75"/>
+      <c r="B40" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="C40" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="D40" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="E40" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="F40" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="G40" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="H40" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="I40" s="82"/>
+      <c r="J40" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="K40" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="L40" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="M40" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="N40" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="O40" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="P40" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q40" s="76"/>
+      <c r="S40" s="313"/>
+      <c r="T40" s="313"/>
+      <c r="U40" s="313"/>
+      <c r="V40" s="313"/>
+      <c r="W40" s="314"/>
+    </row>
+    <row r="41" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="75"/>
+      <c r="B41" s="279"/>
+      <c r="C41" s="309"/>
+      <c r="D41" s="309"/>
+      <c r="E41" s="310"/>
+      <c r="F41" s="85">
+        <v>1</v>
+      </c>
+      <c r="G41" s="83">
+        <v>2</v>
+      </c>
+      <c r="H41" s="105">
+        <v>3</v>
+      </c>
+      <c r="I41" s="82"/>
+      <c r="J41" s="124">
+        <v>1</v>
+      </c>
+      <c r="K41" s="85">
+        <v>2</v>
+      </c>
+      <c r="L41" s="200">
+        <v>3</v>
+      </c>
+      <c r="M41" s="200">
+        <v>4</v>
+      </c>
+      <c r="N41" s="200">
+        <v>5</v>
+      </c>
+      <c r="O41" s="200">
+        <v>6</v>
+      </c>
+      <c r="P41" s="105">
+        <v>7</v>
+      </c>
+      <c r="Q41" s="76"/>
+      <c r="S41" s="313"/>
+      <c r="T41" s="313"/>
+      <c r="U41" s="313"/>
+      <c r="V41" s="313"/>
+      <c r="W41" s="314"/>
+    </row>
+    <row r="42" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A42" s="75"/>
+      <c r="B42" s="105">
+        <v>4</v>
+      </c>
+      <c r="C42" s="85">
+        <v>5</v>
+      </c>
+      <c r="D42" s="85">
+        <v>6</v>
+      </c>
+      <c r="E42" s="85">
+        <v>7</v>
+      </c>
+      <c r="F42" s="85">
+        <v>8</v>
+      </c>
+      <c r="G42" s="85">
+        <v>9</v>
+      </c>
+      <c r="H42" s="105">
+        <v>10</v>
+      </c>
+      <c r="I42" s="82"/>
+      <c r="J42" s="105">
+        <v>8</v>
+      </c>
+      <c r="K42" s="85">
+        <v>9</v>
+      </c>
+      <c r="L42" s="85">
+        <v>10</v>
+      </c>
+      <c r="M42" s="85">
+        <v>11</v>
+      </c>
+      <c r="N42" s="85">
+        <v>12</v>
+      </c>
+      <c r="O42" s="85">
+        <v>13</v>
+      </c>
+      <c r="P42" s="105">
+        <v>14</v>
+      </c>
+      <c r="Q42" s="76"/>
+      <c r="S42" s="313"/>
+      <c r="T42" s="313"/>
+      <c r="U42" s="313"/>
+      <c r="V42" s="313"/>
+      <c r="W42" s="314"/>
+    </row>
+    <row r="43" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A43" s="75"/>
+      <c r="B43" s="105">
+        <v>11</v>
+      </c>
+      <c r="C43" s="85">
+        <v>12</v>
+      </c>
+      <c r="D43" s="85">
+        <v>13</v>
+      </c>
+      <c r="E43" s="85">
+        <v>14</v>
+      </c>
+      <c r="F43" s="85">
+        <v>15</v>
+      </c>
+      <c r="G43" s="85">
+        <v>16</v>
+      </c>
+      <c r="H43" s="105">
+        <v>17</v>
+      </c>
+      <c r="I43" s="82"/>
+      <c r="J43" s="105">
+        <v>15</v>
+      </c>
+      <c r="K43" s="85">
+        <v>16</v>
+      </c>
+      <c r="L43" s="85">
+        <v>17</v>
+      </c>
+      <c r="M43" s="85">
+        <v>18</v>
+      </c>
+      <c r="N43" s="85">
+        <v>19</v>
+      </c>
+      <c r="O43" s="85">
+        <v>20</v>
+      </c>
+      <c r="P43" s="105">
+        <v>21</v>
+      </c>
+      <c r="Q43" s="76"/>
+      <c r="S43" s="313"/>
+      <c r="T43" s="313"/>
+      <c r="U43" s="313"/>
+      <c r="V43" s="313"/>
+      <c r="W43" s="314"/>
+    </row>
+    <row r="44" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="75"/>
+      <c r="B44" s="105">
+        <v>18</v>
+      </c>
+      <c r="C44" s="85">
+        <v>19</v>
+      </c>
+      <c r="D44" s="85">
+        <v>20</v>
+      </c>
+      <c r="E44" s="85">
+        <v>21</v>
+      </c>
+      <c r="F44" s="85">
+        <v>22</v>
+      </c>
+      <c r="G44" s="85">
+        <v>23</v>
+      </c>
+      <c r="H44" s="105">
+        <v>24</v>
+      </c>
+      <c r="I44" s="82"/>
+      <c r="J44" s="105">
+        <v>22</v>
+      </c>
+      <c r="K44" s="85">
+        <v>23</v>
+      </c>
+      <c r="L44" s="85">
+        <v>24</v>
+      </c>
+      <c r="M44" s="85">
+        <v>25</v>
+      </c>
+      <c r="N44" s="85">
+        <v>26</v>
+      </c>
+      <c r="O44" s="85">
+        <v>27</v>
+      </c>
+      <c r="P44" s="105">
+        <v>28</v>
+      </c>
+      <c r="Q44" s="76"/>
+      <c r="S44" s="313"/>
+      <c r="T44" s="313"/>
+      <c r="U44" s="313"/>
+      <c r="V44" s="313"/>
+      <c r="W44" s="314"/>
+    </row>
+    <row r="45" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="75"/>
+      <c r="B45" s="105">
+        <v>25</v>
+      </c>
+      <c r="C45" s="85">
+        <v>26</v>
+      </c>
+      <c r="D45" s="85">
+        <v>27</v>
+      </c>
+      <c r="E45" s="85">
+        <v>28</v>
+      </c>
+      <c r="F45" s="85">
+        <v>29</v>
+      </c>
+      <c r="G45" s="199">
+        <v>30</v>
+      </c>
+      <c r="H45" s="108">
+        <v>31</v>
+      </c>
+      <c r="I45" s="82"/>
+      <c r="J45" s="105">
+        <v>29</v>
+      </c>
+      <c r="K45" s="85">
+        <v>30</v>
+      </c>
+      <c r="L45" s="279"/>
+      <c r="M45" s="309"/>
+      <c r="N45" s="309"/>
+      <c r="O45" s="309"/>
+      <c r="P45" s="310"/>
+      <c r="Q45" s="76"/>
+      <c r="S45" s="313"/>
+      <c r="T45" s="313"/>
+      <c r="U45" s="313"/>
+      <c r="V45" s="313"/>
+      <c r="W45" s="314"/>
+    </row>
+    <row r="46" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="75"/>
+      <c r="B46" s="145"/>
+      <c r="C46" s="145"/>
+      <c r="D46" s="247"/>
+      <c r="E46" s="247"/>
+      <c r="F46" s="247"/>
+      <c r="G46" s="247"/>
+      <c r="H46" s="247"/>
+      <c r="I46" s="2"/>
+      <c r="J46" s="145"/>
+      <c r="K46" s="246"/>
+      <c r="L46" s="246"/>
+      <c r="M46" s="246"/>
+      <c r="N46" s="246"/>
+      <c r="O46" s="246"/>
+      <c r="P46" s="246"/>
+      <c r="Q46" s="76"/>
+      <c r="S46" s="313"/>
+      <c r="T46" s="313"/>
+      <c r="U46" s="313"/>
+      <c r="V46" s="313"/>
+      <c r="W46" s="314"/>
+    </row>
+    <row r="47" spans="1:23" ht="4.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="75"/>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
+      <c r="J47" s="2"/>
+      <c r="K47" s="2"/>
+      <c r="L47" s="2"/>
+      <c r="M47" s="2"/>
+      <c r="N47" s="2"/>
+      <c r="O47" s="2"/>
+      <c r="P47" s="2"/>
+      <c r="Q47" s="76"/>
+      <c r="S47" s="313"/>
+      <c r="T47" s="313"/>
+      <c r="U47" s="313"/>
+      <c r="V47" s="313"/>
+      <c r="W47" s="314"/>
+    </row>
+    <row r="48" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A48" s="75"/>
+      <c r="B48" s="278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" s="278"/>
+      <c r="D48" s="278"/>
+      <c r="E48" s="278"/>
+      <c r="F48" s="278"/>
+      <c r="G48" s="278"/>
+      <c r="H48" s="278"/>
+      <c r="I48" s="82"/>
+      <c r="J48" s="278" t="s">
+        <v>10</v>
+      </c>
+      <c r="K48" s="278"/>
+      <c r="L48" s="278"/>
+      <c r="M48" s="278"/>
+      <c r="N48" s="278"/>
+      <c r="O48" s="278"/>
+      <c r="P48" s="278"/>
+      <c r="Q48" s="76"/>
+      <c r="S48" s="313"/>
+      <c r="T48" s="313"/>
+      <c r="U48" s="313"/>
+      <c r="V48" s="313"/>
+      <c r="W48" s="314"/>
+    </row>
+    <row r="49" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A49" s="75"/>
+      <c r="B49" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="C49" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="D49" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="E49" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="F49" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="G49" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="H49" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="I49" s="82"/>
+      <c r="J49" s="74" t="s">
+        <v>2</v>
+      </c>
+      <c r="K49" s="74" t="s">
+        <v>3</v>
+      </c>
+      <c r="L49" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="M49" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="N49" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="O49" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="P49" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q49" s="76"/>
+      <c r="S49" s="313"/>
+      <c r="T49" s="313"/>
+      <c r="U49" s="313"/>
+      <c r="V49" s="313"/>
+      <c r="W49" s="314"/>
+    </row>
+    <row r="50" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A50" s="75"/>
+      <c r="B50" s="279"/>
+      <c r="C50" s="283"/>
+      <c r="D50" s="85">
+        <v>1</v>
+      </c>
+      <c r="E50" s="85">
+        <v>2</v>
+      </c>
+      <c r="F50" s="85">
+        <v>3</v>
+      </c>
+      <c r="G50" s="85">
+        <v>4</v>
+      </c>
+      <c r="H50" s="105">
+        <v>5</v>
+      </c>
+      <c r="I50" s="82"/>
+      <c r="J50" s="279"/>
+      <c r="K50" s="280"/>
+      <c r="L50" s="280"/>
+      <c r="M50" s="280"/>
+      <c r="N50" s="310"/>
+      <c r="O50" s="86">
+        <v>1</v>
+      </c>
+      <c r="P50" s="105">
+        <v>2</v>
+      </c>
+      <c r="Q50" s="76"/>
+      <c r="S50" s="313"/>
+      <c r="T50" s="313"/>
+      <c r="U50" s="313"/>
+      <c r="V50" s="313"/>
+      <c r="W50" s="314"/>
+    </row>
+    <row r="51" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A51" s="75"/>
+      <c r="B51" s="105">
+        <v>6</v>
+      </c>
+      <c r="C51" s="85">
+        <v>7</v>
+      </c>
+      <c r="D51" s="85">
+        <v>8</v>
+      </c>
+      <c r="E51" s="85">
+        <v>9</v>
+      </c>
+      <c r="F51" s="85">
+        <v>10</v>
+      </c>
+      <c r="G51" s="85">
+        <v>11</v>
+      </c>
+      <c r="H51" s="105">
+        <v>12</v>
+      </c>
+      <c r="I51" s="82"/>
+      <c r="J51" s="107">
+        <v>3</v>
+      </c>
+      <c r="K51" s="88">
+        <v>4</v>
+      </c>
+      <c r="L51" s="85">
+        <v>5</v>
+      </c>
+      <c r="M51" s="85">
+        <v>6</v>
+      </c>
+      <c r="N51" s="85">
+        <v>7</v>
+      </c>
+      <c r="O51" s="85">
+        <v>8</v>
+      </c>
+      <c r="P51" s="105">
+        <v>9</v>
+      </c>
+      <c r="Q51" s="76"/>
+      <c r="S51" s="313"/>
+      <c r="T51" s="313"/>
+      <c r="U51" s="313"/>
+      <c r="V51" s="313"/>
+      <c r="W51" s="314"/>
+    </row>
+    <row r="52" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="75"/>
+      <c r="B52" s="105">
+        <v>13</v>
+      </c>
+      <c r="C52" s="85">
+        <v>14</v>
+      </c>
+      <c r="D52" s="85">
+        <v>15</v>
+      </c>
+      <c r="E52" s="85">
+        <v>16</v>
+      </c>
+      <c r="F52" s="85">
+        <v>17</v>
+      </c>
+      <c r="G52" s="85">
+        <v>18</v>
+      </c>
+      <c r="H52" s="105">
+        <v>19</v>
+      </c>
+      <c r="I52" s="82"/>
+      <c r="J52" s="105">
+        <v>10</v>
+      </c>
+      <c r="K52" s="85">
+        <v>11</v>
+      </c>
+      <c r="L52" s="85">
+        <v>12</v>
+      </c>
+      <c r="M52" s="85">
+        <v>13</v>
+      </c>
+      <c r="N52" s="85">
+        <v>14</v>
+      </c>
+      <c r="O52" s="85">
+        <v>15</v>
+      </c>
+      <c r="P52" s="105">
+        <v>16</v>
+      </c>
+      <c r="Q52" s="76"/>
+      <c r="S52" s="313"/>
+      <c r="T52" s="313"/>
+      <c r="U52" s="313"/>
+      <c r="V52" s="313"/>
+      <c r="W52" s="314"/>
+    </row>
+    <row r="53" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="75"/>
+      <c r="B53" s="105">
+        <v>20</v>
+      </c>
+      <c r="C53" s="84">
+        <v>21</v>
+      </c>
+      <c r="D53" s="85">
+        <v>22</v>
+      </c>
+      <c r="E53" s="85">
+        <v>23</v>
+      </c>
+      <c r="F53" s="85">
+        <v>24</v>
+      </c>
+      <c r="G53" s="85">
+        <v>25</v>
+      </c>
+      <c r="H53" s="105">
+        <v>26</v>
+      </c>
+      <c r="I53" s="82"/>
+      <c r="J53" s="105">
+        <v>17</v>
+      </c>
+      <c r="K53" s="85">
+        <v>18</v>
+      </c>
+      <c r="L53" s="85">
+        <v>19</v>
+      </c>
+      <c r="M53" s="85">
+        <v>20</v>
+      </c>
+      <c r="N53" s="87">
+        <v>21</v>
+      </c>
+      <c r="O53" s="87">
+        <v>22</v>
+      </c>
+      <c r="P53" s="105">
+        <v>23</v>
+      </c>
+      <c r="Q53" s="76"/>
+      <c r="S53" s="313"/>
+      <c r="T53" s="313"/>
+      <c r="U53" s="313"/>
+      <c r="V53" s="313"/>
+      <c r="W53" s="314"/>
+    </row>
+    <row r="54" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A54" s="75"/>
+      <c r="B54" s="112">
+        <v>27</v>
+      </c>
+      <c r="C54" s="85">
+        <v>28</v>
+      </c>
+      <c r="D54" s="85">
+        <v>29</v>
+      </c>
+      <c r="E54" s="85">
+        <v>30</v>
+      </c>
+      <c r="F54" s="85">
+        <v>31</v>
+      </c>
+      <c r="G54" s="279"/>
+      <c r="H54" s="310"/>
+      <c r="I54" s="82"/>
+      <c r="J54" s="105">
+        <v>24</v>
+      </c>
+      <c r="K54" s="85">
+        <v>25</v>
+      </c>
+      <c r="L54" s="85">
+        <v>26</v>
+      </c>
+      <c r="M54" s="85">
+        <v>27</v>
+      </c>
+      <c r="N54" s="85">
+        <v>28</v>
+      </c>
+      <c r="O54" s="85">
+        <v>29</v>
+      </c>
+      <c r="P54" s="123">
+        <v>30</v>
+      </c>
+      <c r="Q54" s="76"/>
+      <c r="S54" s="313"/>
+      <c r="T54" s="313"/>
+      <c r="U54" s="313"/>
+      <c r="V54" s="313"/>
+      <c r="W54" s="314"/>
+    </row>
+    <row r="55" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B55" s="78"/>
+      <c r="C55" s="78"/>
+      <c r="D55" s="78"/>
+      <c r="E55" s="78"/>
+      <c r="F55" s="78"/>
+      <c r="G55" s="78"/>
+      <c r="H55" s="78"/>
+      <c r="I55" s="82"/>
+      <c r="J55" s="78"/>
+      <c r="K55" s="78"/>
+      <c r="L55" s="78"/>
+      <c r="M55" s="78"/>
+      <c r="N55" s="78"/>
+      <c r="O55" s="78"/>
+      <c r="P55" s="78"/>
+      <c r="Q55" s="76"/>
+      <c r="S55" s="313"/>
+      <c r="T55" s="313"/>
+      <c r="U55" s="313"/>
+      <c r="V55" s="313"/>
+      <c r="W55" s="314"/>
+    </row>
+    <row r="56" spans="1:23" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J56" s="78"/>
+      <c r="K56" s="78"/>
+      <c r="L56" s="78"/>
+      <c r="M56" s="78"/>
+      <c r="N56" s="78"/>
+      <c r="O56" s="78"/>
+      <c r="P56" s="78"/>
+      <c r="S56" s="313"/>
+      <c r="T56" s="313"/>
+      <c r="U56" s="313"/>
+      <c r="V56" s="313"/>
+      <c r="W56" s="314"/>
+    </row>
+    <row r="57" spans="1:23" ht="28.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="S57" s="313"/>
+      <c r="T57" s="313"/>
+      <c r="U57" s="313"/>
+      <c r="V57" s="313"/>
+      <c r="W57" s="314"/>
+    </row>
+    <row r="58" spans="1:23" ht="26.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="S58" s="313"/>
+      <c r="T58" s="313"/>
+      <c r="U58" s="313"/>
+      <c r="V58" s="313"/>
+      <c r="W58" s="314"/>
+    </row>
+  </sheetData>
+  <mergeCells count="47">
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D37:H37"/>
+    <mergeCell ref="B39:H39"/>
+    <mergeCell ref="J39:P39"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="L45:P45"/>
+    <mergeCell ref="J23:N23"/>
+    <mergeCell ref="F36:H36"/>
+    <mergeCell ref="J32:M32"/>
+    <mergeCell ref="N36:P36"/>
+    <mergeCell ref="J30:P30"/>
+    <mergeCell ref="R17:W19"/>
+    <mergeCell ref="B21:H21"/>
+    <mergeCell ref="J21:P21"/>
+    <mergeCell ref="R21:W1048576"/>
+    <mergeCell ref="K28:P28"/>
+    <mergeCell ref="B29:P29"/>
+    <mergeCell ref="B30:H30"/>
+    <mergeCell ref="D46:H46"/>
+    <mergeCell ref="K46:P46"/>
+    <mergeCell ref="B48:H48"/>
+    <mergeCell ref="J48:P48"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="J50:N50"/>
+    <mergeCell ref="M19:P19"/>
+    <mergeCell ref="B23:D23"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="B13:H13"/>
+    <mergeCell ref="J13:P13"/>
+    <mergeCell ref="R13:W15"/>
+    <mergeCell ref="D11:H11"/>
+    <mergeCell ref="B15:F15"/>
+    <mergeCell ref="B4:H4"/>
+    <mergeCell ref="J4:P4"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="J6:K6"/>
+    <mergeCell ref="B1:P1"/>
+    <mergeCell ref="R1:W3"/>
+    <mergeCell ref="B2:D2"/>
+    <mergeCell ref="E2:H2"/>
+    <mergeCell ref="J2:M2"/>
+    <mergeCell ref="N2:P2"/>
+    <mergeCell ref="B3:P3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C87AE98C-B478-45D9-B6ED-5E7EADFB7867}">
+  <dimension ref="A1:XFC63"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:P1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.2" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="1.33203125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="4.44140625" style="1" customWidth="1"/>
+    <col min="3" max="8" width="5.109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="5.6640625" style="1" customWidth="1"/>
+    <col min="10" max="16" width="5.109375" style="1" customWidth="1"/>
+    <col min="17" max="17" width="3.6640625" style="1" customWidth="1"/>
+    <col min="18" max="18" width="5.6640625" style="233" customWidth="1"/>
+    <col min="19" max="19" width="1.44140625" style="233" customWidth="1"/>
+    <col min="20" max="20" width="2.109375" style="233" customWidth="1"/>
+    <col min="21" max="21" width="9.109375" style="233" customWidth="1"/>
+    <col min="22" max="22" width="1.44140625" style="233" customWidth="1"/>
+    <col min="23" max="23" width="18.44140625" style="233" customWidth="1"/>
+    <col min="24" max="24" width="2.6640625" style="1" hidden="1"/>
+    <col min="25" max="16381" width="9.109375" style="1" hidden="1"/>
+    <col min="16382" max="16382" width="1.5546875" style="1" hidden="1" customWidth="1"/>
+    <col min="16383" max="16383" width="2.21875" style="1" hidden="1" customWidth="1"/>
+    <col min="16384" max="16384" width="0.109375" style="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:23" ht="28.2" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="75"/>
+      <c r="B1" s="250" t="s">
+        <v>349</v>
+      </c>
+      <c r="C1" s="251"/>
+      <c r="D1" s="251"/>
+      <c r="E1" s="251"/>
+      <c r="F1" s="251"/>
+      <c r="G1" s="251"/>
+      <c r="H1" s="251"/>
+      <c r="I1" s="251"/>
+      <c r="J1" s="251"/>
+      <c r="K1" s="251"/>
+      <c r="L1" s="251"/>
+      <c r="M1" s="251"/>
+      <c r="N1" s="251"/>
+      <c r="O1" s="251"/>
+      <c r="P1" s="252"/>
+      <c r="R1" s="253" t="s">
+        <v>278</v>
+      </c>
+      <c r="S1" s="254"/>
+      <c r="T1" s="254"/>
+      <c r="U1" s="254"/>
+      <c r="V1" s="254"/>
+      <c r="W1" s="255"/>
+    </row>
+    <row r="2" spans="1:23" ht="7.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="75"/>
+      <c r="B2" s="259"/>
+      <c r="C2" s="259"/>
+      <c r="D2" s="259"/>
+      <c r="E2" s="260"/>
+      <c r="F2" s="260"/>
+      <c r="G2" s="260"/>
+      <c r="H2" s="260"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="261"/>
+      <c r="K2" s="262"/>
+      <c r="L2" s="262"/>
+      <c r="M2" s="262"/>
+      <c r="N2" s="263"/>
+      <c r="O2" s="263"/>
+      <c r="P2" s="263"/>
+      <c r="Q2" s="76"/>
+      <c r="R2" s="256"/>
+      <c r="S2" s="257"/>
+      <c r="T2" s="257"/>
+      <c r="U2" s="257"/>
+      <c r="V2" s="257"/>
+      <c r="W2" s="258"/>
+    </row>
+    <row r="3" spans="1:23" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="75"/>
+      <c r="B3" s="264" t="s">
+        <v>634</v>
+      </c>
+      <c r="C3" s="265"/>
+      <c r="D3" s="265"/>
+      <c r="E3" s="265"/>
+      <c r="F3" s="265"/>
+      <c r="G3" s="265"/>
+      <c r="H3" s="265"/>
+      <c r="I3" s="265"/>
+      <c r="J3" s="265"/>
+      <c r="K3" s="265"/>
+      <c r="L3" s="265"/>
+      <c r="M3" s="265"/>
+      <c r="N3" s="265"/>
+      <c r="O3" s="265"/>
+      <c r="P3" s="265"/>
+      <c r="Q3" s="76"/>
+      <c r="R3" s="256"/>
+      <c r="S3" s="257"/>
+      <c r="T3" s="257"/>
+      <c r="U3" s="257"/>
+      <c r="V3" s="257"/>
+      <c r="W3" s="258"/>
+    </row>
+    <row r="4" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A4" s="75"/>
+      <c r="B4" s="238" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="239"/>
+      <c r="D4" s="239"/>
+      <c r="E4" s="239"/>
+      <c r="F4" s="239"/>
+      <c r="G4" s="239"/>
+      <c r="H4" s="240"/>
+      <c r="I4" s="82"/>
+      <c r="J4" s="238" t="s">
+        <v>12</v>
+      </c>
+      <c r="K4" s="239"/>
+      <c r="L4" s="239"/>
+      <c r="M4" s="239"/>
+      <c r="N4" s="239"/>
+      <c r="O4" s="239"/>
+      <c r="P4" s="240"/>
+      <c r="Q4" s="76"/>
+      <c r="R4" s="85"/>
+      <c r="S4" s="1"/>
+      <c r="T4" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A5" s="75"/>
+      <c r="B5" s="74" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="74" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="74" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" s="74" t="s">
+        <v>5</v>
+      </c>
+      <c r="F5" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="G5" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="H5" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="I5" s="82"/>
+      <c r="J5" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="K5" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="L5" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="M5" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="N5" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="O5" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="P5" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q5" s="76"/>
+      <c r="R5" s="15"/>
+      <c r="S5" s="1"/>
+      <c r="T5" s="266"/>
+      <c r="U5" s="267"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A6" s="75"/>
+      <c r="B6" s="140"/>
+      <c r="C6" s="141"/>
+      <c r="D6" s="141"/>
+      <c r="E6" s="157">
+        <v>1</v>
+      </c>
+      <c r="F6" s="184">
+        <v>2</v>
+      </c>
+      <c r="G6" s="184">
+        <v>3</v>
+      </c>
+      <c r="H6" s="158">
+        <v>4</v>
+      </c>
+      <c r="I6" s="82"/>
+      <c r="J6" s="236"/>
+      <c r="K6" s="237"/>
+      <c r="L6" s="97"/>
+      <c r="M6" s="97"/>
+      <c r="N6" s="97"/>
+      <c r="O6" s="98"/>
+      <c r="P6" s="91">
+        <v>1</v>
+      </c>
+      <c r="Q6" s="79"/>
+      <c r="R6" s="73"/>
+      <c r="S6" s="76"/>
+      <c r="T6" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A7" s="75"/>
+      <c r="B7" s="93">
+        <v>5</v>
+      </c>
+      <c r="C7" s="165">
+        <v>6</v>
+      </c>
+      <c r="D7" s="165">
+        <v>7</v>
+      </c>
+      <c r="E7" s="165">
+        <v>8</v>
+      </c>
+      <c r="F7" s="185">
+        <v>9</v>
+      </c>
+      <c r="G7" s="185">
+        <v>10</v>
+      </c>
+      <c r="H7" s="160">
+        <v>11</v>
+      </c>
+      <c r="I7" s="82"/>
+      <c r="J7" s="91">
+        <v>2</v>
+      </c>
+      <c r="K7" s="99">
+        <v>3</v>
+      </c>
+      <c r="L7" s="139">
+        <v>4</v>
+      </c>
+      <c r="M7" s="139">
+        <v>5</v>
+      </c>
+      <c r="N7" s="139">
+        <v>6</v>
+      </c>
+      <c r="O7" s="139">
+        <v>7</v>
+      </c>
+      <c r="P7" s="91">
+        <v>8</v>
+      </c>
+      <c r="Q7" s="76"/>
+      <c r="R7" s="15"/>
+      <c r="S7" s="1"/>
+      <c r="T7" s="248"/>
+      <c r="U7" s="249"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="75"/>
+      <c r="B8" s="91">
+        <v>12</v>
+      </c>
+      <c r="C8" s="139">
+        <v>13</v>
+      </c>
+      <c r="D8" s="139">
+        <v>14</v>
+      </c>
+      <c r="E8" s="139">
+        <v>15</v>
+      </c>
+      <c r="F8" s="185">
+        <v>16</v>
+      </c>
+      <c r="G8" s="185">
+        <v>17</v>
+      </c>
+      <c r="H8" s="160">
+        <v>18</v>
+      </c>
+      <c r="I8" s="82"/>
+      <c r="J8" s="91">
+        <v>9</v>
+      </c>
+      <c r="K8" s="139">
+        <v>10</v>
+      </c>
+      <c r="L8" s="139">
+        <v>11</v>
+      </c>
+      <c r="M8" s="139">
+        <v>12</v>
+      </c>
+      <c r="N8" s="139">
+        <v>13</v>
+      </c>
+      <c r="O8" s="139">
+        <v>14</v>
+      </c>
+      <c r="P8" s="91">
+        <v>15</v>
+      </c>
+      <c r="Q8" s="79"/>
+      <c r="R8" s="133"/>
+      <c r="S8" s="76"/>
+      <c r="T8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="75"/>
+      <c r="B9" s="91">
+        <v>19</v>
+      </c>
+      <c r="C9" s="139">
+        <v>20</v>
+      </c>
+      <c r="D9" s="139">
+        <v>21</v>
+      </c>
+      <c r="E9" s="139">
+        <v>22</v>
+      </c>
+      <c r="F9" s="185">
+        <v>23</v>
+      </c>
+      <c r="G9" s="185">
+        <v>24</v>
+      </c>
+      <c r="H9" s="160">
+        <v>25</v>
+      </c>
+      <c r="I9" s="82"/>
+      <c r="J9" s="91">
+        <v>16</v>
+      </c>
+      <c r="K9" s="139">
+        <v>17</v>
+      </c>
+      <c r="L9" s="139">
+        <v>18</v>
+      </c>
+      <c r="M9" s="186">
+        <v>19</v>
+      </c>
+      <c r="N9" s="186">
+        <v>20</v>
+      </c>
+      <c r="O9" s="186">
+        <v>21</v>
+      </c>
+      <c r="P9" s="95">
+        <v>22</v>
+      </c>
+      <c r="Q9" s="76"/>
+      <c r="R9" s="15"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="248"/>
+      <c r="U9" s="249"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A10" s="75"/>
+      <c r="B10" s="91">
+        <v>26</v>
+      </c>
+      <c r="C10" s="139">
+        <v>27</v>
+      </c>
+      <c r="D10" s="139">
+        <v>28</v>
+      </c>
+      <c r="E10" s="139">
+        <v>29</v>
+      </c>
+      <c r="F10" s="185">
+        <v>30</v>
+      </c>
+      <c r="G10" s="185">
+        <v>31</v>
+      </c>
+      <c r="H10" s="160"/>
+      <c r="I10" s="82"/>
+      <c r="J10" s="95">
+        <v>23</v>
+      </c>
+      <c r="K10" s="186">
+        <v>24</v>
+      </c>
+      <c r="L10" s="187">
+        <v>25</v>
+      </c>
+      <c r="M10" s="186">
+        <v>26</v>
+      </c>
+      <c r="N10" s="186">
+        <v>27</v>
+      </c>
+      <c r="O10" s="139">
+        <v>28</v>
+      </c>
+      <c r="P10" s="162">
+        <v>29</v>
+      </c>
+      <c r="Q10" s="79"/>
+      <c r="R10" s="70"/>
+      <c r="S10" s="76"/>
+      <c r="T10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="75"/>
+      <c r="B11" s="114"/>
+      <c r="C11" s="147"/>
+      <c r="D11" s="146"/>
+      <c r="E11" s="146"/>
+      <c r="F11" s="146"/>
+      <c r="G11" s="146"/>
+      <c r="H11" s="146"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="115">
+        <v>30</v>
+      </c>
+      <c r="K11" s="188">
+        <v>31</v>
+      </c>
+      <c r="L11" s="149"/>
+      <c r="M11" s="149"/>
+      <c r="N11" s="149"/>
+      <c r="O11" s="149"/>
+      <c r="P11" s="101"/>
+      <c r="Q11" s="76"/>
+      <c r="R11" s="134"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="248"/>
+      <c r="U11" s="249"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="75"/>
+      <c r="B12" s="241" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" s="242"/>
+      <c r="D12" s="242"/>
+      <c r="E12" s="242"/>
+      <c r="F12" s="242"/>
+      <c r="G12" s="242"/>
+      <c r="H12" s="243"/>
+      <c r="I12" s="82"/>
+      <c r="J12" s="238" t="s">
+        <v>14</v>
+      </c>
+      <c r="K12" s="239"/>
+      <c r="L12" s="239"/>
+      <c r="M12" s="239"/>
+      <c r="N12" s="239"/>
+      <c r="O12" s="239"/>
+      <c r="P12" s="240"/>
+      <c r="Q12" s="79"/>
+      <c r="R12" s="223" t="s">
+        <v>563</v>
+      </c>
+      <c r="S12" s="224"/>
+      <c r="T12" s="224"/>
+      <c r="U12" s="224"/>
+      <c r="V12" s="224"/>
+      <c r="W12" s="225"/>
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A13" s="75"/>
+      <c r="B13" s="74" t="s">
+        <v>2</v>
+      </c>
+      <c r="C13" s="74" t="s">
+        <v>3</v>
+      </c>
+      <c r="D13" s="74" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="F13" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="G13" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="H13" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="I13" s="82"/>
+      <c r="J13" s="74" t="s">
+        <v>2</v>
+      </c>
+      <c r="K13" s="74" t="s">
+        <v>3</v>
+      </c>
+      <c r="L13" s="74" t="s">
+        <v>4</v>
+      </c>
+      <c r="M13" s="74" t="s">
+        <v>5</v>
+      </c>
+      <c r="N13" s="74" t="s">
+        <v>4</v>
+      </c>
+      <c r="O13" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="P13" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q13" s="76"/>
+      <c r="R13" s="224"/>
+      <c r="S13" s="224"/>
+      <c r="T13" s="224"/>
+      <c r="U13" s="224"/>
+      <c r="V13" s="224"/>
+      <c r="W13" s="225"/>
+    </row>
+    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A14" s="75"/>
+      <c r="B14" s="140"/>
+      <c r="C14" s="141"/>
+      <c r="D14" s="120">
+        <v>1</v>
+      </c>
+      <c r="E14" s="120">
+        <v>2</v>
+      </c>
+      <c r="F14" s="120">
+        <v>3</v>
+      </c>
+      <c r="G14" s="92">
+        <v>4</v>
+      </c>
+      <c r="H14" s="91">
+        <v>5</v>
+      </c>
+      <c r="I14" s="82"/>
+      <c r="J14" s="140"/>
+      <c r="K14" s="97"/>
+      <c r="L14" s="97"/>
+      <c r="M14" s="98"/>
+      <c r="N14" s="104">
+        <v>1</v>
+      </c>
+      <c r="O14" s="104">
+        <v>2</v>
+      </c>
+      <c r="P14" s="113">
+        <v>3</v>
+      </c>
+      <c r="Q14" s="76"/>
+      <c r="R14" s="224"/>
+      <c r="S14" s="224"/>
+      <c r="T14" s="224"/>
+      <c r="U14" s="224"/>
+      <c r="V14" s="224"/>
+      <c r="W14" s="225"/>
+    </row>
+    <row r="15" spans="1:23" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A15" s="75"/>
+      <c r="B15" s="93">
+        <v>6</v>
+      </c>
+      <c r="C15" s="100">
+        <v>7</v>
+      </c>
+      <c r="D15" s="94">
+        <v>8</v>
+      </c>
+      <c r="E15" s="92">
+        <v>9</v>
+      </c>
+      <c r="F15" s="92">
+        <v>10</v>
+      </c>
+      <c r="G15" s="92">
+        <v>11</v>
+      </c>
+      <c r="H15" s="91">
+        <v>12</v>
+      </c>
+      <c r="I15" s="82"/>
+      <c r="J15" s="93">
+        <v>4</v>
+      </c>
+      <c r="K15" s="94">
+        <v>5</v>
+      </c>
+      <c r="L15" s="94">
+        <v>6</v>
+      </c>
+      <c r="M15" s="94">
+        <v>7</v>
+      </c>
+      <c r="N15" s="94">
+        <v>8</v>
+      </c>
+      <c r="O15" s="92">
+        <v>9</v>
+      </c>
+      <c r="P15" s="91">
+        <v>10</v>
+      </c>
+      <c r="Q15" s="76"/>
+      <c r="R15" s="175"/>
+      <c r="S15" s="175"/>
+      <c r="T15" s="175"/>
+      <c r="U15" s="175"/>
+      <c r="V15" s="175"/>
+      <c r="W15" s="176"/>
     </row>
     <row r="16" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="76"/>
-[...12 lines deleted...]
-      <c r="F16" s="86">
+      <c r="A16" s="75"/>
+      <c r="B16" s="91">
+        <v>13</v>
+      </c>
+      <c r="C16" s="92">
+        <v>14</v>
+      </c>
+      <c r="D16" s="92">
+        <v>15</v>
+      </c>
+      <c r="E16" s="92">
+        <v>16</v>
+      </c>
+      <c r="F16" s="92">
+        <v>17</v>
+      </c>
+      <c r="G16" s="92">
+        <v>18</v>
+      </c>
+      <c r="H16" s="91">
+        <v>19</v>
+      </c>
+      <c r="I16" s="82"/>
+      <c r="J16" s="91">
         <v>11</v>
       </c>
-      <c r="G16" s="86">
+      <c r="K16" s="99">
         <v>12</v>
       </c>
-      <c r="H16" s="107">
+      <c r="L16" s="92">
         <v>13</v>
       </c>
-      <c r="I16" s="83"/>
-[...31 lines deleted...]
-      <c r="B17" s="107">
+      <c r="M16" s="92">
         <v>14</v>
       </c>
-      <c r="C17" s="86">
+      <c r="N16" s="92">
         <v>15</v>
       </c>
-      <c r="D17" s="86">
+      <c r="O16" s="92">
         <v>16</v>
       </c>
-      <c r="E17" s="86">
+      <c r="P16" s="91">
         <v>17</v>
       </c>
-      <c r="F17" s="86">
+      <c r="Q16" s="76"/>
+      <c r="R16" s="228"/>
+      <c r="S16" s="229"/>
+      <c r="T16" s="229"/>
+      <c r="U16" s="229"/>
+      <c r="V16" s="229"/>
+      <c r="W16" s="230"/>
+    </row>
+    <row r="17" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A17" s="75"/>
+      <c r="B17" s="91">
+        <v>20</v>
+      </c>
+      <c r="C17" s="92">
+        <v>21</v>
+      </c>
+      <c r="D17" s="92">
+        <v>22</v>
+      </c>
+      <c r="E17" s="92">
+        <v>23</v>
+      </c>
+      <c r="F17" s="92">
+        <v>24</v>
+      </c>
+      <c r="G17" s="92">
+        <v>25</v>
+      </c>
+      <c r="H17" s="91">
+        <v>26</v>
+      </c>
+      <c r="I17" s="82"/>
+      <c r="J17" s="91">
         <v>18</v>
       </c>
-      <c r="G17" s="86">
+      <c r="K17" s="92">
         <v>19</v>
       </c>
-      <c r="H17" s="107">
+      <c r="L17" s="92">
         <v>20</v>
       </c>
-      <c r="I17" s="83"/>
-[...27 lines deleted...]
-      <c r="W17" s="253"/>
+      <c r="M17" s="92">
+        <v>21</v>
+      </c>
+      <c r="N17" s="92">
+        <v>22</v>
+      </c>
+      <c r="O17" s="92">
+        <v>23</v>
+      </c>
+      <c r="P17" s="91">
+        <v>24</v>
+      </c>
+      <c r="Q17" s="76"/>
+      <c r="R17" s="231"/>
+      <c r="S17" s="229"/>
+      <c r="T17" s="229"/>
+      <c r="U17" s="229"/>
+      <c r="V17" s="229"/>
+      <c r="W17" s="230"/>
     </row>
     <row r="18" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="76"/>
-[...12 lines deleted...]
-      <c r="F18" s="86">
+      <c r="A18" s="75"/>
+      <c r="B18" s="91">
+        <v>27</v>
+      </c>
+      <c r="C18" s="92">
+        <v>28</v>
+      </c>
+      <c r="D18" s="92">
+        <v>29</v>
+      </c>
+      <c r="E18" s="99">
+        <v>30</v>
+      </c>
+      <c r="F18" s="140"/>
+      <c r="G18" s="97"/>
+      <c r="H18" s="98"/>
+      <c r="I18" s="82"/>
+      <c r="J18" s="91">
         <v>25</v>
       </c>
-      <c r="G18" s="86">
+      <c r="K18" s="189">
         <v>26</v>
       </c>
-      <c r="H18" s="107">
+      <c r="L18" s="92">
         <v>27</v>
       </c>
-      <c r="I18" s="83"/>
-[...31 lines deleted...]
-      <c r="B19" s="107">
+      <c r="M18" s="92">
         <v>28</v>
       </c>
-      <c r="C19" s="86">
+      <c r="N18" s="120">
         <v>29</v>
       </c>
-      <c r="D19" s="85">
+      <c r="O18" s="120">
         <v>30</v>
       </c>
-      <c r="E19" s="230"/>
-[...19 lines deleted...]
-      <c r="O19" s="86">
+      <c r="P18" s="162">
         <v>31</v>
       </c>
-      <c r="P19" s="124"/>
-[...8 lines deleted...]
-      <c r="W19" s="271"/>
+      <c r="Q18" s="76"/>
+      <c r="R18" s="231"/>
+      <c r="S18" s="229"/>
+      <c r="T18" s="229"/>
+      <c r="U18" s="229"/>
+      <c r="V18" s="229"/>
+      <c r="W18" s="230"/>
+    </row>
+    <row r="19" spans="1:23" ht="1.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="75"/>
+      <c r="B19" s="4"/>
+      <c r="C19" s="4"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="4"/>
+      <c r="H19" s="4"/>
+      <c r="I19" s="82"/>
+      <c r="J19" s="114"/>
+      <c r="K19" s="114"/>
+      <c r="L19" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="M19" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="N19" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="O19" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="P19" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q19" s="76"/>
+      <c r="R19" s="129"/>
+      <c r="S19" s="130"/>
+      <c r="T19" s="130"/>
+      <c r="U19" s="130"/>
+      <c r="V19" s="130"/>
+      <c r="W19" s="131"/>
     </row>
     <row r="20" spans="1:23" ht="4.8" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="76"/>
+      <c r="A20" s="75"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
-      <c r="Q20" s="77"/>
-[...9 lines deleted...]
-      <c r="B21" s="255" t="s">
+      <c r="Q20" s="76"/>
+      <c r="R20" s="129"/>
+      <c r="S20" s="130"/>
+      <c r="T20" s="130"/>
+      <c r="U20" s="130"/>
+      <c r="V20" s="130"/>
+      <c r="W20" s="131"/>
+    </row>
+    <row r="21" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A21" s="75"/>
+      <c r="B21" s="238" t="s">
         <v>15</v>
       </c>
-      <c r="C21" s="255"/>
-[...6 lines deleted...]
-      <c r="J21" s="255" t="s">
+      <c r="C21" s="239"/>
+      <c r="D21" s="239"/>
+      <c r="E21" s="239"/>
+      <c r="F21" s="239"/>
+      <c r="G21" s="239"/>
+      <c r="H21" s="240"/>
+      <c r="I21" s="82"/>
+      <c r="J21" s="241" t="s">
         <v>16</v>
       </c>
-      <c r="K21" s="255"/>
-[...15 lines deleted...]
-      <c r="B22" s="78" t="s">
+      <c r="K21" s="242"/>
+      <c r="L21" s="242"/>
+      <c r="M21" s="242"/>
+      <c r="N21" s="242"/>
+      <c r="O21" s="242"/>
+      <c r="P21" s="243"/>
+      <c r="Q21" s="76"/>
+      <c r="R21" s="232" t="s">
+        <v>366</v>
+      </c>
+      <c r="W21" s="234"/>
+    </row>
+    <row r="22" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A22" s="75"/>
+      <c r="B22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C22" s="78" t="s">
+      <c r="C22" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D22" s="78" t="s">
+      <c r="D22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E22" s="78" t="s">
+      <c r="E22" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F22" s="78" t="s">
+      <c r="F22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G22" s="78" t="s">
+      <c r="G22" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H22" s="78" t="s">
+      <c r="H22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I22" s="83"/>
-      <c r="J22" s="78" t="s">
+      <c r="I22" s="82"/>
+      <c r="J22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="K22" s="78" t="s">
+      <c r="K22" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="L22" s="78" t="s">
+      <c r="L22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="M22" s="78" t="s">
+      <c r="M22" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="N22" s="78" t="s">
+      <c r="N22" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="O22" s="78" t="s">
+      <c r="O22" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P22" s="78" t="s">
+      <c r="P22" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="Q22" s="77"/>
-[...5 lines deleted...]
-      <c r="W22" s="271"/>
+      <c r="Q22" s="76"/>
+      <c r="R22" s="235"/>
+      <c r="W22" s="234"/>
     </row>
     <row r="23" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="76"/>
-[...6 lines deleted...]
-      <c r="H23" s="107">
+      <c r="A23" s="75"/>
+      <c r="B23" s="150">
         <v>1</v>
       </c>
-      <c r="I23" s="83"/>
-[...1 lines deleted...]
-      <c r="K23" s="89">
+      <c r="C23" s="120">
+        <v>2</v>
+      </c>
+      <c r="D23" s="120">
+        <v>3</v>
+      </c>
+      <c r="E23" s="92">
+        <v>4</v>
+      </c>
+      <c r="F23" s="92">
+        <v>5</v>
+      </c>
+      <c r="G23" s="92">
+        <v>6</v>
+      </c>
+      <c r="H23" s="91">
+        <v>7</v>
+      </c>
+      <c r="I23" s="82"/>
+      <c r="J23" s="143"/>
+      <c r="K23" s="144"/>
+      <c r="L23" s="163">
         <v>1</v>
       </c>
-      <c r="L23" s="89">
+      <c r="M23" s="163">
         <v>2</v>
       </c>
-      <c r="M23" s="89">
+      <c r="N23" s="163">
         <v>3</v>
       </c>
-      <c r="N23" s="89">
+      <c r="O23" s="92">
         <v>4</v>
       </c>
-      <c r="O23" s="86">
+      <c r="P23" s="91">
         <v>5</v>
       </c>
-      <c r="P23" s="107">
+      <c r="Q23" s="76"/>
+      <c r="R23" s="235"/>
+      <c r="W23" s="234"/>
+    </row>
+    <row r="24" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A24" s="75"/>
+      <c r="B24" s="91">
+        <v>8</v>
+      </c>
+      <c r="C24" s="92">
+        <v>9</v>
+      </c>
+      <c r="D24" s="92">
+        <v>10</v>
+      </c>
+      <c r="E24" s="99">
+        <v>11</v>
+      </c>
+      <c r="F24" s="92">
+        <v>12</v>
+      </c>
+      <c r="G24" s="92">
+        <v>13</v>
+      </c>
+      <c r="H24" s="113">
+        <v>14</v>
+      </c>
+      <c r="I24" s="82"/>
+      <c r="J24" s="91">
         <v>6</v>
       </c>
-      <c r="Q23" s="77"/>
-[...9 lines deleted...]
-      <c r="B24" s="107">
+      <c r="K24" s="92">
+        <v>7</v>
+      </c>
+      <c r="L24" s="92">
+        <v>8</v>
+      </c>
+      <c r="M24" s="92">
+        <v>9</v>
+      </c>
+      <c r="N24" s="92">
+        <v>10</v>
+      </c>
+      <c r="O24" s="92">
+        <v>11</v>
+      </c>
+      <c r="P24" s="91">
+        <v>12</v>
+      </c>
+      <c r="Q24" s="76"/>
+      <c r="R24" s="235"/>
+      <c r="W24" s="234"/>
+    </row>
+    <row r="25" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="75"/>
+      <c r="B25" s="91">
+        <v>15</v>
+      </c>
+      <c r="C25" s="92">
+        <v>16</v>
+      </c>
+      <c r="D25" s="92">
+        <v>17</v>
+      </c>
+      <c r="E25" s="92">
+        <v>18</v>
+      </c>
+      <c r="F25" s="92">
+        <v>19</v>
+      </c>
+      <c r="G25" s="189">
+        <v>20</v>
+      </c>
+      <c r="H25" s="91">
+        <v>21</v>
+      </c>
+      <c r="I25" s="82"/>
+      <c r="J25" s="91">
+        <v>13</v>
+      </c>
+      <c r="K25" s="92">
+        <v>14</v>
+      </c>
+      <c r="L25" s="92">
+        <v>15</v>
+      </c>
+      <c r="M25" s="92">
+        <v>16</v>
+      </c>
+      <c r="N25" s="92">
+        <v>17</v>
+      </c>
+      <c r="O25" s="92">
+        <v>18</v>
+      </c>
+      <c r="P25" s="91">
+        <v>19</v>
+      </c>
+      <c r="Q25" s="76"/>
+      <c r="R25" s="235"/>
+      <c r="W25" s="234"/>
+    </row>
+    <row r="26" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="75"/>
+      <c r="B26" s="91">
+        <v>22</v>
+      </c>
+      <c r="C26" s="92">
+        <v>23</v>
+      </c>
+      <c r="D26" s="92">
+        <v>24</v>
+      </c>
+      <c r="E26" s="92">
+        <v>25</v>
+      </c>
+      <c r="F26" s="92">
+        <v>26</v>
+      </c>
+      <c r="G26" s="92">
+        <v>27</v>
+      </c>
+      <c r="H26" s="91">
+        <v>28</v>
+      </c>
+      <c r="I26" s="82"/>
+      <c r="J26" s="91">
+        <v>20</v>
+      </c>
+      <c r="K26" s="139">
+        <v>21</v>
+      </c>
+      <c r="L26" s="139">
+        <v>22</v>
+      </c>
+      <c r="M26" s="139">
+        <v>23</v>
+      </c>
+      <c r="N26" s="139">
+        <v>24</v>
+      </c>
+      <c r="O26" s="99">
+        <v>25</v>
+      </c>
+      <c r="P26" s="91">
+        <v>26</v>
+      </c>
+      <c r="Q26" s="76"/>
+      <c r="R26" s="235"/>
+      <c r="W26" s="234"/>
+    </row>
+    <row r="27" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="75"/>
+      <c r="B27" s="91">
+        <v>29</v>
+      </c>
+      <c r="C27" s="92">
+        <v>30</v>
+      </c>
+      <c r="D27" s="140"/>
+      <c r="E27" s="97"/>
+      <c r="F27" s="97"/>
+      <c r="G27" s="244"/>
+      <c r="H27" s="245"/>
+      <c r="I27" s="82"/>
+      <c r="J27" s="113">
+        <v>27</v>
+      </c>
+      <c r="K27" s="139">
+        <v>28</v>
+      </c>
+      <c r="L27" s="139">
+        <v>29</v>
+      </c>
+      <c r="M27" s="139">
+        <v>30</v>
+      </c>
+      <c r="N27" s="139">
+        <v>31</v>
+      </c>
+      <c r="O27" s="140"/>
+      <c r="P27" s="98"/>
+      <c r="Q27" s="76"/>
+      <c r="R27" s="235"/>
+      <c r="W27" s="234"/>
+    </row>
+    <row r="28" spans="1:23" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="75"/>
+      <c r="B28" s="80"/>
+      <c r="C28" s="80"/>
+      <c r="D28" s="80"/>
+      <c r="E28" s="80"/>
+      <c r="F28" s="80"/>
+      <c r="G28" s="80"/>
+      <c r="H28" s="80"/>
+      <c r="I28" s="81"/>
+      <c r="J28" s="145"/>
+      <c r="K28" s="246"/>
+      <c r="L28" s="247"/>
+      <c r="M28" s="247"/>
+      <c r="N28" s="247"/>
+      <c r="O28" s="247"/>
+      <c r="P28" s="247"/>
+      <c r="Q28" s="76"/>
+      <c r="R28" s="235"/>
+      <c r="W28" s="234"/>
+    </row>
+    <row r="29" spans="1:23" ht="1.8" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="75"/>
+      <c r="B29" s="4"/>
+      <c r="C29" s="4"/>
+      <c r="D29" s="4"/>
+      <c r="E29" s="4"/>
+      <c r="F29" s="4"/>
+      <c r="G29" s="4"/>
+      <c r="H29" s="4"/>
+      <c r="I29" s="4"/>
+      <c r="J29" s="4"/>
+      <c r="K29" s="4"/>
+      <c r="L29" s="4"/>
+      <c r="M29" s="4"/>
+      <c r="N29" s="4"/>
+      <c r="O29" s="4"/>
+      <c r="P29" s="4"/>
+      <c r="Q29" s="76"/>
+      <c r="R29" s="235"/>
+      <c r="W29" s="234"/>
+    </row>
+    <row r="30" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A30" s="75"/>
+      <c r="B30" s="238" t="s">
+        <v>0</v>
+      </c>
+      <c r="C30" s="239"/>
+      <c r="D30" s="239"/>
+      <c r="E30" s="239"/>
+      <c r="F30" s="239"/>
+      <c r="G30" s="239"/>
+      <c r="H30" s="240"/>
+      <c r="I30" s="82"/>
+      <c r="J30" s="241" t="s">
+        <v>1</v>
+      </c>
+      <c r="K30" s="242"/>
+      <c r="L30" s="242"/>
+      <c r="M30" s="242"/>
+      <c r="N30" s="242"/>
+      <c r="O30" s="242"/>
+      <c r="P30" s="243"/>
+      <c r="Q30" s="76"/>
+      <c r="R30" s="235"/>
+      <c r="W30" s="234"/>
+    </row>
+    <row r="31" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A31" s="75"/>
+      <c r="B31" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C24" s="86">
+      <c r="C31" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D24" s="86">
+      <c r="D31" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E24" s="86">
+      <c r="E31" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F24" s="86">
+      <c r="F31" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="G31" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="G24" s="86">
+      <c r="H31" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="I31" s="3"/>
+      <c r="J31" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="K31" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="L31" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="M31" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="N31" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="O31" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="P31" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q31" s="76"/>
+      <c r="R31" s="235"/>
+      <c r="W31" s="234"/>
+    </row>
+    <row r="32" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="75"/>
+      <c r="B32" s="140"/>
+      <c r="C32" s="97"/>
+      <c r="D32" s="97"/>
+      <c r="E32" s="97"/>
+      <c r="F32" s="98"/>
+      <c r="G32" s="99">
+        <v>1</v>
+      </c>
+      <c r="H32" s="91">
+        <v>2</v>
+      </c>
+      <c r="I32" s="3"/>
+      <c r="J32" s="140"/>
+      <c r="K32" s="190">
+        <v>1</v>
+      </c>
+      <c r="L32" s="120">
+        <v>2</v>
+      </c>
+      <c r="M32" s="120">
+        <v>3</v>
+      </c>
+      <c r="N32" s="92">
+        <v>4</v>
+      </c>
+      <c r="O32" s="92">
+        <v>5</v>
+      </c>
+      <c r="P32" s="91">
+        <v>6</v>
+      </c>
+      <c r="Q32" s="76"/>
+      <c r="R32" s="235"/>
+      <c r="W32" s="234"/>
+    </row>
+    <row r="33" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A33" s="75"/>
+      <c r="B33" s="91">
+        <v>3</v>
+      </c>
+      <c r="C33" s="92">
+        <v>4</v>
+      </c>
+      <c r="D33" s="92">
+        <v>5</v>
+      </c>
+      <c r="E33" s="92">
+        <v>6</v>
+      </c>
+      <c r="F33" s="92">
         <v>7</v>
       </c>
-      <c r="H24" s="107">
+      <c r="G33" s="92">
         <v>8</v>
       </c>
-      <c r="I24" s="83"/>
-      <c r="J24" s="109">
+      <c r="H33" s="91">
+        <v>9</v>
+      </c>
+      <c r="I33" s="3"/>
+      <c r="J33" s="91">
         <v>7</v>
       </c>
-      <c r="K24" s="89">
+      <c r="K33" s="92">
         <v>8</v>
       </c>
-      <c r="L24" s="89">
+      <c r="L33" s="92">
         <v>9</v>
       </c>
-      <c r="M24" s="89">
+      <c r="M33" s="92">
         <v>10</v>
       </c>
-      <c r="N24" s="89">
+      <c r="N33" s="92">
         <v>11</v>
       </c>
-      <c r="O24" s="86">
+      <c r="O33" s="92">
         <v>12</v>
       </c>
-      <c r="P24" s="107">
+      <c r="P33" s="91">
         <v>13</v>
       </c>
-      <c r="Q24" s="77"/>
-[...12 lines deleted...]
-      <c r="C25" s="86">
+      <c r="Q33" s="76"/>
+      <c r="R33" s="235"/>
+      <c r="W33" s="234"/>
+    </row>
+    <row r="34" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A34" s="75"/>
+      <c r="B34" s="91">
         <v>10</v>
       </c>
-      <c r="D25" s="85">
+      <c r="C34" s="92">
         <v>11</v>
       </c>
-      <c r="E25" s="86">
+      <c r="D34" s="92">
         <v>12</v>
       </c>
-      <c r="F25" s="86">
+      <c r="E34" s="92">
         <v>13</v>
       </c>
-      <c r="G25" s="86">
+      <c r="F34" s="92">
         <v>14</v>
       </c>
-      <c r="H25" s="107">
+      <c r="G34" s="92">
         <v>15</v>
       </c>
-      <c r="I25" s="83"/>
-      <c r="J25" s="107">
+      <c r="H34" s="91">
+        <v>16</v>
+      </c>
+      <c r="I34" s="3"/>
+      <c r="J34" s="91">
         <v>14</v>
       </c>
-      <c r="K25" s="86">
+      <c r="K34" s="99">
         <v>15</v>
       </c>
-      <c r="L25" s="86">
+      <c r="L34" s="92">
         <v>16</v>
       </c>
-      <c r="M25" s="86">
+      <c r="M34" s="92">
         <v>17</v>
       </c>
-      <c r="N25" s="86">
+      <c r="N34" s="92">
         <v>18</v>
       </c>
-      <c r="O25" s="86">
+      <c r="O34" s="92">
         <v>19</v>
       </c>
-      <c r="P25" s="107">
+      <c r="P34" s="91">
         <v>20</v>
       </c>
-      <c r="Q25" s="77"/>
-[...12 lines deleted...]
-      <c r="C26" s="86">
+      <c r="Q34" s="76"/>
+      <c r="R34" s="235"/>
+      <c r="W34" s="234"/>
+    </row>
+    <row r="35" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="75"/>
+      <c r="B35" s="91">
         <v>17</v>
       </c>
-      <c r="D26" s="88">
+      <c r="C35" s="92">
         <v>18</v>
       </c>
-      <c r="E26" s="88">
+      <c r="D35" s="92">
         <v>19</v>
       </c>
-      <c r="F26" s="88">
+      <c r="E35" s="92">
         <v>20</v>
       </c>
-      <c r="G26" s="194">
+      <c r="F35" s="92">
         <v>21</v>
       </c>
-      <c r="H26" s="111">
+      <c r="G35" s="189">
         <v>22</v>
       </c>
-      <c r="I26" s="83"/>
-      <c r="J26" s="107">
+      <c r="H35" s="91">
+        <v>23</v>
+      </c>
+      <c r="I35" s="3"/>
+      <c r="J35" s="91">
         <v>21</v>
       </c>
-      <c r="K26" s="191">
+      <c r="K35" s="92">
         <v>22</v>
       </c>
-      <c r="L26" s="191">
+      <c r="L35" s="92">
         <v>23</v>
       </c>
-      <c r="M26" s="191">
+      <c r="M35" s="92">
         <v>24</v>
       </c>
-      <c r="N26" s="85">
+      <c r="N35" s="92">
         <v>25</v>
       </c>
-      <c r="O26" s="195">
+      <c r="O35" s="92">
         <v>26</v>
       </c>
-      <c r="P26" s="111">
+      <c r="P35" s="91">
         <v>27</v>
       </c>
-      <c r="Q26" s="77"/>
-[...12 lines deleted...]
-      <c r="C27" s="88">
+      <c r="Q35" s="76"/>
+      <c r="R35" s="235"/>
+      <c r="W35" s="234"/>
+    </row>
+    <row r="36" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="75"/>
+      <c r="B36" s="91">
         <v>24</v>
       </c>
-      <c r="D27" s="88">
+      <c r="C36" s="92">
         <v>25</v>
       </c>
-      <c r="E27" s="88">
+      <c r="D36" s="92">
         <v>26</v>
       </c>
-      <c r="F27" s="112">
+      <c r="E36" s="92">
         <v>27</v>
       </c>
-      <c r="G27" s="90">
+      <c r="F36" s="92">
         <v>28</v>
       </c>
-      <c r="H27" s="110">
+      <c r="G36" s="92">
         <v>29</v>
       </c>
-      <c r="I27" s="83"/>
-      <c r="J27" s="107">
+      <c r="H36" s="151">
+        <v>30</v>
+      </c>
+      <c r="I36" s="4"/>
+      <c r="J36" s="91">
         <v>28</v>
       </c>
-      <c r="K27" s="191">
-[...5 lines deleted...]
-      <c r="M27" s="191">
+      <c r="K36" s="140"/>
+      <c r="L36" s="97"/>
+      <c r="M36" s="97"/>
+      <c r="N36" s="97"/>
+      <c r="O36" s="244"/>
+      <c r="P36" s="245"/>
+      <c r="Q36" s="76"/>
+      <c r="R36" s="235"/>
+      <c r="W36" s="234"/>
+    </row>
+    <row r="37" spans="1:23" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="75"/>
+      <c r="B37" s="115">
         <v>31</v>
       </c>
-      <c r="N27" s="129"/>
-[...395 lines deleted...]
-      <c r="H37" s="2"/>
+      <c r="C37" s="149"/>
+      <c r="D37" s="149"/>
+      <c r="E37" s="149"/>
+      <c r="F37" s="149"/>
+      <c r="G37" s="149"/>
+      <c r="H37" s="101"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
-      <c r="Q37" s="77"/>
-[...9 lines deleted...]
-      <c r="B38" s="2"/>
+      <c r="Q37" s="76"/>
+      <c r="R37" s="235"/>
+      <c r="W37" s="234"/>
+    </row>
+    <row r="38" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="75"/>
+      <c r="B38" s="78"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
       <c r="K38" s="2"/>
       <c r="L38" s="2"/>
       <c r="M38" s="2"/>
       <c r="N38" s="2"/>
       <c r="O38" s="2"/>
       <c r="P38" s="2"/>
-      <c r="Q38" s="77"/>
-[...38 lines deleted...]
-      <c r="B40" s="78" t="s">
+      <c r="Q38" s="76"/>
+      <c r="R38" s="235"/>
+      <c r="W38" s="234"/>
+    </row>
+    <row r="39" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A39" s="75"/>
+      <c r="B39" s="241" t="s">
+        <v>7</v>
+      </c>
+      <c r="C39" s="242"/>
+      <c r="D39" s="242"/>
+      <c r="E39" s="242"/>
+      <c r="F39" s="242"/>
+      <c r="G39" s="242"/>
+      <c r="H39" s="243"/>
+      <c r="I39" s="82"/>
+      <c r="J39" s="238" t="s">
+        <v>8</v>
+      </c>
+      <c r="K39" s="239"/>
+      <c r="L39" s="239"/>
+      <c r="M39" s="239"/>
+      <c r="N39" s="239"/>
+      <c r="O39" s="239"/>
+      <c r="P39" s="240"/>
+      <c r="Q39" s="76"/>
+      <c r="R39" s="235"/>
+      <c r="W39" s="234"/>
+    </row>
+    <row r="40" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A40" s="75"/>
+      <c r="B40" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="C40" s="78" t="s">
+      <c r="C40" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="D40" s="78" t="s">
+      <c r="D40" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="E40" s="78" t="s">
+      <c r="E40" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="F40" s="78" t="s">
+      <c r="F40" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="G40" s="78" t="s">
+      <c r="G40" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="H40" s="78" t="s">
+      <c r="H40" s="77" t="s">
         <v>2</v>
       </c>
-      <c r="I40" s="83"/>
-      <c r="J40" s="78" t="s">
+      <c r="I40" s="82"/>
+      <c r="J40" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="K40" s="78" t="s">
+      <c r="K40" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="L40" s="78" t="s">
+      <c r="L40" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="M40" s="78" t="s">
+      <c r="M40" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="N40" s="78" t="s">
+      <c r="N40" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="O40" s="78" t="s">
+      <c r="O40" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="P40" s="78" t="s">
+      <c r="P40" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="Q40" s="77"/>
-[...5 lines deleted...]
-      <c r="W40" s="271"/>
+      <c r="Q40" s="76"/>
+      <c r="R40" s="235"/>
+      <c r="W40" s="234"/>
     </row>
     <row r="41" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="76"/>
-      <c r="B41" s="130">
+      <c r="A41" s="75"/>
+      <c r="B41" s="140"/>
+      <c r="C41" s="120">
         <v>1</v>
       </c>
-      <c r="C41" s="86">
+      <c r="D41" s="120">
         <v>2</v>
       </c>
-      <c r="D41" s="86">
+      <c r="E41" s="120">
         <v>3</v>
       </c>
-      <c r="E41" s="86">
+      <c r="F41" s="120">
         <v>4</v>
       </c>
-      <c r="F41" s="86">
+      <c r="G41" s="92">
         <v>5</v>
       </c>
-      <c r="G41" s="86">
+      <c r="H41" s="91">
         <v>6</v>
       </c>
-      <c r="H41" s="107">
+      <c r="I41" s="82"/>
+      <c r="J41" s="140"/>
+      <c r="K41" s="97"/>
+      <c r="L41" s="97"/>
+      <c r="M41" s="98"/>
+      <c r="N41" s="139">
+        <v>1</v>
+      </c>
+      <c r="O41" s="194">
+        <v>2</v>
+      </c>
+      <c r="P41" s="93">
+        <v>3</v>
+      </c>
+      <c r="Q41" s="76"/>
+      <c r="R41" s="235"/>
+      <c r="W41" s="234"/>
+    </row>
+    <row r="42" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A42" s="75"/>
+      <c r="B42" s="91">
         <v>7</v>
       </c>
-      <c r="I41" s="83"/>
-[...3 lines deleted...]
-      <c r="M41" s="96">
+      <c r="C42" s="92">
+        <v>8</v>
+      </c>
+      <c r="D42" s="92">
+        <v>9</v>
+      </c>
+      <c r="E42" s="92">
+        <v>10</v>
+      </c>
+      <c r="F42" s="92">
+        <v>11</v>
+      </c>
+      <c r="G42" s="92">
+        <v>12</v>
+      </c>
+      <c r="H42" s="91">
+        <v>13</v>
+      </c>
+      <c r="I42" s="82"/>
+      <c r="J42" s="91">
+        <v>4</v>
+      </c>
+      <c r="K42" s="92">
+        <v>5</v>
+      </c>
+      <c r="L42" s="92">
+        <v>6</v>
+      </c>
+      <c r="M42" s="92">
+        <v>7</v>
+      </c>
+      <c r="N42" s="92">
+        <v>8</v>
+      </c>
+      <c r="O42" s="92">
+        <v>9</v>
+      </c>
+      <c r="P42" s="91">
+        <v>10</v>
+      </c>
+      <c r="Q42" s="76"/>
+      <c r="R42" s="235"/>
+      <c r="W42" s="234"/>
+    </row>
+    <row r="43" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A43" s="75"/>
+      <c r="B43" s="91">
+        <v>14</v>
+      </c>
+      <c r="C43" s="92">
+        <v>15</v>
+      </c>
+      <c r="D43" s="92">
+        <v>16</v>
+      </c>
+      <c r="E43" s="92">
+        <v>17</v>
+      </c>
+      <c r="F43" s="92">
+        <v>18</v>
+      </c>
+      <c r="G43" s="92">
+        <v>19</v>
+      </c>
+      <c r="H43" s="91">
+        <v>20</v>
+      </c>
+      <c r="I43" s="82"/>
+      <c r="J43" s="91">
+        <v>11</v>
+      </c>
+      <c r="K43" s="92">
+        <v>12</v>
+      </c>
+      <c r="L43" s="92">
+        <v>13</v>
+      </c>
+      <c r="M43" s="92">
+        <v>14</v>
+      </c>
+      <c r="N43" s="92">
+        <v>15</v>
+      </c>
+      <c r="O43" s="92">
+        <v>16</v>
+      </c>
+      <c r="P43" s="91">
+        <v>17</v>
+      </c>
+      <c r="Q43" s="76"/>
+      <c r="R43" s="235"/>
+      <c r="W43" s="234"/>
+    </row>
+    <row r="44" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="75"/>
+      <c r="B44" s="91">
+        <v>21</v>
+      </c>
+      <c r="C44" s="139">
+        <v>22</v>
+      </c>
+      <c r="D44" s="139">
+        <v>23</v>
+      </c>
+      <c r="E44" s="139">
+        <v>24</v>
+      </c>
+      <c r="F44" s="139">
+        <v>25</v>
+      </c>
+      <c r="G44" s="99">
+        <v>26</v>
+      </c>
+      <c r="H44" s="91">
+        <v>27</v>
+      </c>
+      <c r="I44" s="82"/>
+      <c r="J44" s="91">
+        <v>18</v>
+      </c>
+      <c r="K44" s="92">
+        <v>19</v>
+      </c>
+      <c r="L44" s="92">
+        <v>20</v>
+      </c>
+      <c r="M44" s="92">
+        <v>21</v>
+      </c>
+      <c r="N44" s="92">
+        <v>22</v>
+      </c>
+      <c r="O44" s="192">
+        <v>23</v>
+      </c>
+      <c r="P44" s="91">
+        <v>24</v>
+      </c>
+      <c r="Q44" s="76"/>
+      <c r="R44" s="235"/>
+      <c r="W44" s="234"/>
+    </row>
+    <row r="45" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="75"/>
+      <c r="B45" s="91">
+        <v>28</v>
+      </c>
+      <c r="C45" s="139">
+        <v>29</v>
+      </c>
+      <c r="D45" s="139">
+        <v>30</v>
+      </c>
+      <c r="E45" s="139">
+        <v>31</v>
+      </c>
+      <c r="F45" s="140"/>
+      <c r="G45" s="97"/>
+      <c r="H45" s="98"/>
+      <c r="I45" s="82"/>
+      <c r="J45" s="91">
+        <v>25</v>
+      </c>
+      <c r="K45" s="92">
+        <v>26</v>
+      </c>
+      <c r="L45" s="92">
+        <v>27</v>
+      </c>
+      <c r="M45" s="92">
+        <v>28</v>
+      </c>
+      <c r="N45" s="120">
+        <v>29</v>
+      </c>
+      <c r="O45" s="191">
+        <v>30</v>
+      </c>
+      <c r="P45" s="142"/>
+      <c r="Q45" s="76"/>
+      <c r="R45" s="235"/>
+      <c r="W45" s="234"/>
+    </row>
+    <row r="46" spans="1:23" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="75"/>
+      <c r="B46" s="152"/>
+      <c r="C46" s="226"/>
+      <c r="D46" s="227"/>
+      <c r="E46" s="227"/>
+      <c r="F46" s="227"/>
+      <c r="G46" s="227"/>
+      <c r="H46" s="227"/>
+      <c r="I46" s="2"/>
+      <c r="J46" s="118"/>
+      <c r="K46" s="19"/>
+      <c r="L46" s="19"/>
+      <c r="M46" s="19"/>
+      <c r="N46" s="19"/>
+      <c r="O46" s="19"/>
+      <c r="P46" s="119"/>
+      <c r="Q46" s="76"/>
+      <c r="R46" s="235"/>
+      <c r="W46" s="234"/>
+    </row>
+    <row r="47" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A47" s="75"/>
+      <c r="B47" s="241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" s="242"/>
+      <c r="D47" s="242"/>
+      <c r="E47" s="242"/>
+      <c r="F47" s="242"/>
+      <c r="G47" s="242"/>
+      <c r="H47" s="243"/>
+      <c r="I47" s="82"/>
+      <c r="J47" s="238" t="s">
+        <v>10</v>
+      </c>
+      <c r="K47" s="239"/>
+      <c r="L47" s="239"/>
+      <c r="M47" s="239"/>
+      <c r="N47" s="239"/>
+      <c r="O47" s="239"/>
+      <c r="P47" s="240"/>
+      <c r="Q47" s="76"/>
+      <c r="R47" s="235"/>
+      <c r="W47" s="234"/>
+    </row>
+    <row r="48" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A48" s="75"/>
+      <c r="B48" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="C48" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="D48" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="E48" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="F48" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="G48" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="H48" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="I48" s="82"/>
+      <c r="J48" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="K48" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="L48" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="M48" s="77" t="s">
+        <v>5</v>
+      </c>
+      <c r="N48" s="77" t="s">
+        <v>4</v>
+      </c>
+      <c r="O48" s="77" t="s">
+        <v>6</v>
+      </c>
+      <c r="P48" s="77" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q48" s="76"/>
+      <c r="R48" s="235"/>
+      <c r="W48" s="234"/>
+    </row>
+    <row r="49" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A49" s="75"/>
+      <c r="B49" s="236"/>
+      <c r="C49" s="237"/>
+      <c r="D49" s="237"/>
+      <c r="E49" s="97"/>
+      <c r="F49" s="97"/>
+      <c r="G49" s="98"/>
+      <c r="H49" s="91">
         <v>1</v>
       </c>
-      <c r="N41" s="91">
+      <c r="I49" s="82"/>
+      <c r="J49" s="140"/>
+      <c r="K49" s="141"/>
+      <c r="L49" s="120">
+        <v>1</v>
+      </c>
+      <c r="M49" s="120">
         <v>2</v>
       </c>
-      <c r="O41" s="115">
+      <c r="N49" s="120">
         <v>3</v>
       </c>
-      <c r="P41" s="107">
+      <c r="O49" s="120">
         <v>4</v>
       </c>
-      <c r="Q41" s="77"/>
-[...9 lines deleted...]
-      <c r="B42" s="107">
+      <c r="P49" s="91">
+        <v>5</v>
+      </c>
+      <c r="Q49" s="76"/>
+      <c r="R49" s="235"/>
+      <c r="W49" s="234"/>
+    </row>
+    <row r="50" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A50" s="75"/>
+      <c r="B50" s="91">
+        <v>2</v>
+      </c>
+      <c r="C50" s="92">
+        <v>3</v>
+      </c>
+      <c r="D50" s="92">
+        <v>4</v>
+      </c>
+      <c r="E50" s="92">
+        <v>5</v>
+      </c>
+      <c r="F50" s="92">
+        <v>6</v>
+      </c>
+      <c r="G50" s="92">
+        <v>7</v>
+      </c>
+      <c r="H50" s="91">
         <v>8</v>
       </c>
-      <c r="C42" s="86">
+      <c r="I50" s="82"/>
+      <c r="J50" s="91">
+        <v>6</v>
+      </c>
+      <c r="K50" s="92">
+        <v>7</v>
+      </c>
+      <c r="L50" s="92">
+        <v>8</v>
+      </c>
+      <c r="M50" s="92">
         <v>9</v>
       </c>
-      <c r="D42" s="86">
+      <c r="N50" s="92">
         <v>10</v>
       </c>
-      <c r="E42" s="86">
+      <c r="O50" s="92">
         <v>11</v>
       </c>
-      <c r="F42" s="86">
+      <c r="P50" s="91">
         <v>12</v>
       </c>
-      <c r="G42" s="86">
+      <c r="Q50" s="76"/>
+      <c r="R50" s="235"/>
+      <c r="W50" s="234"/>
+    </row>
+    <row r="51" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A51" s="75"/>
+      <c r="B51" s="91">
+        <v>9</v>
+      </c>
+      <c r="C51" s="92">
+        <v>10</v>
+      </c>
+      <c r="D51" s="92">
+        <v>11</v>
+      </c>
+      <c r="E51" s="92">
+        <v>12</v>
+      </c>
+      <c r="F51" s="92">
         <v>13</v>
       </c>
-      <c r="H42" s="107">
+      <c r="G51" s="189">
         <v>14</v>
       </c>
-      <c r="I42" s="83"/>
-[...31 lines deleted...]
-      <c r="B43" s="107">
+      <c r="H51" s="91">
         <v>15</v>
       </c>
-      <c r="C43" s="191">
+      <c r="I51" s="82"/>
+      <c r="J51" s="91">
+        <v>13</v>
+      </c>
+      <c r="K51" s="92">
+        <v>14</v>
+      </c>
+      <c r="L51" s="92">
+        <v>15</v>
+      </c>
+      <c r="M51" s="92">
         <v>16</v>
       </c>
-      <c r="D43" s="191">
+      <c r="N51" s="92">
         <v>17</v>
       </c>
-      <c r="E43" s="191">
+      <c r="O51" s="92">
         <v>18</v>
       </c>
-      <c r="F43" s="191">
+      <c r="P51" s="91">
         <v>19</v>
       </c>
-      <c r="G43" s="191">
+      <c r="Q51" s="76"/>
+      <c r="R51" s="235"/>
+      <c r="W51" s="234"/>
+    </row>
+    <row r="52" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="75"/>
+      <c r="B52" s="91">
+        <v>16</v>
+      </c>
+      <c r="C52" s="92">
+        <v>17</v>
+      </c>
+      <c r="D52" s="92">
+        <v>18</v>
+      </c>
+      <c r="E52" s="92">
+        <v>19</v>
+      </c>
+      <c r="F52" s="92">
         <v>20</v>
       </c>
-      <c r="H43" s="107">
+      <c r="G52" s="92">
         <v>21</v>
       </c>
-      <c r="I43" s="83"/>
-[...31 lines deleted...]
-      <c r="B44" s="107">
+      <c r="H52" s="91">
         <v>22</v>
       </c>
-      <c r="C44" s="191">
+      <c r="I52" s="82"/>
+      <c r="J52" s="91">
+        <v>20</v>
+      </c>
+      <c r="K52" s="92">
+        <v>21</v>
+      </c>
+      <c r="L52" s="92">
+        <v>22</v>
+      </c>
+      <c r="M52" s="92">
         <v>23</v>
       </c>
-      <c r="D44" s="191">
+      <c r="N52" s="92">
         <v>24</v>
       </c>
-      <c r="E44" s="191">
+      <c r="O52" s="193">
         <v>25</v>
       </c>
-      <c r="F44" s="191">
+      <c r="P52" s="95">
         <v>26</v>
       </c>
-      <c r="G44" s="191">
+      <c r="Q52" s="76"/>
+      <c r="R52" s="235"/>
+      <c r="W52" s="234"/>
+    </row>
+    <row r="53" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="75"/>
+      <c r="B53" s="91">
+        <v>23</v>
+      </c>
+      <c r="C53" s="99">
+        <v>24</v>
+      </c>
+      <c r="D53" s="92">
+        <v>25</v>
+      </c>
+      <c r="E53" s="92">
+        <v>26</v>
+      </c>
+      <c r="F53" s="92">
         <v>27</v>
       </c>
-      <c r="H44" s="107">
+      <c r="G53" s="92">
         <v>28</v>
       </c>
-      <c r="I44" s="83"/>
-[...31 lines deleted...]
-      <c r="B45" s="107">
+      <c r="H53" s="151">
         <v>29</v>
       </c>
-      <c r="C45" s="86">
+      <c r="I53" s="82"/>
+      <c r="J53" s="91">
+        <v>27</v>
+      </c>
+      <c r="K53" s="92">
+        <v>28</v>
+      </c>
+      <c r="L53" s="92">
+        <v>29</v>
+      </c>
+      <c r="M53" s="92">
         <v>30</v>
       </c>
-      <c r="D45" s="86">
+      <c r="N53" s="140"/>
+      <c r="O53" s="97"/>
+      <c r="P53" s="98"/>
+      <c r="Q53" s="76"/>
+      <c r="R53" s="235"/>
+      <c r="W53" s="234"/>
+    </row>
+    <row r="54" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A54" s="75"/>
+      <c r="B54" s="116">
+        <v>30</v>
+      </c>
+      <c r="C54" s="164">
         <v>31</v>
       </c>
-      <c r="E45" s="221"/>
-[...462 lines deleted...]
-      <c r="W58" s="275"/>
+      <c r="D54" s="154"/>
+      <c r="E54" s="155"/>
+      <c r="F54" s="155"/>
+      <c r="G54" s="155"/>
+      <c r="H54" s="156"/>
+      <c r="I54" s="79"/>
+      <c r="J54" s="147"/>
+      <c r="K54" s="146"/>
+      <c r="L54" s="153"/>
+      <c r="M54" s="153"/>
+      <c r="N54" s="138"/>
+      <c r="O54" s="138"/>
+      <c r="P54" s="138"/>
+      <c r="Q54" s="76"/>
+      <c r="R54" s="235"/>
+      <c r="W54" s="234"/>
+    </row>
+    <row r="55" spans="1:23" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="78"/>
+      <c r="C55" s="78"/>
+      <c r="D55" s="78"/>
+      <c r="E55" s="78"/>
+      <c r="F55" s="78"/>
+      <c r="G55" s="78"/>
+      <c r="H55" s="78"/>
+      <c r="J55" s="78"/>
+      <c r="K55" s="78"/>
+      <c r="L55" s="78"/>
+      <c r="M55" s="78"/>
+      <c r="N55" s="78"/>
+      <c r="O55" s="78"/>
+      <c r="P55" s="78"/>
+      <c r="R55" s="235"/>
+      <c r="W55" s="234"/>
+    </row>
+    <row r="56" spans="1:23" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R56" s="235"/>
+      <c r="W56" s="234"/>
+    </row>
+    <row r="57" spans="1:23" ht="1.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R57" s="235"/>
+      <c r="W57" s="234"/>
+    </row>
+    <row r="58" spans="1:23" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R58" s="235"/>
+      <c r="W58" s="234"/>
+    </row>
+    <row r="59" spans="1:23" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R59" s="235"/>
+      <c r="W59" s="234"/>
+    </row>
+    <row r="60" spans="1:23" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R60" s="235"/>
+      <c r="W60" s="234"/>
+    </row>
+    <row r="61" spans="1:23" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R61" s="235"/>
+      <c r="W61" s="234"/>
+    </row>
+    <row r="62" spans="1:23" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R62" s="235"/>
+      <c r="W62" s="234"/>
+    </row>
+    <row r="63" spans="1:23" ht="13.2" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R63" s="235"/>
+      <c r="W63" s="234"/>
     </row>
   </sheetData>
-  <mergeCells count="43">
-    <mergeCell ref="T7:U7"/>
+  <mergeCells count="32">
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="B12:H12"/>
+    <mergeCell ref="J12:P12"/>
+    <mergeCell ref="R12:W14"/>
+    <mergeCell ref="R16:W18"/>
+    <mergeCell ref="B21:H21"/>
+    <mergeCell ref="J21:P21"/>
+    <mergeCell ref="R21:W1048576"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="K28:P28"/>
+    <mergeCell ref="B47:H47"/>
+    <mergeCell ref="J47:P47"/>
+    <mergeCell ref="B49:D49"/>
+    <mergeCell ref="B30:H30"/>
+    <mergeCell ref="J30:P30"/>
+    <mergeCell ref="O36:P36"/>
+    <mergeCell ref="B39:H39"/>
+    <mergeCell ref="J39:P39"/>
+    <mergeCell ref="C46:H46"/>
+    <mergeCell ref="T9:U9"/>
     <mergeCell ref="B1:P1"/>
     <mergeCell ref="R1:W3"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="E2:H2"/>
     <mergeCell ref="J2:M2"/>
     <mergeCell ref="N2:P2"/>
     <mergeCell ref="B3:P3"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="J4:P4"/>
     <mergeCell ref="T5:U5"/>
-    <mergeCell ref="B6:C6"/>
-[...30 lines deleted...]
-    <mergeCell ref="J48:P48"/>
+    <mergeCell ref="J6:K6"/>
+    <mergeCell ref="T7:U7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B7BE9AFB-3831-4BE9-9C06-ACEA7D8EFA5A}">
   <sheetPr>
     <tabColor indexed="31"/>
   </sheetPr>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr codeName="Sheet8"/>
@@ -27113,6282 +26772,6282 @@
   <sheetData>
     <row r="1" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">
         <v>260</v>
       </c>
       <c r="B1" s="16" t="s">
         <v>30</v>
       </c>
       <c r="C1" s="16" t="s">
         <v>200</v>
       </c>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="16"/>
       <c r="L1" s="16"/>
       <c r="M1" s="16"/>
       <c r="N1" s="16"/>
       <c r="P1" s="17" t="s">
         <v>199</v>
       </c>
-      <c r="R1" s="133" t="s">
+      <c r="R1" s="125" t="s">
         <v>30</v>
       </c>
-      <c r="S1" s="133" t="s">
+      <c r="S1" s="125" t="s">
         <v>31</v>
       </c>
-      <c r="T1" s="133" t="s">
+      <c r="T1" s="125" t="s">
         <v>32</v>
       </c>
-      <c r="U1" s="133" t="s">
+      <c r="U1" s="125" t="s">
         <v>33</v>
       </c>
-      <c r="V1" s="133" t="s">
+      <c r="V1" s="125" t="s">
         <v>34</v>
       </c>
-      <c r="W1" s="133" t="s">
+      <c r="W1" s="125" t="s">
         <v>35</v>
       </c>
-      <c r="X1" s="133" t="s">
+      <c r="X1" s="125" t="s">
         <v>36</v>
       </c>
-      <c r="Y1" s="133" t="s">
+      <c r="Y1" s="125" t="s">
         <v>37</v>
       </c>
-      <c r="Z1" s="133" t="s">
+      <c r="Z1" s="125" t="s">
         <v>38</v>
       </c>
-      <c r="AA1" s="133" t="s">
+      <c r="AA1" s="125" t="s">
         <v>39</v>
       </c>
-      <c r="AB1" s="133" t="s">
+      <c r="AB1" s="125" t="s">
         <v>40</v>
       </c>
-      <c r="AC1" s="133" t="s">
+      <c r="AC1" s="125" t="s">
         <v>41</v>
       </c>
-      <c r="AD1" s="133" t="s">
+      <c r="AD1" s="125" t="s">
         <v>42</v>
       </c>
-      <c r="AE1" s="133" t="s">
+      <c r="AE1" s="125" t="s">
         <v>43</v>
       </c>
-      <c r="AF1" s="133" t="s">
+      <c r="AF1" s="125" t="s">
         <v>44</v>
       </c>
-      <c r="AG1" s="133" t="s">
+      <c r="AG1" s="125" t="s">
         <v>45</v>
       </c>
-      <c r="AH1" s="133" t="s">
+      <c r="AH1" s="125" t="s">
         <v>46</v>
       </c>
-      <c r="AI1" s="133" t="s">
+      <c r="AI1" s="125" t="s">
         <v>47</v>
       </c>
-      <c r="AJ1" s="133" t="s">
+      <c r="AJ1" s="125" t="s">
         <v>48</v>
       </c>
-      <c r="AK1" s="133" t="s">
+      <c r="AK1" s="125" t="s">
         <v>49</v>
       </c>
-      <c r="AL1" s="133" t="s">
+      <c r="AL1" s="125" t="s">
         <v>50</v>
       </c>
-      <c r="AM1" s="133" t="s">
+      <c r="AM1" s="125" t="s">
         <v>51</v>
       </c>
-      <c r="AN1" s="133" t="s">
+      <c r="AN1" s="125" t="s">
         <v>52</v>
       </c>
-      <c r="AO1" s="133" t="s">
+      <c r="AO1" s="125" t="s">
         <v>53</v>
       </c>
-      <c r="AP1" s="133" t="s">
+      <c r="AP1" s="125" t="s">
         <v>54</v>
       </c>
-      <c r="AQ1" s="133" t="s">
+      <c r="AQ1" s="125" t="s">
         <v>55</v>
       </c>
-      <c r="AR1" s="133" t="s">
+      <c r="AR1" s="125" t="s">
         <v>56</v>
       </c>
-      <c r="AS1" s="133" t="s">
+      <c r="AS1" s="125" t="s">
         <v>57</v>
       </c>
-      <c r="AT1" s="133" t="s">
+      <c r="AT1" s="125" t="s">
         <v>58</v>
       </c>
-      <c r="AU1" s="133" t="s">
+      <c r="AU1" s="125" t="s">
         <v>59</v>
       </c>
-      <c r="AV1" s="133" t="s">
+      <c r="AV1" s="125" t="s">
         <v>60</v>
       </c>
-      <c r="AW1" s="133" t="s">
+      <c r="AW1" s="125" t="s">
         <v>61</v>
       </c>
-      <c r="AX1" s="133" t="s">
+      <c r="AX1" s="125" t="s">
         <v>62</v>
       </c>
-      <c r="AY1" s="133" t="s">
+      <c r="AY1" s="125" t="s">
         <v>63</v>
       </c>
-      <c r="AZ1" s="133" t="s">
+      <c r="AZ1" s="125" t="s">
         <v>64</v>
       </c>
-      <c r="BA1" s="133" t="s">
+      <c r="BA1" s="125" t="s">
         <v>65</v>
       </c>
-      <c r="BB1" s="133" t="s">
+      <c r="BB1" s="125" t="s">
         <v>66</v>
       </c>
-      <c r="BC1" s="133" t="s">
+      <c r="BC1" s="125" t="s">
         <v>67</v>
       </c>
-      <c r="BD1" s="133" t="s">
+      <c r="BD1" s="125" t="s">
         <v>68</v>
       </c>
-      <c r="BE1" s="133" t="s">
+      <c r="BE1" s="125" t="s">
         <v>69</v>
       </c>
-      <c r="BF1" s="133" t="s">
+      <c r="BF1" s="125" t="s">
         <v>70</v>
       </c>
-      <c r="BG1" s="133" t="s">
+      <c r="BG1" s="125" t="s">
         <v>71</v>
       </c>
-      <c r="BH1" s="133" t="s">
+      <c r="BH1" s="125" t="s">
         <v>72</v>
       </c>
-      <c r="BI1" s="105" t="s">
+      <c r="BI1" s="103" t="s">
         <v>326</v>
       </c>
       <c r="BJ1" s="16" t="s">
         <v>262</v>
       </c>
       <c r="BK1" s="16" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="2" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A2" t="str">
         <f>B2&amp;" - "&amp;C2</f>
         <v xml:space="preserve">005 - Southeast Kootenay                      </v>
       </c>
       <c r="B2" t="s">
         <v>78</v>
       </c>
       <c r="C2" t="s">
         <v>201</v>
       </c>
       <c r="P2" t="str">
         <f>R2&amp;AD2&amp;Q2</f>
         <v>005Public School1</v>
       </c>
       <c r="Q2">
         <f>IF(R1=R2,Q1+1,1)</f>
         <v>1</v>
       </c>
-      <c r="R2" s="176" t="s">
+      <c r="R2" s="166" t="s">
         <v>78</v>
       </c>
-      <c r="S2" s="176" t="s">
+      <c r="S2" s="166" t="s">
         <v>172</v>
       </c>
       <c r="T2" t="s">
         <v>173</v>
       </c>
       <c r="U2" t="s">
+        <v>371</v>
+      </c>
+      <c r="V2" t="s">
+        <v>372</v>
+      </c>
+      <c r="W2" t="s">
         <v>373</v>
       </c>
-      <c r="V2" t="s">
+      <c r="X2" t="s">
         <v>374</v>
       </c>
-      <c r="W2" t="s">
+      <c r="Z2" t="s">
         <v>375</v>
       </c>
-      <c r="X2" t="s">
+      <c r="AA2" t="s">
         <v>376</v>
       </c>
-      <c r="Z2" t="s">
+      <c r="AB2" t="s">
         <v>377</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
       <c r="AD2" t="s">
         <v>74</v>
       </c>
       <c r="AM2">
         <v>2504234912</v>
       </c>
       <c r="AN2">
         <v>2504234951</v>
       </c>
       <c r="AO2" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="AR2" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI2" t="str">
         <f>IF(OR(AR2="Y",AS2="Y"),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="BJ2" t="str">
         <f>IF(OR(AW2="Y",AX2="Y",AY2="Y",AZ2="Y",BA2="Y",BB2="Y",BC2="Y"),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="BK2" t="str">
         <f>IF(OR(BD2="Y",BE2="Y",BF2="Y",BG2="Y",BH2="Y"),"Yes","No")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="3" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A3" t="str">
         <f t="shared" ref="A3:A61" si="0">B3&amp;" - "&amp;C3</f>
         <v xml:space="preserve">006 - Rocky Mountain                          </v>
       </c>
       <c r="B3" t="s">
         <v>106</v>
       </c>
       <c r="C3" t="s">
         <v>202</v>
       </c>
       <c r="P3" t="str">
         <f t="shared" ref="P3:P57" si="1">R3&amp;AD3&amp;Q3</f>
         <v>006Public School1</v>
       </c>
       <c r="Q3">
         <f t="shared" ref="Q3:Q57" si="2">IF(R2=R3,Q2+1,1)</f>
         <v>1</v>
       </c>
-      <c r="R3" s="176" t="s">
+      <c r="R3" s="166" t="s">
         <v>106</v>
       </c>
-      <c r="S3" s="176" t="s">
+      <c r="S3" s="166" t="s">
         <v>185</v>
       </c>
       <c r="T3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="U3" t="s">
+        <v>381</v>
+      </c>
+      <c r="V3" t="s">
+        <v>382</v>
+      </c>
+      <c r="W3" t="s">
+        <v>373</v>
+      </c>
+      <c r="X3" t="s">
         <v>383</v>
-      </c>
-[...7 lines deleted...]
-        <v>385</v>
       </c>
       <c r="Z3" t="s">
         <v>298</v>
       </c>
       <c r="AA3" t="s">
         <v>299</v>
       </c>
       <c r="AB3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD3" t="s">
         <v>74</v>
       </c>
       <c r="AM3">
         <v>2503423060</v>
       </c>
       <c r="AN3">
         <v>2503426966</v>
       </c>
       <c r="AO3" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="AR3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI3" t="str">
         <f t="shared" ref="BI3:BI66" si="3">IF(OR(AR3="Y",AS3="Y"),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="BJ3" t="str">
         <f t="shared" ref="BJ3:BJ66" si="4">IF(OR(AW3="Y",AX3="Y",AY3="Y",AZ3="Y",BA3="Y",BB3="Y",BC3="Y"),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="BK3" t="str">
         <f t="shared" ref="BK3:BK66" si="5">IF(OR(BD3="Y",BE3="Y",BF3="Y",BG3="Y",BH3="Y"),"Yes","No")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="4" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">008 - Kootenay Lake                           </v>
       </c>
       <c r="B4" t="s">
         <v>97</v>
       </c>
       <c r="C4" t="s">
         <v>203</v>
       </c>
       <c r="P4" t="str">
         <f t="shared" si="1"/>
         <v>010Public School1</v>
       </c>
       <c r="Q4">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R4" s="176" t="s">
+      <c r="R4" s="166" t="s">
         <v>117</v>
       </c>
-      <c r="S4" s="176" t="s">
+      <c r="S4" s="166" t="s">
         <v>118</v>
       </c>
       <c r="T4" t="s">
         <v>279</v>
       </c>
       <c r="U4" t="s">
+        <v>385</v>
+      </c>
+      <c r="V4" t="s">
+        <v>386</v>
+      </c>
+      <c r="W4" t="s">
+        <v>373</v>
+      </c>
+      <c r="X4" t="s">
         <v>387</v>
-      </c>
-[...7 lines deleted...]
-        <v>389</v>
       </c>
       <c r="Z4" t="s">
         <v>289</v>
       </c>
       <c r="AA4" t="s">
         <v>290</v>
       </c>
       <c r="AB4" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD4" t="s">
         <v>74</v>
       </c>
       <c r="AM4">
         <v>2502653638</v>
       </c>
       <c r="AN4">
         <v>2503582533</v>
       </c>
       <c r="AO4" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="AR4" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS4" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI4" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ4" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK4" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="5" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A5" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">010 - Arrow Lakes                             </v>
       </c>
       <c r="B5" t="s">
         <v>117</v>
       </c>
       <c r="C5" t="s">
         <v>204</v>
       </c>
       <c r="P5" t="str">
         <f t="shared" si="1"/>
         <v>022Public School1</v>
       </c>
       <c r="Q5">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R5" s="176" t="s">
+      <c r="R5" s="166" t="s">
         <v>77</v>
       </c>
-      <c r="S5" s="176" t="s">
+      <c r="S5" s="166" t="s">
         <v>197</v>
       </c>
       <c r="T5" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="U5" t="s">
+        <v>388</v>
+      </c>
+      <c r="V5" t="s">
+        <v>389</v>
+      </c>
+      <c r="W5" t="s">
+        <v>373</v>
+      </c>
+      <c r="X5" t="s">
         <v>390</v>
       </c>
-      <c r="V5" t="s">
+      <c r="Z5" t="s">
         <v>391</v>
       </c>
-      <c r="W5" t="s">
-[...2 lines deleted...]
-      <c r="X5" t="s">
+      <c r="AA5" t="s">
         <v>392</v>
       </c>
-      <c r="Z5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AB5" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD5" t="s">
         <v>74</v>
       </c>
       <c r="AM5">
         <v>2505493546</v>
       </c>
       <c r="AN5">
         <v>2505428392</v>
       </c>
       <c r="AO5" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="AR5" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH5" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI5" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ5" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK5" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="6" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A6" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">019 - Revelstoke                              </v>
       </c>
       <c r="B6" t="s">
         <v>116</v>
       </c>
       <c r="C6" t="s">
         <v>205</v>
       </c>
       <c r="P6" t="str">
         <f t="shared" si="1"/>
         <v>023Public School1</v>
       </c>
       <c r="Q6">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R6" s="176" t="s">
+      <c r="R6" s="166" t="s">
         <v>85</v>
       </c>
-      <c r="S6" s="176" t="s">
+      <c r="S6" s="166" t="s">
         <v>186</v>
       </c>
       <c r="T6" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="U6" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="V6" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="W6" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="X6" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="Z6" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="AA6" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="AB6" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD6" t="s">
         <v>74</v>
       </c>
       <c r="AM6">
         <v>2508705175</v>
       </c>
       <c r="AN6">
         <v>2508705034</v>
       </c>
       <c r="AO6" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="AR6" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI6" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ6" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK6" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="7" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A7" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">020 - Kootenay-Columbia                       </v>
       </c>
       <c r="B7" t="s">
         <v>130</v>
       </c>
       <c r="C7" t="s">
         <v>206</v>
       </c>
       <c r="P7" t="str">
         <f t="shared" si="1"/>
         <v>027Public School1</v>
       </c>
       <c r="Q7">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R7" s="176" t="s">
+      <c r="R7" s="166" t="s">
         <v>73</v>
       </c>
-      <c r="S7" s="176" t="s">
+      <c r="S7" s="166" t="s">
         <v>163</v>
       </c>
       <c r="T7" t="s">
         <v>164</v>
       </c>
       <c r="U7" t="s">
+        <v>395</v>
+      </c>
+      <c r="V7" t="s">
+        <v>396</v>
+      </c>
+      <c r="W7" t="s">
+        <v>373</v>
+      </c>
+      <c r="X7" t="s">
         <v>397</v>
-      </c>
-[...7 lines deleted...]
-        <v>399</v>
       </c>
       <c r="Z7" t="s">
         <v>324</v>
       </c>
       <c r="AA7" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="AB7" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD7" t="s">
         <v>74</v>
       </c>
       <c r="AM7">
         <v>2503967230</v>
       </c>
       <c r="AO7" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="AR7" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS7" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW7" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX7" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY7" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ7" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA7" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB7" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC7" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD7" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE7" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF7" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BG7" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BH7" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BI7" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ7" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK7" t="str">
         <f t="shared" si="5"/>
         <v>No</v>
       </c>
     </row>
     <row r="8" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A8" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">022 - Vernon                                  </v>
       </c>
       <c r="B8" t="s">
         <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>207</v>
       </c>
       <c r="P8" t="str">
         <f t="shared" si="1"/>
         <v>028Public School1</v>
       </c>
       <c r="Q8">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R8" s="176" t="s">
+      <c r="R8" s="166" t="s">
         <v>124</v>
       </c>
-      <c r="S8" s="176" t="s">
+      <c r="S8" s="166" t="s">
         <v>182</v>
       </c>
       <c r="T8" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="U8" t="s">
+        <v>398</v>
+      </c>
+      <c r="V8" t="s">
+        <v>399</v>
+      </c>
+      <c r="W8" t="s">
+        <v>373</v>
+      </c>
+      <c r="X8" t="s">
         <v>400</v>
       </c>
-      <c r="V8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z8" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="AA8" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="AB8" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD8" t="s">
         <v>74</v>
       </c>
       <c r="AM8">
         <v>2509915550</v>
       </c>
       <c r="AN8">
         <v>2509915587</v>
       </c>
       <c r="AO8" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="AR8" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX8" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA8" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH8" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI8" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ8" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK8" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="9" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A9" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">023 - Central Okanagan                        </v>
       </c>
       <c r="B9" t="s">
         <v>85</v>
       </c>
       <c r="C9" t="s">
         <v>208</v>
       </c>
       <c r="P9" t="str">
         <f t="shared" si="1"/>
         <v>033Public School1</v>
       </c>
       <c r="Q9">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R9" s="176" t="s">
+      <c r="R9" s="166" t="s">
         <v>81</v>
       </c>
-      <c r="S9" s="176" t="s">
+      <c r="S9" s="166" t="s">
         <v>162</v>
       </c>
       <c r="T9" t="s">
         <v>281</v>
       </c>
       <c r="U9" t="s">
+        <v>402</v>
+      </c>
+      <c r="V9" t="s">
+        <v>403</v>
+      </c>
+      <c r="W9" t="s">
+        <v>373</v>
+      </c>
+      <c r="X9" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>406</v>
       </c>
       <c r="Z9" t="s">
         <v>280</v>
       </c>
       <c r="AA9" t="s">
         <v>300</v>
       </c>
       <c r="AB9" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD9" t="s">
         <v>74</v>
       </c>
       <c r="AM9">
         <v>6047014910</v>
       </c>
       <c r="AN9">
         <v>6047014970</v>
       </c>
       <c r="AO9" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="AR9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE9" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF9" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG9" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH9" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI9" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ9" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK9" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="10" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A10" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">027 - Cariboo-Chilcotin                       </v>
       </c>
       <c r="B10" t="s">
         <v>73</v>
       </c>
       <c r="C10" t="s">
         <v>209</v>
       </c>
       <c r="P10" t="str">
         <f t="shared" si="1"/>
         <v>035Public School1</v>
       </c>
       <c r="Q10">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R10" s="176" t="s">
+      <c r="R10" s="166" t="s">
         <v>98</v>
       </c>
-      <c r="S10" s="176" t="s">
+      <c r="S10" s="166" t="s">
         <v>175</v>
       </c>
       <c r="T10" t="s">
         <v>284</v>
       </c>
       <c r="U10" t="s">
+        <v>406</v>
+      </c>
+      <c r="V10" t="s">
+        <v>407</v>
+      </c>
+      <c r="W10" t="s">
+        <v>373</v>
+      </c>
+      <c r="X10" t="s">
         <v>408</v>
       </c>
-      <c r="V10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z10" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="AA10" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="AB10" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD10" t="s">
         <v>74</v>
       </c>
       <c r="AM10">
         <v>6045302361</v>
       </c>
       <c r="AN10">
         <v>6045309671</v>
       </c>
       <c r="AO10" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="AR10" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH10" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI10" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ10" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK10" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="11" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A11" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">028 - Quesnel                                 </v>
       </c>
       <c r="B11" t="s">
         <v>124</v>
       </c>
       <c r="C11" t="s">
         <v>210</v>
       </c>
       <c r="P11" t="str">
         <f t="shared" si="1"/>
         <v>037Public School1</v>
       </c>
       <c r="Q11">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R11" s="176" t="s">
+      <c r="R11" s="166" t="s">
         <v>112</v>
       </c>
-      <c r="S11" s="176" t="s">
+      <c r="S11" s="166" t="s">
         <v>152</v>
       </c>
       <c r="T11" t="s">
         <v>153</v>
       </c>
       <c r="U11" t="s">
+        <v>409</v>
+      </c>
+      <c r="V11" t="s">
+        <v>410</v>
+      </c>
+      <c r="W11" t="s">
+        <v>373</v>
+      </c>
+      <c r="X11" t="s">
         <v>411</v>
       </c>
-      <c r="V11" t="s">
+      <c r="Z11" t="s">
         <v>412</v>
       </c>
-      <c r="W11" t="s">
-[...2 lines deleted...]
-      <c r="X11" t="s">
+      <c r="AA11" t="s">
         <v>413</v>
       </c>
-      <c r="Z11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AB11" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD11" t="s">
         <v>74</v>
       </c>
       <c r="AM11">
         <v>6049405550</v>
       </c>
       <c r="AN11">
         <v>6049405520</v>
       </c>
       <c r="AO11" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="AR11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE11" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF11" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG11" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH11" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI11" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ11" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK11" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="12" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A12" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">033 - Chilliwack                              </v>
       </c>
       <c r="B12" t="s">
         <v>81</v>
       </c>
       <c r="C12" t="s">
         <v>211</v>
       </c>
       <c r="P12" t="str">
         <f t="shared" si="1"/>
         <v>038Public School1</v>
       </c>
       <c r="Q12">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R12" s="176" t="s">
+      <c r="R12" s="166" t="s">
         <v>87</v>
       </c>
-      <c r="S12" s="176" t="s">
+      <c r="S12" s="166" t="s">
         <v>183</v>
       </c>
       <c r="T12" t="s">
         <v>184</v>
       </c>
       <c r="U12" t="s">
+        <v>415</v>
+      </c>
+      <c r="V12" t="s">
+        <v>416</v>
+      </c>
+      <c r="W12" t="s">
+        <v>373</v>
+      </c>
+      <c r="X12" t="s">
         <v>417</v>
-      </c>
-[...7 lines deleted...]
-        <v>419</v>
       </c>
       <c r="Z12" t="s">
         <v>342</v>
       </c>
       <c r="AA12" t="s">
         <v>343</v>
       </c>
       <c r="AB12" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD12" t="s">
         <v>74</v>
       </c>
       <c r="AM12">
         <v>6046686371</v>
       </c>
       <c r="AO12" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="AR12" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS12" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW12" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX12" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY12" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ12" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA12" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB12" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC12" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD12" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE12" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF12" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG12" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH12" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI12" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ12" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK12" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="13" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A13" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">034 - Abbotsford                              </v>
       </c>
       <c r="B13" t="s">
         <v>90</v>
       </c>
       <c r="C13" t="s">
         <v>212</v>
       </c>
       <c r="P13" t="str">
         <f t="shared" si="1"/>
         <v>042Public School1</v>
       </c>
       <c r="Q13">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R13" s="176" t="s">
+      <c r="R13" s="166" t="s">
         <v>104</v>
       </c>
-      <c r="S13" s="176" t="s">
+      <c r="S13" s="166" t="s">
         <v>188</v>
       </c>
       <c r="T13" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="U13" t="s">
+        <v>419</v>
+      </c>
+      <c r="V13" t="s">
+        <v>420</v>
+      </c>
+      <c r="W13" t="s">
+        <v>373</v>
+      </c>
+      <c r="X13" t="s">
         <v>421</v>
-      </c>
-[...7 lines deleted...]
-        <v>423</v>
       </c>
       <c r="Z13" t="s">
         <v>344</v>
       </c>
       <c r="AA13" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="AB13" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD13" t="s">
         <v>74</v>
       </c>
       <c r="AM13">
         <v>6044666555</v>
       </c>
       <c r="AN13">
         <v>6044635437</v>
       </c>
       <c r="AO13" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="AR13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE13" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF13" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG13" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH13" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI13" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ13" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK13" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="14" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A14" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">035 - Langley                                 </v>
       </c>
       <c r="B14" t="s">
         <v>98</v>
       </c>
       <c r="C14" t="s">
         <v>213</v>
       </c>
       <c r="P14" t="str">
         <f t="shared" si="1"/>
         <v>046Public School1</v>
       </c>
       <c r="Q14">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R14" s="176" t="s">
+      <c r="R14" s="166" t="s">
         <v>143</v>
       </c>
-      <c r="S14" s="176" t="s">
+      <c r="S14" s="166" t="s">
         <v>192</v>
       </c>
       <c r="T14" t="s">
+        <v>424</v>
+      </c>
+      <c r="U14" t="s">
+        <v>425</v>
+      </c>
+      <c r="V14" t="s">
         <v>426</v>
       </c>
-      <c r="U14" t="s">
+      <c r="W14" t="s">
+        <v>373</v>
+      </c>
+      <c r="X14" t="s">
         <v>427</v>
-      </c>
-[...7 lines deleted...]
-        <v>429</v>
       </c>
       <c r="Z14" t="s">
         <v>332</v>
       </c>
       <c r="AA14" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="AB14" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD14" t="s">
         <v>74</v>
       </c>
       <c r="AM14">
         <v>6048868647</v>
       </c>
       <c r="AN14">
         <v>6048868081</v>
       </c>
       <c r="AO14" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="AR14" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH14" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI14" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ14" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK14" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="15" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A15" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">036 - Surrey                                  </v>
       </c>
       <c r="B15" t="s">
         <v>82</v>
       </c>
       <c r="C15" t="s">
         <v>214</v>
       </c>
       <c r="P15" t="str">
         <f t="shared" si="1"/>
         <v>048Public School1</v>
       </c>
       <c r="Q15">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R15" s="176" t="s">
+      <c r="R15" s="166" t="s">
         <v>129</v>
       </c>
-      <c r="S15" s="176" t="s">
+      <c r="S15" s="166" t="s">
         <v>170</v>
       </c>
       <c r="T15" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="U15" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="V15" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="W15" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="X15" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="Z15" t="s">
         <v>293</v>
       </c>
       <c r="AA15" t="s">
         <v>294</v>
       </c>
       <c r="AB15" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD15" t="s">
         <v>74</v>
       </c>
       <c r="AM15">
         <v>6048925904</v>
       </c>
       <c r="AN15">
         <v>6048925510</v>
       </c>
       <c r="AO15" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="AR15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE15" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF15" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG15" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH15" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI15" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ15" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK15" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="16" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A16" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">037 - Delta                                   </v>
       </c>
       <c r="B16" t="s">
         <v>112</v>
       </c>
       <c r="C16" t="s">
         <v>215</v>
       </c>
       <c r="P16" t="str">
         <f t="shared" si="1"/>
         <v>050Public School1</v>
       </c>
       <c r="Q16">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R16" s="176" t="s">
+      <c r="R16" s="166" t="s">
         <v>100</v>
       </c>
-      <c r="S16" s="176" t="s">
+      <c r="S16" s="166" t="s">
         <v>285</v>
       </c>
       <c r="T16" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="U16" t="s">
+        <v>431</v>
+      </c>
+      <c r="V16" t="s">
+        <v>432</v>
+      </c>
+      <c r="W16" t="s">
+        <v>373</v>
+      </c>
+      <c r="X16" t="s">
         <v>433</v>
-      </c>
-[...7 lines deleted...]
-        <v>435</v>
       </c>
       <c r="Z16" t="s">
         <v>304</v>
       </c>
       <c r="AA16" t="s">
         <v>305</v>
       </c>
       <c r="AB16" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD16" t="s">
         <v>74</v>
       </c>
       <c r="AM16">
         <v>2505598822</v>
       </c>
       <c r="AN16">
         <v>2505598328</v>
       </c>
       <c r="AO16" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="AR16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BG16" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH16" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI16" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ16" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK16" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="17" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A17" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">038 - Richmond                                </v>
       </c>
       <c r="B17" t="s">
         <v>87</v>
       </c>
       <c r="C17" t="s">
         <v>216</v>
       </c>
       <c r="P17" t="str">
         <f t="shared" si="1"/>
         <v>053Public School1</v>
       </c>
       <c r="Q17">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R17" s="176" t="s">
+      <c r="R17" s="166" t="s">
         <v>142</v>
       </c>
-      <c r="S17" s="176" t="s">
+      <c r="S17" s="166" t="s">
         <v>198</v>
       </c>
       <c r="T17" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="U17" t="s">
+        <v>435</v>
+      </c>
+      <c r="V17" t="s">
+        <v>436</v>
+      </c>
+      <c r="W17" t="s">
+        <v>373</v>
+      </c>
+      <c r="X17" t="s">
         <v>437</v>
-      </c>
-[...7 lines deleted...]
-        <v>439</v>
       </c>
       <c r="Z17" t="s">
         <v>296</v>
       </c>
       <c r="AA17" t="s">
         <v>297</v>
       </c>
       <c r="AB17" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD17" t="s">
         <v>74</v>
       </c>
       <c r="AM17">
         <v>2504984597</v>
       </c>
       <c r="AN17">
         <v>2504854438</v>
       </c>
       <c r="AO17" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="AR17" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX17" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI17" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ17" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK17" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="18" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A18" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">039 - Vancouver                               </v>
       </c>
       <c r="B18" t="s">
         <v>93</v>
       </c>
       <c r="C18" t="s">
         <v>217</v>
       </c>
       <c r="P18" t="str">
         <f t="shared" si="1"/>
         <v>054Public School1</v>
       </c>
       <c r="Q18">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R18" s="176" t="s">
+      <c r="R18" s="166" t="s">
         <v>133</v>
       </c>
-      <c r="S18" s="176" t="s">
+      <c r="S18" s="166" t="s">
         <v>134</v>
       </c>
       <c r="T18" t="s">
         <v>135</v>
       </c>
       <c r="U18" t="s">
+        <v>439</v>
+      </c>
+      <c r="V18" t="s">
+        <v>440</v>
+      </c>
+      <c r="W18" t="s">
+        <v>373</v>
+      </c>
+      <c r="X18" t="s">
         <v>441</v>
       </c>
-      <c r="V18" t="s">
+      <c r="Z18" t="s">
         <v>442</v>
       </c>
-      <c r="W18" t="s">
-[...2 lines deleted...]
-      <c r="X18" t="s">
+      <c r="AA18" t="s">
         <v>443</v>
       </c>
-      <c r="Z18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AB18" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD18" t="s">
         <v>74</v>
       </c>
       <c r="AM18">
         <v>2508479427</v>
       </c>
       <c r="AN18">
         <v>2508479193</v>
       </c>
       <c r="AO18" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="AR18" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW18" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC18" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD18" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH18" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI18" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ18" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK18" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="19" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A19" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">040 - New Westminster                         </v>
       </c>
       <c r="B19" t="s">
         <v>94</v>
       </c>
       <c r="C19" t="s">
         <v>218</v>
       </c>
       <c r="P19" t="str">
         <f t="shared" si="1"/>
         <v>057Public School1</v>
       </c>
       <c r="Q19">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R19" s="176" t="s">
+      <c r="R19" s="166" t="s">
         <v>108</v>
       </c>
-      <c r="S19" s="176" t="s">
+      <c r="S19" s="166" t="s">
         <v>146</v>
       </c>
       <c r="T19" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="U19" t="s">
+        <v>444</v>
+      </c>
+      <c r="V19" t="s">
+        <v>445</v>
+      </c>
+      <c r="W19" t="s">
+        <v>373</v>
+      </c>
+      <c r="X19" t="s">
         <v>446</v>
-      </c>
-[...7 lines deleted...]
-        <v>448</v>
       </c>
       <c r="Z19" t="s">
         <v>321</v>
       </c>
       <c r="AA19" t="s">
         <v>322</v>
       </c>
       <c r="AB19" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD19" t="s">
         <v>74</v>
       </c>
       <c r="AM19">
         <v>2505646574</v>
       </c>
       <c r="AN19">
         <v>2505635487</v>
       </c>
       <c r="AO19" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="AR19" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH19" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI19" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ19" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK19" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="20" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A20" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">041 - Burnaby                                 </v>
       </c>
       <c r="B20" t="s">
         <v>107</v>
       </c>
       <c r="C20" t="s">
         <v>219</v>
       </c>
       <c r="P20" t="str">
         <f t="shared" si="1"/>
         <v>059Public School1</v>
       </c>
       <c r="Q20">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R20" s="176" t="s">
+      <c r="R20" s="166" t="s">
         <v>139</v>
       </c>
-      <c r="S20" s="176" t="s">
+      <c r="S20" s="166" t="s">
         <v>191</v>
       </c>
       <c r="T20" t="s">
         <v>283</v>
       </c>
       <c r="U20" t="s">
+        <v>448</v>
+      </c>
+      <c r="V20" t="s">
+        <v>449</v>
+      </c>
+      <c r="W20" t="s">
+        <v>373</v>
+      </c>
+      <c r="X20" t="s">
         <v>450</v>
       </c>
-      <c r="V20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z20" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="AA20" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="AB20" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD20" t="s">
         <v>74</v>
       </c>
       <c r="AM20">
         <v>2507828522</v>
       </c>
       <c r="AN20">
         <v>2507825484</v>
       </c>
       <c r="AO20" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="AR20" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH20" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI20" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ20" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK20" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="21" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A21" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">042 - Maple Ridge-Pitt Meadows                </v>
       </c>
       <c r="B21" t="s">
         <v>104</v>
       </c>
       <c r="C21" t="s">
         <v>220</v>
       </c>
       <c r="P21" t="str">
         <f t="shared" si="1"/>
         <v>061Public School1</v>
       </c>
       <c r="Q21">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R21" s="176" t="s">
+      <c r="R21" s="166" t="s">
         <v>114</v>
       </c>
-      <c r="S21" s="176" t="s">
+      <c r="S21" s="166" t="s">
         <v>167</v>
       </c>
       <c r="T21" t="s">
         <v>306</v>
       </c>
       <c r="U21" t="s">
+        <v>451</v>
+      </c>
+      <c r="V21" t="s">
+        <v>452</v>
+      </c>
+      <c r="W21" t="s">
+        <v>373</v>
+      </c>
+      <c r="X21" t="s">
         <v>453</v>
-      </c>
-[...7 lines deleted...]
-        <v>455</v>
       </c>
       <c r="Z21" t="s">
         <v>307</v>
       </c>
       <c r="AA21" t="s">
         <v>308</v>
       </c>
       <c r="AB21" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD21" t="s">
         <v>74</v>
       </c>
       <c r="AM21">
         <v>2503604300</v>
       </c>
       <c r="AN21">
         <v>2503604326</v>
       </c>
       <c r="AO21" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="AR21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE21" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF21" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG21" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH21" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI21" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ21" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK21" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="22" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A22" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">043 - Coquitlam                               </v>
       </c>
       <c r="B22" t="s">
         <v>105</v>
       </c>
       <c r="C22" t="s">
         <v>221</v>
       </c>
       <c r="P22" t="str">
         <f t="shared" si="1"/>
         <v>062Public School1</v>
       </c>
       <c r="Q22">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R22" s="176" t="s">
+      <c r="R22" s="166" t="s">
         <v>128</v>
       </c>
-      <c r="S22" s="176" t="s">
+      <c r="S22" s="166" t="s">
         <v>171</v>
       </c>
       <c r="T22" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="U22" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="V22" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="W22" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="X22" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="Z22" t="s">
         <v>286</v>
       </c>
       <c r="AA22" t="s">
         <v>287</v>
       </c>
       <c r="AB22" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD22" t="s">
         <v>74</v>
       </c>
       <c r="AM22">
         <v>2503919002</v>
       </c>
       <c r="AN22">
         <v>2503919007</v>
       </c>
       <c r="AO22" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="AR22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE22" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF22" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG22" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH22" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI22" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ22" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK22" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="23" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A23" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">044 - North Vancouver                         </v>
       </c>
       <c r="B23" t="s">
         <v>115</v>
       </c>
       <c r="C23" t="s">
         <v>222</v>
       </c>
       <c r="P23" t="str">
         <f t="shared" si="1"/>
         <v>064Public School1</v>
       </c>
       <c r="Q23">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R23" s="176" t="s">
+      <c r="R23" s="166" t="s">
         <v>161</v>
       </c>
-      <c r="S23" s="176" t="s">
+      <c r="S23" s="166" t="s">
         <v>328</v>
       </c>
       <c r="T23" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="U23" t="s">
+        <v>455</v>
+      </c>
+      <c r="V23" t="s">
+        <v>456</v>
+      </c>
+      <c r="W23" t="s">
+        <v>373</v>
+      </c>
+      <c r="X23" t="s">
         <v>457</v>
       </c>
-      <c r="V23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z23" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="AA23" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="AB23" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD23" t="s">
         <v>74</v>
       </c>
       <c r="AM23">
         <v>2505279944</v>
       </c>
       <c r="AN23">
         <v>2505379512</v>
       </c>
       <c r="AO23" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="AR23" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS23" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW23" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX23" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY23" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ23" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA23" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB23" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC23" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD23" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE23" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF23" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG23" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH23" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI23" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ23" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK23" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="24" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A24" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">045 - West Vancouver                          </v>
       </c>
       <c r="B24" t="s">
         <v>131</v>
       </c>
       <c r="C24" t="s">
         <v>223</v>
       </c>
       <c r="P24" t="str">
         <f t="shared" si="1"/>
         <v>067Public School1</v>
       </c>
       <c r="Q24">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R24" s="176" t="s">
+      <c r="R24" s="166" t="s">
         <v>141</v>
       </c>
-      <c r="S24" s="176" t="s">
+      <c r="S24" s="166" t="s">
         <v>150</v>
       </c>
       <c r="T24" t="s">
+        <v>458</v>
+      </c>
+      <c r="U24" t="s">
+        <v>459</v>
+      </c>
+      <c r="V24" t="s">
         <v>460</v>
       </c>
-      <c r="U24" t="s">
+      <c r="W24" t="s">
+        <v>373</v>
+      </c>
+      <c r="X24" t="s">
         <v>461</v>
-      </c>
-[...7 lines deleted...]
-        <v>463</v>
       </c>
       <c r="Z24" t="s">
         <v>332</v>
       </c>
       <c r="AA24" t="s">
         <v>333</v>
       </c>
       <c r="AB24" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD24" t="s">
         <v>74</v>
       </c>
       <c r="AM24">
         <v>2507707718</v>
       </c>
       <c r="AN24">
         <v>2507707661</v>
       </c>
       <c r="AO24" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="AR24" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS24" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW24" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX24" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY24" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ24" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA24" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB24" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC24" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD24" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE24" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF24" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BG24" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BH24" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI24" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ24" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK24" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="25" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A25" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">046 - Sunshine Coast                          </v>
       </c>
       <c r="B25" t="s">
         <v>143</v>
       </c>
       <c r="C25" t="s">
         <v>224</v>
       </c>
       <c r="P25" t="str">
         <f t="shared" si="1"/>
         <v>068Public School1</v>
       </c>
       <c r="Q25">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R25" s="176" t="s">
+      <c r="R25" s="166" t="s">
         <v>76</v>
       </c>
-      <c r="S25" s="176" t="s">
+      <c r="S25" s="166" t="s">
         <v>288</v>
       </c>
       <c r="T25" t="s">
+        <v>463</v>
+      </c>
+      <c r="U25" t="s">
+        <v>464</v>
+      </c>
+      <c r="V25" t="s">
         <v>465</v>
       </c>
-      <c r="U25" t="s">
+      <c r="W25" t="s">
+        <v>373</v>
+      </c>
+      <c r="X25" t="s">
         <v>466</v>
-      </c>
-[...7 lines deleted...]
-        <v>468</v>
       </c>
       <c r="Z25" t="s">
         <v>323</v>
       </c>
       <c r="AA25" t="s">
         <v>324</v>
       </c>
       <c r="AB25" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD25" t="s">
         <v>74</v>
       </c>
       <c r="AM25">
         <v>2507569901</v>
       </c>
       <c r="AN25">
         <v>2507560291</v>
       </c>
       <c r="AO25" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="AR25" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI25" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ25" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK25" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="26" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A26" t="str">
         <f t="shared" si="0"/>
         <v>047 - qathet</v>
       </c>
       <c r="B26" t="s">
         <v>122</v>
       </c>
       <c r="C26" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="P26" t="str">
         <f t="shared" si="1"/>
         <v>069Public School1</v>
       </c>
       <c r="Q26">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R26" s="176" t="s">
+      <c r="R26" s="166" t="s">
         <v>120</v>
       </c>
-      <c r="S26" s="176" t="s">
+      <c r="S26" s="166" t="s">
         <v>147</v>
       </c>
       <c r="T26" t="s">
         <v>148</v>
       </c>
       <c r="U26" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="V26" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="W26" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="X26" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="Z26" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="AA26" t="s">
         <v>119</v>
       </c>
       <c r="AB26" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD26" t="s">
         <v>74</v>
       </c>
       <c r="AM26">
         <v>2502482969</v>
       </c>
       <c r="AN26">
         <v>2502482969</v>
       </c>
       <c r="AO26" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="AR26" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH26" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI26" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ26" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK26" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="27" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A27" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">048 - Sea to Sky                              </v>
       </c>
       <c r="B27" t="s">
         <v>129</v>
       </c>
       <c r="C27" t="s">
         <v>225</v>
       </c>
       <c r="P27" t="str">
         <f t="shared" si="1"/>
         <v>070Public School1</v>
       </c>
       <c r="Q27">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R27" s="176" t="s">
+      <c r="R27" s="166" t="s">
         <v>86</v>
       </c>
-      <c r="S27" s="176" t="s">
+      <c r="S27" s="166" t="s">
         <v>145</v>
       </c>
       <c r="T27" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="U27" t="s">
+        <v>469</v>
+      </c>
+      <c r="V27" t="s">
+        <v>470</v>
+      </c>
+      <c r="W27" t="s">
+        <v>373</v>
+      </c>
+      <c r="X27" t="s">
         <v>471</v>
       </c>
-      <c r="V27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z27" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="AA27" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="AB27" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD27" t="s">
         <v>74</v>
       </c>
       <c r="AM27">
         <v>2507233744</v>
       </c>
       <c r="AN27">
         <v>2507233711</v>
       </c>
       <c r="AO27" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="AR27" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS27" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW27" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX27" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY27" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ27" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA27" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB27" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC27" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD27" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE27" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF27" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BG27" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH27" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BI27" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ27" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK27" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="28" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A28" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">049 - Central Coast                           </v>
       </c>
       <c r="B28" t="s">
         <v>96</v>
       </c>
       <c r="C28" t="s">
         <v>226</v>
       </c>
       <c r="P28" t="str">
         <f t="shared" si="1"/>
         <v>072Public School1</v>
       </c>
       <c r="Q28">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R28" s="176" t="s">
+      <c r="R28" s="166" t="s">
         <v>138</v>
       </c>
-      <c r="S28" s="176" t="s">
+      <c r="S28" s="166" t="s">
         <v>156</v>
       </c>
       <c r="T28" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="U28" t="s">
+        <v>472</v>
+      </c>
+      <c r="V28" t="s">
+        <v>473</v>
+      </c>
+      <c r="W28" t="s">
+        <v>373</v>
+      </c>
+      <c r="X28" t="s">
         <v>474</v>
-      </c>
-[...7 lines deleted...]
-        <v>476</v>
       </c>
       <c r="Z28" t="s">
         <v>334</v>
       </c>
       <c r="AA28" t="s">
         <v>335</v>
       </c>
       <c r="AB28" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD28" t="s">
         <v>74</v>
       </c>
       <c r="AM28">
         <v>2509234918</v>
       </c>
       <c r="AN28">
         <v>2509234932</v>
       </c>
       <c r="AO28" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="AR28" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS28" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW28" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX28" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY28" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ28" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA28" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB28" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC28" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD28" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE28" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF28" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BG28" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BH28" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BI28" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ28" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK28" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="29" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A29" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">050 - Haida Gwaii                             </v>
       </c>
       <c r="B29" t="s">
         <v>100</v>
       </c>
       <c r="C29" t="s">
         <v>227</v>
       </c>
       <c r="P29" t="str">
         <f t="shared" si="1"/>
         <v>075Public School1</v>
       </c>
       <c r="Q29">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R29" s="176" t="s">
+      <c r="R29" s="166" t="s">
         <v>103</v>
       </c>
-      <c r="S29" s="176" t="s">
+      <c r="S29" s="166" t="s">
         <v>193</v>
       </c>
       <c r="T29" t="s">
+        <v>476</v>
+      </c>
+      <c r="U29" t="s">
+        <v>477</v>
+      </c>
+      <c r="V29" t="s">
         <v>478</v>
       </c>
-      <c r="U29" t="s">
+      <c r="W29" t="s">
+        <v>373</v>
+      </c>
+      <c r="X29" t="s">
         <v>479</v>
-      </c>
-[...7 lines deleted...]
-        <v>481</v>
       </c>
       <c r="Z29" t="s">
         <v>291</v>
       </c>
       <c r="AA29" t="s">
         <v>309</v>
       </c>
       <c r="AB29" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD29" t="s">
         <v>74</v>
       </c>
       <c r="AM29">
         <v>6048203333</v>
       </c>
       <c r="AN29">
         <v>6048209505</v>
       </c>
       <c r="AO29" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="AR29" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS29" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW29" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX29" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY29" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ29" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA29" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB29" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC29" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD29" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE29" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF29" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG29" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH29" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI29" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ29" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK29" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="30" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A30" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">051 - Boundary                                </v>
       </c>
       <c r="B30" t="s">
         <v>127</v>
       </c>
       <c r="C30" t="s">
         <v>228</v>
       </c>
       <c r="P30" t="str">
         <f t="shared" si="1"/>
         <v>078Public School1</v>
       </c>
       <c r="Q30">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R30" s="176" t="s">
+      <c r="R30" s="166" t="s">
         <v>99</v>
       </c>
-      <c r="S30" s="176" t="s">
+      <c r="S30" s="166" t="s">
         <v>338</v>
       </c>
       <c r="T30" t="s">
         <v>339</v>
       </c>
       <c r="U30" t="s">
+        <v>481</v>
+      </c>
+      <c r="V30" t="s">
+        <v>482</v>
+      </c>
+      <c r="W30" t="s">
+        <v>373</v>
+      </c>
+      <c r="X30" t="s">
         <v>483</v>
       </c>
-      <c r="V30" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z30" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="AA30" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="AB30" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD30" t="s">
         <v>74</v>
       </c>
       <c r="AM30">
         <v>6048699953</v>
       </c>
       <c r="AN30">
         <v>6048695951</v>
       </c>
       <c r="AO30" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="AR30" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS30" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW30" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX30" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY30" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ30" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA30" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB30" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC30" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD30" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE30" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF30" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG30" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH30" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI30" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ30" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK30" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="31" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A31" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">052 - Prince Rupert                           </v>
       </c>
       <c r="B31" t="s">
         <v>113</v>
       </c>
       <c r="C31" t="s">
         <v>229</v>
       </c>
       <c r="P31" t="str">
         <f t="shared" si="1"/>
         <v>079Public School1</v>
       </c>
       <c r="Q31">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R31" s="176" t="s">
+      <c r="R31" s="166" t="s">
         <v>89</v>
       </c>
-      <c r="S31" s="176" t="s">
+      <c r="S31" s="166" t="s">
         <v>155</v>
       </c>
       <c r="T31" t="s">
         <v>277</v>
       </c>
       <c r="U31" t="s">
+        <v>484</v>
+      </c>
+      <c r="V31" t="s">
+        <v>485</v>
+      </c>
+      <c r="W31" t="s">
+        <v>373</v>
+      </c>
+      <c r="X31" t="s">
         <v>486</v>
       </c>
-      <c r="V31" t="s">
+      <c r="Z31" t="s">
         <v>487</v>
       </c>
-      <c r="W31" t="s">
-[...2 lines deleted...]
-      <c r="X31" t="s">
+      <c r="AA31" t="s">
         <v>488</v>
       </c>
-      <c r="Z31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AB31" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD31" t="s">
         <v>74</v>
       </c>
       <c r="AM31">
         <v>2507460277</v>
       </c>
       <c r="AN31">
         <v>2507460255</v>
       </c>
       <c r="AO31" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="AR31" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH31" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI31" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ31" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK31" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="32" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A32" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">053 - Okanagan Similkameen                    </v>
       </c>
       <c r="B32" t="s">
         <v>142</v>
       </c>
       <c r="C32" t="s">
         <v>230</v>
       </c>
       <c r="P32" t="str">
         <f t="shared" si="1"/>
         <v>082Public School1</v>
       </c>
       <c r="Q32">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R32" s="176" t="s">
+      <c r="R32" s="166" t="s">
         <v>126</v>
       </c>
-      <c r="S32" s="176" t="s">
+      <c r="S32" s="166" t="s">
         <v>176</v>
       </c>
       <c r="T32" t="s">
         <v>177</v>
       </c>
       <c r="U32" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="V32" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="W32" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="X32" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="Z32" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="AA32" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="AB32" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="AD32" t="s">
         <v>74</v>
       </c>
       <c r="AM32">
         <v>2506357944</v>
       </c>
       <c r="AO32" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="AR32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF32" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BG32" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH32" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI32" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ32" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK32" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="33" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A33" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">054 - Bulkley Valley                          </v>
       </c>
       <c r="B33" t="s">
         <v>133</v>
       </c>
       <c r="C33" t="s">
         <v>231</v>
       </c>
       <c r="P33" t="str">
         <f t="shared" si="1"/>
         <v>008Public School1</v>
       </c>
       <c r="Q33">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R33" s="176" t="s">
+      <c r="R33" s="166" t="s">
         <v>97</v>
       </c>
-      <c r="S33" s="176" t="s">
+      <c r="S33" s="166" t="s">
         <v>154</v>
       </c>
       <c r="T33" t="s">
         <v>336</v>
       </c>
       <c r="U33" t="s">
+        <v>494</v>
+      </c>
+      <c r="V33" t="s">
+        <v>495</v>
+      </c>
+      <c r="W33" t="s">
+        <v>373</v>
+      </c>
+      <c r="X33" t="s">
         <v>496</v>
       </c>
-      <c r="V33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z33" t="s">
+        <v>491</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>492</v>
+      </c>
+      <c r="AB33" t="s">
         <v>493</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
       <c r="AD33" t="s">
         <v>74</v>
       </c>
       <c r="AM33">
         <v>2503544311</v>
       </c>
       <c r="AN33">
         <v>2505057007</v>
       </c>
       <c r="AO33" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="AR33" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH33" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI33" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ33" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK33" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="34" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A34" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">057 - Prince George                           </v>
       </c>
       <c r="B34" t="s">
         <v>108</v>
       </c>
       <c r="C34" t="s">
         <v>232</v>
       </c>
       <c r="P34" t="str">
         <f t="shared" si="1"/>
         <v>034Public School1</v>
       </c>
       <c r="Q34">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R34" s="176" t="s">
+      <c r="R34" s="166" t="s">
         <v>90</v>
       </c>
-      <c r="S34" s="176" t="s">
+      <c r="S34" s="166" t="s">
         <v>91</v>
       </c>
       <c r="T34" t="s">
         <v>92</v>
       </c>
       <c r="U34" t="s">
+        <v>497</v>
+      </c>
+      <c r="V34" t="s">
+        <v>498</v>
+      </c>
+      <c r="W34" t="s">
+        <v>373</v>
+      </c>
+      <c r="X34" t="s">
         <v>499</v>
       </c>
-      <c r="V34" t="s">
+      <c r="Z34" t="s">
         <v>500</v>
       </c>
-      <c r="W34" t="s">
-[...2 lines deleted...]
-      <c r="X34" t="s">
+      <c r="AA34" t="s">
         <v>501</v>
       </c>
-      <c r="Z34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AB34" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD34" t="s">
         <v>74</v>
       </c>
       <c r="AM34">
         <v>6048599803</v>
       </c>
       <c r="AN34">
         <v>6048541463</v>
       </c>
       <c r="AO34" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="AR34" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH34" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI34" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ34" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK34" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="35" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A35" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">058 - Nicola-Similkameen                      </v>
       </c>
       <c r="B35" t="s">
         <v>149</v>
       </c>
       <c r="C35" t="s">
         <v>233</v>
       </c>
       <c r="P35" t="str">
         <f t="shared" si="1"/>
         <v>035Public School1</v>
       </c>
       <c r="Q35">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R35" s="176" t="s">
+      <c r="R35" s="166" t="s">
         <v>98</v>
       </c>
-      <c r="S35" s="176" t="s">
+      <c r="S35" s="166" t="s">
         <v>174</v>
       </c>
       <c r="T35" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="U35" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="V35" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="W35" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="X35" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="Z35" t="s">
         <v>340</v>
       </c>
       <c r="AA35" t="s">
         <v>341</v>
       </c>
       <c r="AB35" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD35" t="s">
         <v>74</v>
       </c>
       <c r="AM35">
         <v>6045347155</v>
       </c>
       <c r="AN35">
         <v>6045349332</v>
       </c>
       <c r="AO35" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="AR35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE35" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF35" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG35" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH35" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI35" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ35" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK35" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="36" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A36" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">059 - Peace River South                       </v>
       </c>
       <c r="B36" t="s">
         <v>139</v>
       </c>
       <c r="C36" t="s">
         <v>234</v>
       </c>
       <c r="P36" t="str">
         <f t="shared" si="1"/>
         <v>036Public School1</v>
       </c>
       <c r="Q36">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R36" s="176" t="s">
+      <c r="R36" s="166" t="s">
         <v>82</v>
       </c>
-      <c r="S36" s="176" t="s">
+      <c r="S36" s="166" t="s">
         <v>194</v>
       </c>
       <c r="T36" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="U36" t="s">
+        <v>505</v>
+      </c>
+      <c r="V36" t="s">
+        <v>506</v>
+      </c>
+      <c r="W36" t="s">
+        <v>373</v>
+      </c>
+      <c r="X36" t="s">
         <v>507</v>
       </c>
-      <c r="V36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z36" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="AA36" t="s">
         <v>345</v>
       </c>
       <c r="AB36" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD36" t="s">
         <v>74</v>
       </c>
       <c r="AM36">
         <v>6045924263</v>
       </c>
       <c r="AN36">
         <v>6045956346</v>
       </c>
       <c r="AO36" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="AR36" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS36" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW36" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX36" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY36" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ36" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA36" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB36" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC36" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD36" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE36" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF36" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG36" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH36" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI36" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ36" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK36" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="37" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A37" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">060 - Peace River North                       </v>
       </c>
       <c r="B37" t="s">
         <v>110</v>
       </c>
       <c r="C37" t="s">
         <v>235</v>
       </c>
       <c r="P37" t="str">
         <f t="shared" si="1"/>
         <v>037Public School1</v>
       </c>
       <c r="Q37">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R37" s="176" t="s">
+      <c r="R37" s="166" t="s">
         <v>112</v>
       </c>
-      <c r="S37" s="176" t="s">
+      <c r="S37" s="166" t="s">
         <v>168</v>
       </c>
       <c r="T37" t="s">
         <v>169</v>
       </c>
       <c r="U37" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="V37" t="s">
+        <v>410</v>
+      </c>
+      <c r="W37" t="s">
+        <v>373</v>
+      </c>
+      <c r="X37" t="s">
+        <v>509</v>
+      </c>
+      <c r="Z37" t="s">
         <v>412</v>
       </c>
-      <c r="W37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AA37" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="AB37" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD37" t="s">
         <v>74</v>
       </c>
       <c r="AM37">
         <v>6045978353</v>
       </c>
       <c r="AN37">
         <v>6045974881</v>
       </c>
       <c r="AO37" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="AR37" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS37" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW37" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX37" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY37" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ37" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA37" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB37" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC37" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD37" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE37" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF37" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BG37" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BH37" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BI37" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ37" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK37" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="38" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A38" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">061 - Greater Victoria                        </v>
       </c>
       <c r="B38" t="s">
         <v>114</v>
       </c>
       <c r="C38" t="s">
         <v>236</v>
       </c>
       <c r="P38" t="str">
         <f t="shared" si="1"/>
         <v>039Public School1</v>
       </c>
       <c r="Q38">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R38" s="176" t="s">
+      <c r="R38" s="166" t="s">
         <v>93</v>
       </c>
-      <c r="S38" s="176" t="s">
+      <c r="S38" s="166" t="s">
         <v>195</v>
       </c>
       <c r="T38" t="s">
         <v>196</v>
       </c>
       <c r="U38" t="s">
+        <v>510</v>
+      </c>
+      <c r="V38" t="s">
+        <v>511</v>
+      </c>
+      <c r="W38" t="s">
+        <v>373</v>
+      </c>
+      <c r="X38" t="s">
         <v>512</v>
-      </c>
-[...7 lines deleted...]
-        <v>514</v>
       </c>
       <c r="Z38" t="s">
         <v>316</v>
       </c>
       <c r="AA38" t="s">
         <v>317</v>
       </c>
       <c r="AB38" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD38" t="s">
         <v>74</v>
       </c>
       <c r="AM38">
         <v>6047135520</v>
       </c>
       <c r="AN38">
         <v>6047135528</v>
       </c>
       <c r="AO38" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="AR38" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS38" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW38" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX38" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY38" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ38" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA38" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB38" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC38" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD38" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE38" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF38" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG38" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH38" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI38" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ38" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK38" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="39" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A39" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">062 - Sooke                                   </v>
       </c>
       <c r="B39" t="s">
         <v>128</v>
       </c>
       <c r="C39" t="s">
         <v>237</v>
       </c>
       <c r="P39" t="str">
         <f t="shared" si="1"/>
         <v>039Public School2</v>
       </c>
       <c r="Q39">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
-      <c r="R39" s="176" t="s">
+      <c r="R39" s="166" t="s">
         <v>93</v>
       </c>
-      <c r="S39" s="176" t="s">
+      <c r="S39" s="166" t="s">
         <v>187</v>
       </c>
       <c r="T39" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="U39" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="V39" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="W39" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="X39" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="Z39" t="s">
         <v>316</v>
       </c>
       <c r="AA39" t="s">
         <v>317</v>
       </c>
       <c r="AB39" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD39" t="s">
         <v>74</v>
       </c>
       <c r="AM39">
         <v>6047135520</v>
       </c>
       <c r="AN39">
         <v>6047135528</v>
       </c>
       <c r="AO39" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="AR39" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS39" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW39" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX39" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY39" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ39" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA39" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB39" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC39" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD39" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE39" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF39" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BG39" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BH39" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BI39" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ39" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK39" t="str">
         <f t="shared" si="5"/>
         <v>No</v>
       </c>
     </row>
     <row r="40" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A40" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">063 - Saanich                                 </v>
       </c>
       <c r="B40" t="s">
         <v>125</v>
       </c>
       <c r="C40" t="s">
         <v>238</v>
       </c>
       <c r="P40" t="str">
         <f t="shared" si="1"/>
         <v>040Public School1</v>
       </c>
       <c r="Q40">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R40" s="176" t="s">
+      <c r="R40" s="166" t="s">
         <v>94</v>
       </c>
-      <c r="S40" s="176" t="s">
+      <c r="S40" s="166" t="s">
         <v>165</v>
       </c>
       <c r="T40" t="s">
         <v>166</v>
       </c>
       <c r="U40" t="s">
+        <v>515</v>
+      </c>
+      <c r="V40" t="s">
+        <v>516</v>
+      </c>
+      <c r="W40" t="s">
+        <v>373</v>
+      </c>
+      <c r="X40" t="s">
         <v>517</v>
       </c>
-      <c r="V40" t="s">
+      <c r="Z40" t="s">
         <v>518</v>
       </c>
-      <c r="W40" t="s">
-[...2 lines deleted...]
-      <c r="X40" t="s">
+      <c r="AA40" t="s">
         <v>519</v>
       </c>
-      <c r="Z40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AB40" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD40" t="s">
         <v>74</v>
       </c>
       <c r="AM40">
         <v>6045176010</v>
       </c>
       <c r="AN40">
         <v>6045175991</v>
       </c>
       <c r="AO40" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="AR40" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS40" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW40" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX40" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY40" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ40" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA40" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB40" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC40" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD40" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE40" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF40" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BG40" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BH40" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BI40" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ40" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK40" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="41" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A41" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">064 - Gulf Islands                            </v>
       </c>
       <c r="B41" t="s">
         <v>161</v>
       </c>
       <c r="C41" t="s">
         <v>239</v>
       </c>
       <c r="P41" t="str">
         <f t="shared" si="1"/>
         <v>040Public School2</v>
       </c>
       <c r="Q41">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
-      <c r="R41" s="176" t="s">
+      <c r="R41" s="166" t="s">
         <v>94</v>
       </c>
-      <c r="S41" s="176" t="s">
+      <c r="S41" s="166" t="s">
         <v>95</v>
       </c>
       <c r="T41" t="s">
         <v>295</v>
       </c>
       <c r="U41" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="V41" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="W41" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="X41" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="Z41" t="s">
         <v>301</v>
       </c>
       <c r="AA41" t="s">
         <v>302</v>
       </c>
       <c r="AB41" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD41" t="s">
         <v>74</v>
       </c>
       <c r="AM41">
         <v>6045176191</v>
       </c>
       <c r="AN41">
         <v>6045176169</v>
       </c>
       <c r="AO41" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="AR41" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS41" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW41" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX41" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY41" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ41" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA41" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB41" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC41" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD41" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE41" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF41" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG41" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH41" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI41" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ41" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK41" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="42" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A42" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">067 - Okanagan Skaha                          </v>
       </c>
       <c r="B42" t="s">
         <v>141</v>
       </c>
       <c r="C42" t="s">
         <v>240</v>
       </c>
       <c r="P42" t="str">
         <f t="shared" si="1"/>
         <v>041Public School1</v>
       </c>
       <c r="Q42">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R42" s="176" t="s">
+      <c r="R42" s="166" t="s">
         <v>107</v>
       </c>
-      <c r="S42" s="176" t="s">
+      <c r="S42" s="166" t="s">
         <v>136</v>
       </c>
       <c r="T42" t="s">
         <v>137</v>
       </c>
       <c r="U42" t="s">
+        <v>524</v>
+      </c>
+      <c r="V42" t="s">
+        <v>525</v>
+      </c>
+      <c r="W42" t="s">
+        <v>373</v>
+      </c>
+      <c r="X42" t="s">
         <v>526</v>
-      </c>
-[...7 lines deleted...]
-        <v>528</v>
       </c>
       <c r="Z42" t="s">
         <v>329</v>
       </c>
       <c r="AA42" t="s">
         <v>330</v>
       </c>
       <c r="AB42" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD42" t="s">
         <v>74</v>
       </c>
       <c r="AM42">
         <v>6042966940</v>
       </c>
       <c r="AN42">
         <v>6042966941</v>
       </c>
       <c r="AO42" t="s">
         <v>331</v>
       </c>
       <c r="AR42" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH42" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI42" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ42" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK42" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="43" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A43" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">068 - Nanaimo-Ladysmith                       </v>
       </c>
       <c r="B43" t="s">
         <v>76</v>
       </c>
       <c r="C43" t="s">
         <v>241</v>
       </c>
       <c r="P43" t="str">
         <f t="shared" si="1"/>
         <v>043Public School1</v>
       </c>
       <c r="Q43">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R43" s="176" t="s">
+      <c r="R43" s="166" t="s">
         <v>105</v>
       </c>
-      <c r="S43" s="176" t="s">
+      <c r="S43" s="166" t="s">
         <v>151</v>
       </c>
       <c r="T43" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="U43" t="s">
+        <v>527</v>
+      </c>
+      <c r="V43" t="s">
+        <v>528</v>
+      </c>
+      <c r="W43" t="s">
+        <v>373</v>
+      </c>
+      <c r="X43" t="s">
         <v>529</v>
-      </c>
-[...7 lines deleted...]
-        <v>531</v>
       </c>
       <c r="Z43" t="s">
         <v>318</v>
       </c>
       <c r="AA43" t="s">
         <v>319</v>
       </c>
       <c r="AB43" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD43" t="s">
         <v>74</v>
       </c>
       <c r="AM43">
         <v>6049364285</v>
       </c>
       <c r="AN43">
         <v>6049366594</v>
       </c>
       <c r="AO43" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="AR43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BE43" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BF43" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG43" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH43" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI43" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ43" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK43" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="44" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A44" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">069 - Qualicum                                </v>
       </c>
       <c r="B44" t="s">
         <v>120</v>
       </c>
       <c r="C44" t="s">
         <v>242</v>
       </c>
       <c r="P44" t="str">
         <f t="shared" si="1"/>
         <v>043Public School2</v>
       </c>
       <c r="Q44">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
-      <c r="R44" s="176" t="s">
+      <c r="R44" s="166" t="s">
         <v>105</v>
       </c>
-      <c r="S44" s="176" t="s">
+      <c r="S44" s="166" t="s">
         <v>160</v>
       </c>
       <c r="T44" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="U44" t="s">
+        <v>527</v>
+      </c>
+      <c r="V44" t="s">
+        <v>528</v>
+      </c>
+      <c r="W44" t="s">
+        <v>373</v>
+      </c>
+      <c r="X44" t="s">
         <v>529</v>
-      </c>
-[...7 lines deleted...]
-        <v>531</v>
       </c>
       <c r="Z44" t="s">
         <v>298</v>
       </c>
       <c r="AA44" t="s">
         <v>303</v>
       </c>
       <c r="AB44" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD44" t="s">
         <v>74</v>
       </c>
       <c r="AM44">
         <v>6049457311</v>
       </c>
       <c r="AN44">
         <v>6049378062</v>
       </c>
       <c r="AO44" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="AR44" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS44" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW44" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX44" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY44" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ44" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA44" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB44" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC44" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD44" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE44" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF44" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BG44" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BH44" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BI44" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ44" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK44" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="45" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A45" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">070 - Alberni                                 </v>
       </c>
       <c r="B45" t="s">
         <v>86</v>
       </c>
       <c r="C45" t="s">
         <v>243</v>
       </c>
       <c r="P45" t="str">
         <f t="shared" si="1"/>
         <v>044Public School1</v>
       </c>
       <c r="Q45">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R45" s="176" t="s">
+      <c r="R45" s="166" t="s">
         <v>115</v>
       </c>
-      <c r="S45" s="176" t="s">
+      <c r="S45" s="166" t="s">
         <v>179</v>
       </c>
       <c r="T45" t="s">
         <v>320</v>
       </c>
       <c r="U45" t="s">
+        <v>532</v>
+      </c>
+      <c r="V45" t="s">
+        <v>533</v>
+      </c>
+      <c r="W45" t="s">
+        <v>373</v>
+      </c>
+      <c r="X45" t="s">
         <v>534</v>
-      </c>
-[...7 lines deleted...]
-        <v>536</v>
       </c>
       <c r="Z45" t="s">
         <v>337</v>
       </c>
       <c r="AA45" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="AB45" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD45" t="s">
         <v>74</v>
       </c>
       <c r="AM45">
         <v>6049033333</v>
       </c>
       <c r="AN45">
         <v>6049033334</v>
       </c>
       <c r="AO45" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="AR45" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS45" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AW45" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AX45" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY45" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AZ45" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA45" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BB45" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BC45" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BD45" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE45" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF45" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG45" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH45" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI45" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ45" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK45" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="46" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A46" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">071 - Comox Valley                            </v>
       </c>
       <c r="B46" t="s">
         <v>101</v>
       </c>
       <c r="C46" t="s">
         <v>244</v>
       </c>
       <c r="P46" t="str">
         <f t="shared" si="1"/>
         <v>047Public School1</v>
       </c>
       <c r="Q46">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R46" s="176" t="s">
+      <c r="R46" s="166" t="s">
         <v>122</v>
       </c>
-      <c r="S46" s="176" t="s">
+      <c r="S46" s="166" t="s">
         <v>181</v>
       </c>
       <c r="T46" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="U46" t="s">
+        <v>535</v>
+      </c>
+      <c r="V46" t="s">
+        <v>536</v>
+      </c>
+      <c r="W46" t="s">
+        <v>373</v>
+      </c>
+      <c r="X46" t="s">
         <v>537</v>
       </c>
-      <c r="V46" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z46" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="AA46" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="AB46" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD46" t="s">
         <v>74</v>
       </c>
       <c r="AM46">
         <v>6044142617</v>
       </c>
       <c r="AN46">
         <v>6044856435</v>
       </c>
       <c r="AO46" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="AR46" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH46" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI46" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ46" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK46" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="47" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A47" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">072 - Campbell River                          </v>
       </c>
       <c r="B47" t="s">
         <v>138</v>
       </c>
       <c r="C47" t="s">
         <v>245</v>
       </c>
       <c r="P47" t="str">
         <f t="shared" si="1"/>
         <v>058Public School1</v>
       </c>
       <c r="Q47">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R47" s="176" t="s">
+      <c r="R47" s="166" t="s">
         <v>149</v>
       </c>
-      <c r="S47" s="176" t="s">
+      <c r="S47" s="166" t="s">
         <v>189</v>
       </c>
       <c r="T47" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="U47" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="V47" t="s">
+        <v>539</v>
+      </c>
+      <c r="W47" t="s">
+        <v>373</v>
+      </c>
+      <c r="X47" t="s">
+        <v>594</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>540</v>
+      </c>
+      <c r="AA47" t="s">
         <v>541</v>
       </c>
-      <c r="W47" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AB47" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD47" t="s">
         <v>74</v>
       </c>
       <c r="AM47">
         <v>2503784245</v>
       </c>
       <c r="AN47">
         <v>2503781447</v>
       </c>
       <c r="AO47" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="AR47" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX47" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AY47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH47" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI47" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ47" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK47" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="48" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A48" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">073 - Kamloops/Thompson                       </v>
       </c>
       <c r="B48" t="s">
         <v>79</v>
       </c>
       <c r="C48" t="s">
         <v>246</v>
       </c>
       <c r="P48" t="str">
         <f t="shared" si="1"/>
         <v>060Public School1</v>
       </c>
       <c r="Q48">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R48" s="176" t="s">
+      <c r="R48" s="166" t="s">
         <v>110</v>
       </c>
-      <c r="S48" s="176" t="s">
+      <c r="S48" s="166" t="s">
         <v>180</v>
       </c>
       <c r="T48" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="U48" t="s">
+        <v>543</v>
+      </c>
+      <c r="V48" t="s">
+        <v>544</v>
+      </c>
+      <c r="W48" t="s">
+        <v>373</v>
+      </c>
+      <c r="X48" t="s">
         <v>545</v>
-      </c>
-[...7 lines deleted...]
-        <v>547</v>
       </c>
       <c r="Z48" t="s">
         <v>280</v>
       </c>
       <c r="AA48" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="AB48" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD48" t="s">
         <v>74</v>
       </c>
       <c r="AM48">
         <v>2502615660</v>
       </c>
       <c r="AN48">
         <v>2507851188</v>
       </c>
       <c r="AO48" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="AR48" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH48" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI48" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ48" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK48" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="49" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A49" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">074 - Gold Trail                              </v>
       </c>
       <c r="B49" t="s">
         <v>121</v>
       </c>
       <c r="C49" t="s">
         <v>247</v>
       </c>
       <c r="P49" t="str">
         <f t="shared" si="1"/>
         <v>063Public School1</v>
       </c>
       <c r="Q49">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R49" s="176" t="s">
+      <c r="R49" s="166" t="s">
         <v>125</v>
       </c>
-      <c r="S49" s="176" t="s">
+      <c r="S49" s="166" t="s">
         <v>190</v>
       </c>
       <c r="T49" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="U49" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="V49" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="W49" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="X49" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="Z49" t="s">
         <v>280</v>
       </c>
       <c r="AA49" t="s">
         <v>345</v>
       </c>
       <c r="AB49" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD49" t="s">
         <v>74</v>
       </c>
       <c r="AM49">
         <v>2507044940</v>
       </c>
       <c r="AN49">
         <v>2504739870</v>
       </c>
       <c r="AO49" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="AR49" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH49" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI49" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ49" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK49" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="50" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A50" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">075 - Mission                                 </v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="P50" t="str">
         <f t="shared" si="1"/>
         <v>071Public School1</v>
       </c>
       <c r="Q50">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R50" s="176" t="s">
+      <c r="R50" s="166" t="s">
         <v>101</v>
       </c>
-      <c r="S50" s="176" t="s">
+      <c r="S50" s="166" t="s">
         <v>178</v>
       </c>
       <c r="T50" t="s">
         <v>282</v>
       </c>
       <c r="U50" t="s">
+        <v>550</v>
+      </c>
+      <c r="V50" t="s">
+        <v>551</v>
+      </c>
+      <c r="W50" t="s">
+        <v>373</v>
+      </c>
+      <c r="X50" t="s">
         <v>552</v>
       </c>
-      <c r="V50" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z50" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="AA50" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="AB50" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD50" t="s">
         <v>74</v>
       </c>
       <c r="AM50">
         <v>2503375300</v>
       </c>
       <c r="AN50">
         <v>2503372310</v>
       </c>
       <c r="AO50" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="AR50" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH50" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI50" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ50" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK50" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="51" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A51" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">078 - Fraser-Cascade                          </v>
       </c>
       <c r="B51" t="s">
         <v>99</v>
       </c>
       <c r="C51" t="s">
         <v>249</v>
       </c>
       <c r="P51" t="str">
         <f t="shared" si="1"/>
         <v>073Public School1</v>
       </c>
       <c r="Q51">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R51" s="176" t="s">
+      <c r="R51" s="166" t="s">
         <v>79</v>
       </c>
-      <c r="S51" s="176" t="s">
+      <c r="S51" s="166" t="s">
         <v>80</v>
       </c>
       <c r="T51" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="U51" t="s">
+        <v>554</v>
+      </c>
+      <c r="V51" t="s">
+        <v>555</v>
+      </c>
+      <c r="W51" t="s">
+        <v>373</v>
+      </c>
+      <c r="X51" t="s">
         <v>556</v>
-      </c>
-[...7 lines deleted...]
-        <v>558</v>
       </c>
       <c r="Z51" t="s">
         <v>132</v>
       </c>
       <c r="AA51" t="s">
         <v>325</v>
       </c>
       <c r="AB51" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD51" t="s">
         <v>74</v>
       </c>
       <c r="AM51">
         <v>7784716061</v>
       </c>
       <c r="AN51">
         <v>2503772257</v>
       </c>
       <c r="AO51" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="AR51" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH51" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI51" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ51" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK51" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="52" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A52" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">079 - Cowichan Valley                         </v>
       </c>
       <c r="B52" t="s">
         <v>89</v>
       </c>
       <c r="C52" t="s">
         <v>250</v>
       </c>
       <c r="P52" t="str">
         <f t="shared" si="1"/>
         <v>091Public School1</v>
       </c>
       <c r="Q52">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R52" s="176" t="s">
+      <c r="R52" s="166" t="s">
         <v>123</v>
       </c>
-      <c r="S52" s="176" t="s">
+      <c r="S52" s="166" t="s">
         <v>157</v>
       </c>
       <c r="T52" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="U52" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="V52" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="W52" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="X52" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="Z52" t="s">
         <v>102</v>
       </c>
       <c r="AA52" t="s">
         <v>158</v>
       </c>
       <c r="AB52" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AD52" t="s">
         <v>74</v>
       </c>
       <c r="AM52">
         <v>2505674413</v>
       </c>
       <c r="AN52">
         <v>2505673943</v>
       </c>
       <c r="AO52" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="AR52" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AS52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AW52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BA52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH52" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BI52" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="BJ52" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
       <c r="BK52" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
-    <row r="53" spans="1:63" s="147" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="147" t="str">
+    <row r="53" spans="1:63" s="138" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="138" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">081 - Fort Nelson                             </v>
       </c>
-      <c r="B53" s="147" t="s">
+      <c r="B53" s="138" t="s">
         <v>144</v>
       </c>
-      <c r="C53" s="147" t="s">
+      <c r="C53" s="138" t="s">
         <v>251</v>
       </c>
-      <c r="P53" s="147" t="str">
+      <c r="P53" s="138" t="str">
         <f t="shared" si="1"/>
         <v>093Public School1</v>
       </c>
-      <c r="Q53" s="147">
+      <c r="Q53" s="138">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R53" s="197" t="s">
+      <c r="R53" s="181" t="s">
         <v>111</v>
       </c>
-      <c r="S53" s="197" t="s">
+      <c r="S53" s="181" t="s">
         <v>159</v>
       </c>
-      <c r="T53" s="147" t="s">
+      <c r="T53" s="138" t="s">
         <v>292</v>
       </c>
-      <c r="U53" s="147" t="s">
-[...9 lines deleted...]
-        <v>563</v>
+      <c r="U53" s="138" t="s">
+        <v>560</v>
+      </c>
+      <c r="V53" s="138" t="s">
+        <v>416</v>
+      </c>
+      <c r="W53" s="138" t="s">
+        <v>373</v>
+      </c>
+      <c r="X53" s="138" t="s">
+        <v>561</v>
       </c>
       <c r="Y53"/>
-      <c r="Z53" s="147" t="s">
+      <c r="Z53" s="138" t="s">
         <v>346</v>
       </c>
-      <c r="AA53" s="147" t="s">
+      <c r="AA53" s="138" t="s">
         <v>347</v>
       </c>
-      <c r="AB53" s="147" t="s">
-        <v>495</v>
+      <c r="AB53" s="138" t="s">
+        <v>493</v>
       </c>
       <c r="AC53"/>
-      <c r="AD53" s="147" t="s">
+      <c r="AD53" s="138" t="s">
         <v>74</v>
       </c>
       <c r="AE53"/>
       <c r="AF53"/>
       <c r="AG53"/>
       <c r="AH53"/>
       <c r="AI53"/>
       <c r="AJ53"/>
       <c r="AK53"/>
       <c r="AL53"/>
-      <c r="AM53" s="147">
+      <c r="AM53" s="138">
         <v>6042142591</v>
       </c>
-      <c r="AN53" s="147">
+      <c r="AN53" s="138">
         <v>6042149881</v>
       </c>
-      <c r="AO53" s="147" t="s">
-        <v>633</v>
+      <c r="AO53" s="138" t="s">
+        <v>629</v>
       </c>
       <c r="AP53"/>
       <c r="AQ53"/>
-      <c r="AR53" s="147" t="s">
-[...3 lines deleted...]
-        <v>382</v>
+      <c r="AR53" s="138" t="s">
+        <v>379</v>
+      </c>
+      <c r="AS53" s="138" t="s">
+        <v>380</v>
       </c>
       <c r="AT53"/>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AX53" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AY53" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="AZ53" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="BA53" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BB53" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BC53" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BD53" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BE53" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BF53" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BG53" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="BH53" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="BI53" s="147" t="str">
+        <v>380</v>
+      </c>
+      <c r="BI53" s="138" t="str">
         <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
-      <c r="BJ53" s="147" t="str">
+      <c r="BJ53" s="138" t="str">
         <f t="shared" si="4"/>
         <v>Yes</v>
       </c>
-      <c r="BK53" s="147" t="str">
+      <c r="BK53" s="138" t="str">
         <f t="shared" si="5"/>
         <v>Yes</v>
       </c>
     </row>
     <row r="54" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A54" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">082 - Coast Mountains                         </v>
       </c>
       <c r="B54" t="s">
         <v>126</v>
       </c>
       <c r="C54" t="s">
         <v>252</v>
       </c>
       <c r="P54" t="str">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="Q54">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
-      <c r="R54" s="176"/>
-      <c r="S54" s="176"/>
+      <c r="R54" s="166"/>
+      <c r="S54" s="166"/>
       <c r="BI54" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ54" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK54" t="str">
         <f t="shared" si="5"/>
         <v>No</v>
       </c>
     </row>
     <row r="55" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A55" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">083 - North Okanagan-Shuswap                  </v>
       </c>
       <c r="B55" t="s">
         <v>84</v>
       </c>
       <c r="C55" t="s">
         <v>253</v>
       </c>
       <c r="P55" t="str">
         <f t="shared" si="1"/>
         <v>2</v>
       </c>
       <c r="Q55">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
-      <c r="R55" s="176"/>
-      <c r="S55" s="176"/>
+      <c r="R55" s="166"/>
+      <c r="S55" s="166"/>
       <c r="BI55" t="str">
         <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="BJ55" t="str">
         <f t="shared" si="4"/>
         <v>No</v>
       </c>
       <c r="BK55" t="str">
         <f t="shared" si="5"/>
         <v>No</v>
       </c>
     </row>
     <row r="56" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A56" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">084 - Vancouver Island West                   </v>
       </c>
       <c r="B56" t="s">
         <v>140</v>
       </c>
       <c r="C56" t="s">
         <v>254</v>
       </c>
       <c r="P56" t="str">
@@ -34211,107 +33870,738 @@
         <f t="shared" si="7"/>
         <v>38</v>
       </c>
       <c r="BI91" t="str">
         <f t="shared" si="8"/>
         <v>No</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="R2:BK2412">
     <sortCondition ref="AB2:AB2412"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
-  <Edit>AssetEditForm</Edit>
+  <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <color xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <otherNumber xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <pos xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">262140</pos>
+    <mediator xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </mediator>
+    <colleaguesG xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <parentGuid xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <watchersG xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <history xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <rush xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <completedOn xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <info xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <subcategory xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <uniqueMinistryId xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <TaxCatchAll xmlns="6fe9af5a-ed8a-4244-928d-e56d06aad847" xsi:nil="true"/>
+    <folderName xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <branch xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <assignedToGroups xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </assignedToGroups>
+    <desc xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <documentStringNames xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <ministries xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <crossMinistry xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <entityType xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">4</entityType>
+    <formAnswers xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <whenToArchive xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <blueprintVersion xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <formVersion xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <assignedToSiteUser xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </assignedToSiteUser>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <blueprint xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <due xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <createdOn xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+    <groupWatchers xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </groupWatchers>
+    <assignedToG xmlns="24ca4954-836e-4dd6-806d-d2cdcf695e13" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007982D16F4375A649BD0847D4D8BBFC22" ma:contentTypeVersion="50" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6b88640441a489fcba9aff984a1302e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24ca4954-836e-4dd6-806d-d2cdcf695e13" xmlns:ns3="6fe9af5a-ed8a-4244-928d-e56d06aad847" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="06e6bd7a8ed46ebb52930b8f9226be9b" ns2:_="" ns3:_="">
+    <xsd:import namespace="24ca4954-836e-4dd6-806d-d2cdcf695e13"/>
+    <xsd:import namespace="6fe9af5a-ed8a-4244-928d-e56d06aad847"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:desc" minOccurs="0"/>
+                <xsd:element ref="ns2:history" minOccurs="0"/>
+                <xsd:element ref="ns2:info" minOccurs="0"/>
+                <xsd:element ref="ns2:formAnswers" minOccurs="0"/>
+                <xsd:element ref="ns2:otherNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:uniqueMinistryId" minOccurs="0"/>
+                <xsd:element ref="ns2:subcategory" minOccurs="0"/>
+                <xsd:element ref="ns2:parentGuid" minOccurs="0"/>
+                <xsd:element ref="ns2:folderName" minOccurs="0"/>
+                <xsd:element ref="ns2:due" minOccurs="0"/>
+                <xsd:element ref="ns2:createdOn" minOccurs="0"/>
+                <xsd:element ref="ns2:completedOn" minOccurs="0"/>
+                <xsd:element ref="ns2:whenToArchive" minOccurs="0"/>
+                <xsd:element ref="ns2:rush" minOccurs="0"/>
+                <xsd:element ref="ns2:blueprintVersion" minOccurs="0"/>
+                <xsd:element ref="ns2:pos" minOccurs="0"/>
+                <xsd:element ref="ns2:entityType" minOccurs="0"/>
+                <xsd:element ref="ns2:branch" minOccurs="0"/>
+                <xsd:element ref="ns2:color" minOccurs="0"/>
+                <xsd:element ref="ns2:formVersion" minOccurs="0"/>
+                <xsd:element ref="ns2:blueprint" minOccurs="0"/>
+                <xsd:element ref="ns2:assignedToG" minOccurs="0"/>
+                <xsd:element ref="ns2:assignedToGroups" minOccurs="0"/>
+                <xsd:element ref="ns2:mediator" minOccurs="0"/>
+                <xsd:element ref="ns2:assignedToSiteUser" minOccurs="0"/>
+                <xsd:element ref="ns2:colleaguesG" minOccurs="0"/>
+                <xsd:element ref="ns2:watchersG" minOccurs="0"/>
+                <xsd:element ref="ns2:groupWatchers" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:documentStringNames" minOccurs="0"/>
+                <xsd:element ref="ns2:crossMinistry" minOccurs="0"/>
+                <xsd:element ref="ns2:ministries" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="24ca4954-836e-4dd6-806d-d2cdcf695e13" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="desc" ma:index="8" nillable="true" ma:displayName="desc" ma:internalName="desc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="history" ma:index="9" nillable="true" ma:displayName="history" ma:internalName="history">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="info" ma:index="10" nillable="true" ma:displayName="info" ma:internalName="info">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="formAnswers" ma:index="11" nillable="true" ma:displayName="formAnswers" ma:internalName="formAnswers">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="otherNumber" ma:index="12" nillable="true" ma:displayName="otherNumber" ma:indexed="true" ma:internalName="otherNumber">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="uniqueMinistryId" ma:index="13" nillable="true" ma:displayName="uniqueMinistryId" ma:indexed="true" ma:internalName="uniqueMinistryId">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="subcategory" ma:index="14" nillable="true" ma:displayName="subcategory" ma:indexed="true" ma:internalName="subcategory">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="parentGuid" ma:index="15" nillable="true" ma:displayName="parentGuid" ma:internalName="parentGuid">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="folderName" ma:index="16" nillable="true" ma:displayName="folderName" ma:internalName="folderName">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="due" ma:index="17" nillable="true" ma:displayName="due" ma:format="DateOnly" ma:internalName="due">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="createdOn" ma:index="18" nillable="true" ma:displayName="createdOn" ma:format="DateOnly" ma:internalName="createdOn">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="completedOn" ma:index="19" nillable="true" ma:displayName="completedOn" ma:format="DateOnly" ma:internalName="completedOn">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="whenToArchive" ma:index="20" nillable="true" ma:displayName="whenToArchive" ma:format="DateOnly" ma:indexed="true" ma:internalName="whenToArchive">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="rush" ma:index="21" nillable="true" ma:displayName="rush" ma:indexed="true" ma:internalName="rush">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="blueprintVersion" ma:index="22" nillable="true" ma:displayName="blueprintVersion" ma:internalName="blueprintVersion">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="pos" ma:index="23" nillable="true" ma:displayName="pos" ma:internalName="pos">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="entityType" ma:index="24" nillable="true" ma:displayName="entityType" ma:indexed="true" ma:internalName="entityType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="branch" ma:index="25" nillable="true" ma:displayName="branch" ma:indexed="true" ma:list="{22398C44-67A3-4674-AD04-511FEACE7D0F}" ma:internalName="branch" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="color" ma:index="26" nillable="true" ma:displayName="color" ma:list="{B3B746B2-7247-467A-9F9A-791039112B8C}" ma:internalName="color" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="formVersion" ma:index="27" nillable="true" ma:displayName="formVersion" ma:list="{BF261706-87C6-4441-83A8-9D5AF7AC8548}" ma:internalName="formVersion" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="blueprint" ma:index="28" nillable="true" ma:displayName="blueprint" ma:list="{F4BE805F-DAB4-4628-9BCF-5745BBC9A5AA}" ma:internalName="blueprint" ma:showField="ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="assignedToG" ma:index="29" nillable="true" ma:displayName="assignedToG" ma:indexed="true" ma:list="{C8BFF6DD-6C28-4F22-90F9-77385803A830}" ma:internalName="assignedToG" ma:readOnly="false" ma:showField="Title">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="assignedToGroups" ma:index="30" nillable="true" ma:displayName="assignedToGroups" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:internalName="assignedToGroups">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="mediator" ma:index="31" nillable="true" ma:displayName="mediator" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:internalName="mediator">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="assignedToSiteUser" ma:index="32" nillable="true" ma:displayName="assignedToSiteUser" ma:indexed="true" ma:list="UserInfo" ma:internalName="assignedToSiteUser">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="colleaguesG" ma:index="33" nillable="true" ma:displayName="colleaguesG" ma:list="{C8BFF6DD-6C28-4F22-90F9-77385803A830}" ma:internalName="colleaguesG" ma:readOnly="false" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="watchersG" ma:index="34" nillable="true" ma:displayName="watchersG" ma:list="{C8BFF6DD-6C28-4F22-90F9-77385803A830}" ma:internalName="watchersG" ma:readOnly="false" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="groupWatchers" ma:index="35" nillable="true" ma:displayName="groupWatchers" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:internalName="groupWatchers">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="36" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="37" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="38" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="40" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a9b50559-7390-452f-8d4d-780c6c1e431b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="42" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="43" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="46" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="47" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="48" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="49" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="50" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="documentStringNames" ma:index="51" nillable="true" ma:displayName="documentStringNames" ma:internalName="documentStringNames">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="crossMinistry" ma:index="52" nillable="true" ma:displayName="crossMinistry" ma:internalName="crossMinistry">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ministries" ma:index="53" nillable="true" ma:displayName="ministries" ma:list="{E8535DDF-3CC1-4F0A-9FC3-EDCC4C1918B4}" ma:internalName="ministries" ma:showField="ID">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="54" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6fe9af5a-ed8a-4244-928d-e56d06aad847" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="41" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{66428770-232f-4c77-9a39-a6fce1c18297}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6fe9af5a-ed8a-4244-928d-e56d06aad847">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="44" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="45" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05D5324E-7C26-40DA-B96C-58D749685B88}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA60D9BD-3942-42EF-8B7B-ECBB2B035C7B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6D68BC4-DE77-4CA4-A32B-DDB4818FB4C3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="24ca4954-836e-4dd6-806d-d2cdcf695e13"/>
+    <ds:schemaRef ds:uri="6fe9af5a-ed8a-4244-928d-e56d06aad847"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93268218-2E26-4F44-9CCE-61B54D35BCE5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="24ca4954-836e-4dd6-806d-d2cdcf695e13"/>
+    <ds:schemaRef ds:uri="6fe9af5a-ed8a-4244-928d-e56d06aad847"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Calendar Information</vt:lpstr>
       <vt:lpstr>District and School Information</vt:lpstr>
       <vt:lpstr>Colour</vt:lpstr>
-      <vt:lpstr>2025-26 Calendar</vt:lpstr>
       <vt:lpstr>2026-27 Calendar</vt:lpstr>
       <vt:lpstr>2027-28 Calendar </vt:lpstr>
-      <vt:lpstr>2025-26 SAMPLE</vt:lpstr>
+      <vt:lpstr>2028-29 Calendar </vt:lpstr>
+      <vt:lpstr>2026-27 Calendar SAMPLE</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>district and school data</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>districts</vt:lpstr>
       <vt:lpstr>'Calendar Information'!Print_Area</vt:lpstr>
       <vt:lpstr>'District and School Information'!Print_Area</vt:lpstr>
       <vt:lpstr>'District and School Information'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2010-2019 calendar</dc:title>
   <dc:creator>sloveday</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC011629001033</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x0101007982D16F4375A649BD0847D4D8BBFC22</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>